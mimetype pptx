--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,106 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" bookmarkIdSeed="7">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="267" r:id="rId8"/>
     <p:sldId id="272" r:id="rId9"/>
     <p:sldId id="273" r:id="rId10"/>
     <p:sldId id="274" r:id="rId11"/>
     <p:sldId id="275" r:id="rId12"/>
     <p:sldId id="276" r:id="rId13"/>
     <p:sldId id="277" r:id="rId14"/>
     <p:sldId id="278" r:id="rId15"/>
     <p:sldId id="279" r:id="rId16"/>
     <p:sldId id="280" r:id="rId17"/>
     <p:sldId id="281" r:id="rId18"/>
     <p:sldId id="266" r:id="rId19"/>
     <p:sldId id="282" r:id="rId20"/>
     <p:sldId id="283" r:id="rId21"/>
     <p:sldId id="284" r:id="rId22"/>
     <p:sldId id="287" r:id="rId23"/>
     <p:sldId id="286" r:id="rId24"/>
-    <p:sldId id="263" r:id="rId25"/>
+    <p:sldId id="335" r:id="rId25"/>
+    <p:sldId id="263" r:id="rId26"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -211,101 +213,119 @@
     <a:srgbClr val="292928"/>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-  <p:normalViewPr horzBarState="maximized">
-[...1 lines deleted...]
-    <p:restoredTop sz="94660"/>
+  <p:normalViewPr>
+    <p:restoredLeft sz="16823" autoAdjust="0"/>
+    <p:restoredTop sz="96283" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="115" d="100"/>
-          <a:sy n="115" d="100"/>
+          <a:sx n="107" d="100"/>
+          <a:sy n="107" d="100"/>
         </p:scale>
-        <p:origin x="324" y="114"/>
+        <p:origin x="648" y="114"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:outlineViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="33" d="100"/>
+        <a:sy n="33" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
+  <p:sorterViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="100" d="100"/>
+        <a:sy n="100" d="100"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -510,80 +530,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -804,80 +794,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -988,80 +948,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1110,80 +1040,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1232,80 +1132,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
@@ -1528,160 +1398,151 @@
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="12" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83C07B34-B56E-C18D-E1CC-AFC79627F39F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="hqprint">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Symbol zastępczy stopki 4">
+          <p:cNvPr id="13" name="pole tekstowe 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B83F9DA6-3C1E-F259-137C-1C439C9EBD54}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1410F710-8B8C-452B-E46F-6801D9FD3F5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6468532" y="6338357"/>
-            <a:ext cx="4885267" cy="365125"/>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...2 lines deleted...]
-              <a:defRPr sz="600">
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              </a:defRPr>
-[...30 lines deleted...]
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
@@ -1955,234 +1816,186 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.gif"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dept.clcillinois.edu/mth/oer/IntroductoryStatistics.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openstax.org/details/books/introductory-statistics-2e" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dept.clcillinois.edu/mth/oer/IntroductoryStatistics.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.khanacademy.org/math/statistics-probability" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=fpFj1Re1l84" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/category/statistics/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.uqu.edu.sa/_/mskhayat/files/MySubjects/20178FS%20Elementary%20Statistics/Introductory%20Statistics%20(7th%20Ed).pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://byjus.com/maths/statistics/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=TLwp5DwcqD4" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.umn.edu/opentextbooks/textbooks/196" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=VPZD_aij8H0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=44MJyNTxaP8" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saylordotorg.github.io/text_introductory-statistics/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Tareq-Alodat-2/publication/340511098_INTRODUCTION_TO_STATISTICS_MADE_EASY/links/5e8de3dc4585150839c7b58a/INTRODUCTION-TO-STATISTICS-MADE-EASY.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.openstax.org/oscms-prodcms/media/documents/IntroductoryStatistics-OP_i6tAI7e.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=LMSyiAJm99g" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinestatbook.com/Online_Statistics_Education.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtube.com/playlist?list=PLqzoL9-eJTNAB5st3mtP_bmXafGSH1Dtz&amp;si=z-IXQ1iKbw2-ieJW" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.libretexts.org/Bookshelves/Introductory_Statistics" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geeksforgeeks.org/introduction-of-statistics-and-its-types/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=XZo4xyJXCak" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Prostokąt 13">
-[...52 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925440" y="1339427"/>
-            <a:ext cx="4967366" cy="1752566"/>
+            <a:off x="5925440" y="659349"/>
+            <a:ext cx="5648456" cy="2183467"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>Introductory statistics</a:t>
+              <a:t>Statistical methods for analysing logistics data</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
@@ -2247,164 +2060,103 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
-            <a:r>
+            <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...2 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1800" dirty="0">
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-            </a:br>
-[...12 lines deleted...]
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -2445,129 +2197,108 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5700634" y="4075044"/>
+            <a:off x="6402763" y="4201919"/>
             <a:ext cx="4967366" cy="842557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0" err="1">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="2800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> of the </a:t>
-[...13 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Lecture</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -2693,80 +2424,185 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="15" name="Obraz 14">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
-        </p:nvPicPr>
-[...5 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925440" y="5851938"/>
-            <a:ext cx="5207495" cy="671935"/>
+            <a:off x="6096000" y="3172628"/>
+            <a:ext cx="5872309" cy="842557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4400" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Introductory statistics</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -2960,79 +2796,79 @@
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Quantiles are values that divide ordered data into specific parts. For example, quartiles divide data into four equal parts. The first quartile (Q1) divides the bottom 25% of the data, the second quartile (Q2) is equal to the median, and the third quartile (Q3) divides the top 25% of the data.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
@@ -3042,51 +2878,51 @@
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" altLang="sl-SI" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="https://prepnuggets.com/wp-content/uploads/2019/12/Quantiles.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -3800,92 +3636,92 @@
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Histograms</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1995042" y="1913228"/>
             <a:ext cx="7385441" cy="1815882"/>
           </a:xfrm>
@@ -3930,149 +3766,149 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Histograms are graphical representations of the distribution of data. They are used to show the frequency of the value of a variable at different intervals.</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1050" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1050" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Quantile chart (Box plot)</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1050" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1050" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>A quantile plot, or moustache box, is a type of graph used in descriptive statistics as a convenient way of graphically representing groups of numerical data by summarising them with five numbers: minimum, first quartile, median, third quartile and maximum.</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -4507,80 +4343,80 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Descriptive statistics</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>: descriptive statistics is concerned with describing and summarising data from the sample or population being studied. It is used to analyse and understand the data, but not to draw conclusions about the population as a whole. The main aim of descriptive statistics is to describe the characteristics of data, for example to calculate the mean, median, range, standard deviation and to create graphical representations such as histograms or graphs. It is used to create summaries and graphs that help to visualise data. </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="3831874"/>
             <a:ext cx="7824336" cy="1600438"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -4646,55 +4482,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>Inferential </a:t>
-[...3 lines deleted...]
-              <a:t>statistics</a:t>
+              <a:t>Inferential statistics</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="2020238"/>
             <a:ext cx="8278586" cy="4016484"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -5639,148 +5471,126 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2111702" y="1779496"/>
             <a:ext cx="7536793" cy="4037979"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="40000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
               <a:t>Variables</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
-              <a:t>Average (</a:t>
-[...8 lines deleted...]
-              <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0" smtClean="0"/>
+              <a:t>Average (mean)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
               <a:t>Median</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
               <a:t>Modus</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
               <a:t>Variance range </a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="4500" b="1" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
-              <a:t>Variance and standard </a:t>
-[...8 lines deleted...]
-              <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0" smtClean="0"/>
+              <a:t>Variance and standard deviation</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
               <a:t>Quantiles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
-              <a:t>Displaying </a:t>
-[...3 lines deleted...]
-              <a:t>statistics</a:t>
+              <a:t>Displaying statistics</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
-              <a:t>Frequency </a:t>
-[...3 lines deleted...]
-              <a:t>distribution</a:t>
+              <a:t>Frequency distribution</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
-              <a:t>Descriptive and inferential </a:t>
-[...3 lines deleted...]
-              <a:t>statistics</a:t>
+              <a:t>Descriptive and inferential statistics</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
               <a:t>Correlation and regression </a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="4500" b="1" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" b="1" dirty="0"/>
               <a:t>Probability distributions</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="4500" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="pl-PL" sz="2000" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
@@ -5834,56 +5644,52 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="756458" y="1801946"/>
             <a:ext cx="5586153" cy="4672433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1400" dirty="0"/>
-              <a:t>pages:</a:t>
+              <a:t>Internet pages:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0563C1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId2"/>
@@ -6251,121 +6057,121 @@
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Youtube</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sl-SI" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="sl-SI" sz="1400" dirty="0" err="1">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>links</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1400" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="sl-SI" sz="1400" dirty="0" smtClean="0">
+            <a:endParaRPr lang="sl-SI" sz="1400" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sl-SI" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="sl-SI" sz="1400" dirty="0" err="1">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Introductory</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sl-SI" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="sl-SI" sz="1400" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sl-SI" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="sl-SI" sz="1400" dirty="0" err="1">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>statistics</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1400" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" u="sng" dirty="0">
@@ -6553,50 +6359,253 @@
               </a:rPr>
               <a:t>https://www.youtube.com/watch?v=44MJyNTxaP8</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1400" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4034025464"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Authors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, Kristijan Brglez , Maja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fošner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Roman </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gumzej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Rebeka Kovačič Lukman, Benjamin </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marcen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Marinko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maslarić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Boško </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Matović</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Final</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> version: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>June</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6749,90 +6758,74 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="2289548"/>
             <a:ext cx="8731470" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>Statistics play a key role in modern supply chains, where effective management, planning and control are essential. Statistical methods are used to collect, analyse and interpret data, enabling companies to better understand and </a:t>
-[...11 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>Statistics play a key role in modern supply chains, where effective management, planning and control are essential. Statistical methods are used to collect, analyse and interpret data, enabling companies to better understand and optimise their supply chains.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>supply chain analysis, statistics are used to optimise processes, reduce costs, increase efficiency and improve customer satisfaction. It enables a better understanding of supply chain dynamics and better risk management, which is crucial for the successful operation of companies and organisations in today's global environment.</a:t>
+              <a:t>In supply chain analysis, statistics are used to optimise processes, reduce costs, increase efficiency and improve customer satisfaction. It enables a better understanding of supply chain dynamics and better risk management, which is crucial for the successful operation of companies and organisations in today's global environment.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
@@ -6928,103 +6921,81 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="2188232"/>
             <a:ext cx="9661928" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>Variables are basic building blocks in statistics because they represent the properties or characteristics that are measured or observed in a survey, experiment or sample of data. Variables are essential for understanding and analysing data as they allow researchers, analysts and statisticians </a:t>
-[...11 lines deleted...]
-              <a:t>phenomena</a:t>
+              <a:t>Variables are basic building blocks in statistics because they represent the properties or characteristics that are measured or observed in a survey, experiment or sample of data. Variables are essential for understanding and analysing data as they allow researchers, analysts and statisticians to describe, analyse and understand phenomena</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" dirty="0"/>
               <a:t>Qualitative (descriptive, categorical) variables </a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="1800" b="1" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" dirty="0"/>
               <a:t>Quantitative (numerical) variables </a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="1800" b="1" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" dirty="0"/>
-              <a:t>Dependent and independent </a:t>
-[...3 lines deleted...]
-              <a:t>variables</a:t>
+              <a:t>Dependent and independent variables</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" dirty="0"/>
-              <a:t>Discrete and continuous </a:t>
-[...3 lines deleted...]
-              <a:t>variables</a:t>
+              <a:t>Discrete and continuous variables</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
@@ -7407,384 +7378,384 @@
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>mean</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, also known as the </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>average</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, is one of the basic statistical measures. The mean is the arithmetic average of all the values in a data set. It is calculated by summing all the data and then dividing by the number of data. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Calculating the average: </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Add up all the values in the dataset.</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Divide the sum by the number of values in the set.</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The equation to calculate the average </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(x̄)</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> is: </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="2000" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>x̄ = (x1+x2+x3+ ... +xn) / n</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="3600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="3600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3521909197"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
@@ -7858,80 +7829,56 @@
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="1608665" y="1757291"/>
                 <a:ext cx="9745133" cy="3591689"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="just">
                   <a:lnSpc>
                     <a:spcPct val="150000"/>
                   </a:lnSpc>
                   <a:spcAft>
                     <a:spcPts val="600"/>
                   </a:spcAft>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="pl-PL" sz="1600" kern="100" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                <a:r>
                   <a:rPr lang="pl-PL" sz="1600" kern="100" dirty="0">
                     <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                     <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                     <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                   </a:rPr>
-                  <a:t>median is a statistical concept used to measure the middle value of a set of data. It is the value that divides the ordered data into two equal halves. </a:t>
-[...15 lines deleted...]
-                  <a:t>median is one of the basic measures of central tendency in statistics and is used to describe the distribution of data, especially when the data are skewed or contain outliers.</a:t>
+                  <a:t>The median is a statistical concept used to measure the middle value of a set of data. It is the value that divides the ordered data into two equal halves. The median is one of the basic measures of central tendency in statistics and is used to describe the distribution of data, especially when the data are skewed or contain outliers.</a:t>
                 </a:r>
                 <a:endParaRPr lang="sl-SI" sz="1600" kern="100" dirty="0">
                   <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 </a:endParaRPr>
               </a:p>
               <a:p>
                 <a:pPr algn="just">
                   <a:lnSpc>
                     <a:spcPct val="150000"/>
                   </a:lnSpc>
                   <a:spcAft>
                     <a:spcPts val="600"/>
                   </a:spcAft>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="pl-PL" sz="1600" kern="100" dirty="0">
                     <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                     <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                     <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                   </a:rPr>
                   <a:t>How to calculate the median:</a:t>
                 </a:r>
                 <a:endParaRPr lang="sl-SI" sz="1600" kern="100" dirty="0">
@@ -8379,65 +8326,65 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Modus is one of the basic statistical metrics used to measure the central tendency of a data set. The modus represents the value that occurs most frequently in the dataset. It is the value that has the highest frequency of occurrence among all the values in the data set.</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="en-US" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
@@ -8476,51 +8423,51 @@
               <a:t>If there are multiple modes in the data set (multiple values occurring with similar maximum frequency), we speak of a multi-modal distribution. If all the data have the same frequency of occurrence, then the data set has no mode.</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -8920,204 +8867,204 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>The difference between the maximum and minimum values in a data set is a statistical concept called the range. This measures how big the difference is between the maximum (maximum) and minimum (minimum) values in the data set. The range is a simple way to estimate the range of values in a data set and to measure the variability between the minimum and maximum values.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Calculating the variation margin is simple:</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>First, find the minimum value (min) and the maximum value (max) in the dataset.</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Then calculate the difference between the maximum and minimum value (max - min).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4141129513"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -9295,110 +9242,110 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Variance</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> is the average of the squared deviations from the mean. It is the square of the standard deviation. </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Standard deviation</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> is a statistical measure used to measure the dispersion or variability in a set of data. It tells how far the values are from the mean (average) in the set. Standard deviation is one of the most commonly used measures of dispersion in statistics and is calculated by calculating the square root of the variation (variance). </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="3200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="3200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 5"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1608666" y="4024625"/>
             <a:ext cx="9254672" cy="1600438"/>
           </a:xfrm>
@@ -9570,221 +9517,221 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Calculating the standard deviation:</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1050" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1050" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>First, calculate the variation (variance). The variation (variance) is calculated by taking the average of all the values in the set for each value in the set, then squaring and summing these differences. </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1050" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1050" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Once you have the value of the variation margin (</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>σ2</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>), calculate the standard deviation by calculating the square root of the variation margin. This is done by taking the square root of </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1600" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>σ2:</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1050" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1050" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1608666" y="5572639"/>
             <a:ext cx="12192000" cy="0"/>
           </a:xfrm>
@@ -9829,80 +9776,80 @@
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Standard deviation </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>σ = √(σ2)</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="324942775"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
@@ -10203,59 +10150,50 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -10446,142 +10384,167 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BAC4EC2-2A5D-45E0-93EF-6017F25DB758}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1733</Words>
+  <Words>2300</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>21</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>130</Paragraphs>
+  <Slides>22</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>21</vt:i4>
+        <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="28" baseType="lpstr">
+    <vt:vector size="29" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Cambria Math</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-      <vt:lpstr>Introductory statistics</vt:lpstr>
+      <vt:lpstr>Statistical methods for analysing logistics data</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>The role and importance of statistics in analysing data in supply chains</vt:lpstr>
       <vt:lpstr>Variables</vt:lpstr>
       <vt:lpstr>Average (mean)</vt:lpstr>
       <vt:lpstr>Median</vt:lpstr>
       <vt:lpstr>Modus</vt:lpstr>
       <vt:lpstr>Variance range (VR, Range, range) </vt:lpstr>
       <vt:lpstr>Variance and standard deviation</vt:lpstr>
       <vt:lpstr>Quantiles</vt:lpstr>
       <vt:lpstr>Displaying statistics</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Frequency distribution</vt:lpstr>
       <vt:lpstr>Descriptive and inferential statistics</vt:lpstr>
       <vt:lpstr>Inferential statistics</vt:lpstr>
       <vt:lpstr>Correlation and regression </vt:lpstr>
       <vt:lpstr>Probability distributions</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Authors:  Sanja Bojić, Kristijan Brglez , Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić  Final version: June 2025</vt:lpstr>
       <vt:lpstr>Thank you for your attention</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">