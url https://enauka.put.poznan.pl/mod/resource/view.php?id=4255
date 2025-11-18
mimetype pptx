--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,142 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
-    <p:sldMasterId id="2147483661" r:id="rId2"/>
+    <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483661" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId3"/>
-[...24 lines deleted...]
-    <p:sldId id="267" r:id="rId28"/>
+    <p:sldId id="256" r:id="rId6"/>
+    <p:sldId id="257" r:id="rId7"/>
+    <p:sldId id="258" r:id="rId8"/>
+    <p:sldId id="259" r:id="rId9"/>
+    <p:sldId id="261" r:id="rId10"/>
+    <p:sldId id="280" r:id="rId11"/>
+    <p:sldId id="272" r:id="rId12"/>
+    <p:sldId id="268" r:id="rId13"/>
+    <p:sldId id="262" r:id="rId14"/>
+    <p:sldId id="281" r:id="rId15"/>
+    <p:sldId id="273" r:id="rId16"/>
+    <p:sldId id="269" r:id="rId17"/>
+    <p:sldId id="263" r:id="rId18"/>
+    <p:sldId id="282" r:id="rId19"/>
+    <p:sldId id="274" r:id="rId20"/>
+    <p:sldId id="270" r:id="rId21"/>
+    <p:sldId id="264" r:id="rId22"/>
+    <p:sldId id="275" r:id="rId23"/>
+    <p:sldId id="271" r:id="rId24"/>
+    <p:sldId id="265" r:id="rId25"/>
+    <p:sldId id="277" r:id="rId26"/>
+    <p:sldId id="278" r:id="rId27"/>
+    <p:sldId id="279" r:id="rId28"/>
+    <p:sldId id="266" r:id="rId29"/>
+    <p:sldId id="276" r:id="rId30"/>
+    <p:sldId id="335" r:id="rId31"/>
+    <p:sldId id="267" r:id="rId32"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="7559675" cy="10691813"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="sl-SI"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -254,73 +257,73 @@
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{2CA668A5-882C-DCBE-4053-83C9FDBFCE31}" v="2" dt="2025-02-18T09:04:58.535"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="107" d="100"/>
-          <a:sy n="107" d="100"/>
+          <a:sx n="106" d="100"/>
+          <a:sy n="106" d="100"/>
         </p:scale>
-        <p:origin x="714" y="102"/>
+        <p:origin x="756" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId38" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4D3134C5-C860-D804-8428-98D9F9D28D61}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4D3134C5-C860-D804-8428-98D9F9D28D61}" dt="2024-10-03T05:15:15.762" v="58" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4D3134C5-C860-D804-8428-98D9F9D28D61}" dt="2024-10-03T05:11:51.764" v="44" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2721187171" sldId="277"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4D3134C5-C860-D804-8428-98D9F9D28D61}" dt="2024-10-03T05:11:51.764" v="44" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2721187171" sldId="277"/>
             <ac:spMk id="120" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -5582,50 +5585,54 @@
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -8796,50 +8803,309 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{45FEF593-29DA-428E-9A0D-79E7F08CDFE2}" type="slidenum">
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title">
+  <p:cSld name="1_Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2507447632"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title, Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
@@ -9975,55 +10241,55 @@
           <p:nvPr>
             <p:ph type="sldNum" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D624CC2F-C12B-4E99-B367-B15EB1E626B8}" type="slidenum">
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -10092,73 +10358,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1523880" y="1122480"/>
             <a:ext cx="9143640" cy="2387160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
@@ -10324,73 +10567,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="609480" y="1604520"/>
             <a:ext cx="10972440" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="t">
@@ -10548,50 +10768,156 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="3024000" lvl="6" indent="-216000">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
               </a:rPr>
               <a:t>Sedma raven orisa</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CA6F5DE-3AAD-D2ED-12A8-F3A7586FEB6C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34C154BB-00E8-48D2-9DB5-E2BEE1D477FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
     <p:sldLayoutId id="2147483660" r:id="rId12"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
@@ -10884,51 +11210,51 @@
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="45" name="Obraz 6"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId14"/>
+          <a:blip r:embed="rId15"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289080" y="169200"/>
             <a:ext cx="1097640" cy="1023120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="pole tekstowe 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172160"/>
             <a:ext cx="1674000" cy="394560"/>
@@ -10969,51 +11295,51 @@
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="47" name="Picture 2"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId15"/>
+          <a:blip r:embed="rId16"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11433600" y="6176880"/>
             <a:ext cx="643680" cy="652320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -11301,82 +11627,83 @@
               <a:rPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Piąty poziom</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="51" name="Obraz 8"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId16"/>
+          <a:blip r:embed="rId17"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814160" y="6158880"/>
             <a:ext cx="3590640" cy="462960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483662" r:id="rId1"/>
     <p:sldLayoutId id="2147483663" r:id="rId2"/>
     <p:sldLayoutId id="2147483664" r:id="rId3"/>
     <p:sldLayoutId id="2147483665" r:id="rId4"/>
     <p:sldLayoutId id="2147483666" r:id="rId5"/>
     <p:sldLayoutId id="2147483667" r:id="rId6"/>
     <p:sldLayoutId id="2147483668" r:id="rId7"/>
     <p:sldLayoutId id="2147483669" r:id="rId8"/>
     <p:sldLayoutId id="2147483670" r:id="rId9"/>
     <p:sldLayoutId id="2147483671" r:id="rId10"/>
     <p:sldLayoutId id="2147483672" r:id="rId11"/>
     <p:sldLayoutId id="2147483673" r:id="rId12"/>
+    <p:sldLayoutId id="2147483674" r:id="rId13"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -11618,227 +11945,174 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Sensitivity_analysis" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ccl.northwestern.edu/netlogo/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jaamsim.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...55 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="89" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700600" y="345240"/>
             <a:ext cx="4966920" cy="1752120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
@@ -11881,192 +12155,169 @@
           <a:blip r:embed="rId2"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618120" y="908640"/>
             <a:ext cx="4518360" cy="4211640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="91" name="pole tekstowe 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411840" y="5378400"/>
-            <a:ext cx="4791600" cy="1339560"/>
+            <a:ext cx="4791600" cy="1352763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" tIns="45000" rIns="90000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" b="1" strike="noStrike" spc="-1">
+              <a:rPr lang="pl-PL" sz="2800" b="1" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
-            <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1">
+            <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
             <a:br>
               <a:rPr sz="1800"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1">
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1">
+            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="93" name="pole tekstowe 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170640" y="6462720"/>
             <a:ext cx="6095520" cy="333360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
@@ -12215,51 +12466,51 @@
               <a:rPr lang="pl-PL" sz="2800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Slides</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="96" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4"/>
+          <a:blip r:embed="rId3"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964520" y="0"/>
             <a:ext cx="1226880" cy="429120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97" name="Dowolny kształt: kształt 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169200" y="93240"/>
             <a:ext cx="1625400" cy="1599840"/>
@@ -12336,73 +12587,50 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" tIns="45000" rIns="90000" bIns="45000" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -18099,50 +18327,253 @@
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2741703512"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Authors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, Kristijan Brglez , Maja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fošner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Roman </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gumzej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Rebeka Kovačič Lukman, Benjamin </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marcen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Marinko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maslarić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Boško </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Matović</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Final</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> version: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>June</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="127" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -21692,139 +22123,178 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D2745D6-2557-4D7B-99A8-CAAD28D48398}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D2745D6-2557-4D7B-99A8-CAAD28D48398}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A6FE479-D6DB-485B-935F-942D6B2F9D1F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BED458A8-329A-420D-ABA4-27E3447C62D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BED458A8-329A-420D-ABA4-27E3447C62D2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A6FE479-D6DB-485B-935F-942D6B2F9D1F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1474</Words>
+  <Words>1512</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>26</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>161</Paragraphs>
+  <Slides>27</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>26</vt:i4>
+        <vt:i4>27</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="28" baseType="lpstr">
+    <vt:vector size="35" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Symbol</vt:lpstr>
+      <vt:lpstr>Tahoma</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>STATISTICAL METHODS FOR ANALYSING LOGISTICS DATA</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Simulation in logistics</vt:lpstr>
       <vt:lpstr>SMA entities</vt:lpstr>
       <vt:lpstr>Discrete event simulation (DES)</vt:lpstr>
       <vt:lpstr>DES Constructs</vt:lpstr>
       <vt:lpstr>DES in production example</vt:lpstr>
       <vt:lpstr>Discrete event simulation</vt:lpstr>
       <vt:lpstr>System dynamics (SD)</vt:lpstr>
       <vt:lpstr>SD Constructs</vt:lpstr>
       <vt:lpstr>SD in SC example</vt:lpstr>
       <vt:lpstr>System dynamics</vt:lpstr>
       <vt:lpstr>Agent-based simulation (ABS)</vt:lpstr>
       <vt:lpstr>ABS Constructs</vt:lpstr>
       <vt:lpstr>ABS SC example</vt:lpstr>
       <vt:lpstr>Agent-based simulation</vt:lpstr>
       <vt:lpstr>NS Constructs</vt:lpstr>
       <vt:lpstr>NS TN example</vt:lpstr>
       <vt:lpstr>Network simulation</vt:lpstr>
       <vt:lpstr>Overview of simulation projects</vt:lpstr>
       <vt:lpstr>Simulation system</vt:lpstr>
       <vt:lpstr>Experiments, scenarios and replicas</vt:lpstr>
       <vt:lpstr>Simulation results</vt:lpstr>
       <vt:lpstr>Summary</vt:lpstr>
       <vt:lpstr>References</vt:lpstr>
+      <vt:lpstr>Authors:  Sanja Bojić, Kristijan Brglez , Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić  Final version: June 2025</vt:lpstr>
       <vt:lpstr>Thank you for your attention</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:subject/>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>sl-SI</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>