--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,123 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
-    <p:sldMasterId id="2147483661" r:id="rId2"/>
+    <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483661" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId3"/>
-[...17 lines deleted...]
-    <p:sldId id="267" r:id="rId21"/>
+    <p:sldId id="256" r:id="rId6"/>
+    <p:sldId id="257" r:id="rId7"/>
+    <p:sldId id="437" r:id="rId8"/>
+    <p:sldId id="435" r:id="rId9"/>
+    <p:sldId id="436" r:id="rId10"/>
+    <p:sldId id="258" r:id="rId11"/>
+    <p:sldId id="434" r:id="rId12"/>
+    <p:sldId id="274" r:id="rId13"/>
+    <p:sldId id="273" r:id="rId14"/>
+    <p:sldId id="275" r:id="rId15"/>
+    <p:sldId id="259" r:id="rId16"/>
+    <p:sldId id="271" r:id="rId17"/>
+    <p:sldId id="277" r:id="rId18"/>
+    <p:sldId id="268" r:id="rId19"/>
+    <p:sldId id="261" r:id="rId20"/>
+    <p:sldId id="269" r:id="rId21"/>
+    <p:sldId id="272" r:id="rId22"/>
+    <p:sldId id="276" r:id="rId23"/>
+    <p:sldId id="270" r:id="rId24"/>
+    <p:sldId id="262" r:id="rId25"/>
+    <p:sldId id="438" r:id="rId26"/>
+    <p:sldId id="266" r:id="rId27"/>
+    <p:sldId id="278" r:id="rId28"/>
+    <p:sldId id="335" r:id="rId29"/>
+    <p:sldId id="267" r:id="rId30"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="7559675" cy="10691813"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="sl-SI"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -216,123 +231,124 @@
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{DF5DB1D8-8E3A-F5FC-AEB3-B4C175EB3088}" v="21" dt="2024-05-28T08:02:39.072"/>
+    <p1510:client id="{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" v="77" dt="2024-10-03T05:35:37.158"/>
+    <p1510:client id="{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" v="102" dt="2024-10-03T06:22:20.815"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="113" d="100"/>
-          <a:sy n="113" d="100"/>
+          <a:sx n="106" d="100"/>
+          <a:sy n="106" d="100"/>
         </p:scale>
-        <p:origin x="474" y="96"/>
+        <p:origin x="756" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="-342"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4C37685E-FEE1-C346-958E-DFA0F12EAE2B}"/>
     <pc:docChg chg="addSld modSld">
       <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4C37685E-FEE1-C346-958E-DFA0F12EAE2B}" dt="2024-05-28T05:04:51.923" v="55" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4C37685E-FEE1-C346-958E-DFA0F12EAE2B}" dt="2024-05-28T05:04:51.923" v="55" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="258"/>
+          <pc:sldMk cId="1283555088" sldId="258"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4C37685E-FEE1-C346-958E-DFA0F12EAE2B}" dt="2024-05-28T05:04:51.923" v="55" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
             <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4C37685E-FEE1-C346-958E-DFA0F12EAE2B}" dt="2024-05-28T05:01:10.835" v="45" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3719117435" sldId="273"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4C37685E-FEE1-C346-958E-DFA0F12EAE2B}" dt="2024-05-28T05:01:10.835" v="45" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3719117435" sldId="273"/>
             <ac:spMk id="103" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp add replId">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4C37685E-FEE1-C346-958E-DFA0F12EAE2B}" dt="2024-05-28T05:02:10.713" v="53" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4167233608" sldId="278"/>
         </pc:sldMkLst>
@@ -521,73 +537,73 @@
             <ac:spMk id="10" creationId="{15FB9986-97FE-2208-9078-E3AF295BEEA9}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{A38C6CF7-D7B9-F2CA-1DE0-984774D3DA4C}" dt="2024-05-21T13:07:56.855" v="27" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3275584542" sldId="277"/>
             <ac:spMk id="106" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{4B83F294-859A-43EF-8D0A-562BC5BF1F69}"/>
     <pc:docChg chg="undo custSel addSld delSld modSld sldOrd">
       <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{4B83F294-859A-43EF-8D0A-562BC5BF1F69}" dt="2024-05-29T07:57:18.507" v="218"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{4B83F294-859A-43EF-8D0A-562BC5BF1F69}" dt="2024-05-22T06:47:02.264" v="142" actId="790"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="258"/>
+          <pc:sldMk cId="1283555088" sldId="258"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{4B83F294-859A-43EF-8D0A-562BC5BF1F69}" dt="2024-05-22T06:47:02.264" v="142" actId="790"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
             <ac:spMk id="101" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{4B83F294-859A-43EF-8D0A-562BC5BF1F69}" dt="2024-05-22T06:47:02.264" v="142" actId="790"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
             <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{4B83F294-859A-43EF-8D0A-562BC5BF1F69}" dt="2024-05-22T06:47:02.264" v="142" actId="790"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
             <ac:spMk id="103" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="ord">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{4B83F294-859A-43EF-8D0A-562BC5BF1F69}" dt="2024-05-22T06:49:00.384" v="146"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="delSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{4B83F294-859A-43EF-8D0A-562BC5BF1F69}" dt="2024-05-22T06:43:14.025" v="181" actId="478"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="261"/>
         </pc:sldMkLst>
         <pc:spChg chg="del">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{4B83F294-859A-43EF-8D0A-562BC5BF1F69}" dt="2024-05-22T06:43:14.025" v="181" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="261"/>
             <ac:spMk id="112" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -967,75 +983,99 @@
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="263"/>
             <ac:spMk id="117" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{3CFAB180-F81B-4B17-B9F0-A460C57C0EFF}" dt="2023-12-07T10:50:03.182" v="15" actId="313"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="265"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{3CFAB180-F81B-4B17-B9F0-A460C57C0EFF}" dt="2023-12-07T10:50:03.182" v="15" actId="313"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="265"/>
             <ac:spMk id="123" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
+    <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{84BEF9B4-6F52-9FF4-6D73-CDCF1A1DE293}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{84BEF9B4-6F52-9FF4-6D73-CDCF1A1DE293}" dt="2024-05-28T07:35:11.108" v="0" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{84BEF9B4-6F52-9FF4-6D73-CDCF1A1DE293}" dt="2024-05-28T07:35:11.108" v="0" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3275584542" sldId="277"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{84BEF9B4-6F52-9FF4-6D73-CDCF1A1DE293}" dt="2024-05-28T07:35:11.108" v="0" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3275584542" sldId="277"/>
+            <ac:spMk id="106" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0DF04036-8016-47B8-3B40-6E51E7D77CF2}"/>
     <pc:docChg chg="addSld modSld sldOrd">
       <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0DF04036-8016-47B8-3B40-6E51E7D77CF2}" dt="2024-05-21T08:11:41.379" v="159" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0DF04036-8016-47B8-3B40-6E51E7D77CF2}" dt="2024-05-21T07:47:36.496" v="36" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="258"/>
+          <pc:sldMk cId="1283555088" sldId="258"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0DF04036-8016-47B8-3B40-6E51E7D77CF2}" dt="2024-05-21T07:47:36.496" v="36" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
             <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0DF04036-8016-47B8-3B40-6E51E7D77CF2}" dt="2024-05-21T07:41:36.893" v="24" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
             <ac:spMk id="103" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0DF04036-8016-47B8-3B40-6E51E7D77CF2}" dt="2024-05-21T07:54:01.960" v="62" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="259"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0DF04036-8016-47B8-3B40-6E51E7D77CF2}" dt="2024-05-21T07:54:01.960" v="62" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="259"/>
             <ac:spMk id="106" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0DF04036-8016-47B8-3B40-6E51E7D77CF2}" dt="2024-05-21T08:11:41.379" v="159" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="262"/>
         </pc:sldMkLst>
@@ -1169,109 +1209,574 @@
             <pc:docMk/>
             <pc:sldMk cId="388892531" sldId="275"/>
             <ac:spMk id="101" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0DF04036-8016-47B8-3B40-6E51E7D77CF2}" dt="2024-05-21T08:10:10.825" v="145" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="388892531" sldId="275"/>
             <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0DF04036-8016-47B8-3B40-6E51E7D77CF2}" dt="2024-05-21T08:03:12.968" v="103" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="388892531" sldId="275"/>
             <ac:spMk id="103" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{84BEF9B4-6F52-9FF4-6D73-CDCF1A1DE293}"/>
-[...22 lines deleted...]
-  <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{DF5DB1D8-8E3A-F5FC-AEB3-B4C175EB3088}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{DF5DB1D8-8E3A-F5FC-AEB3-B4C175EB3088}" dt="2024-05-28T08:02:39.072" v="25" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{DF5DB1D8-8E3A-F5FC-AEB3-B4C175EB3088}" dt="2024-05-28T08:00:57.196" v="3" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="262"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{DF5DB1D8-8E3A-F5FC-AEB3-B4C175EB3088}" dt="2024-05-28T08:00:57.196" v="3" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="262"/>
             <ac:spMk id="115" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{DF5DB1D8-8E3A-F5FC-AEB3-B4C175EB3088}" dt="2024-05-28T08:02:39.072" v="25" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4167233608" sldId="278"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{DF5DB1D8-8E3A-F5FC-AEB3-B4C175EB3088}" dt="2024-05-28T08:02:39.072" v="25" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="4167233608" sldId="278"/>
             <ac:spMk id="126" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}"/>
+    <pc:docChg chg="undo custSel addSld delSld modSld sldOrd">
+      <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T11:23:59.153" v="695"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T11:15:26.162" v="694" actId="404"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="256"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T11:15:26.162" v="694" actId="404"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="256"/>
+            <ac:spMk id="89" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:32:53.187" v="688" actId="790"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="257"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:32:53.187" v="688" actId="790"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="257"/>
+            <ac:spMk id="99" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:32:53.187" v="688" actId="790"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="257"/>
+            <ac:spMk id="100" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:32:32.976" v="687"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1283555088" sldId="258"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add del">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:52:14.506" v="448" actId="22"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
+            <ac:spMk id="6" creationId="{22E04878-B79A-4746-A5AC-0D0ED3F21D75}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:55:06.989" v="490" actId="790"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
+            <ac:spMk id="101" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:55:06.989" v="490" actId="790"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
+            <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:55:33.916" v="491" actId="6549"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
+            <ac:spMk id="103" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add del">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:32:30.062" v="686" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2400005373" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T11:01:36.649" v="582" actId="790"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="262"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T11:01:36.649" v="582" actId="790"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="262"/>
+            <ac:spMk id="113" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T11:01:36.649" v="582" actId="790"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="262"/>
+            <ac:spMk id="114" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T11:01:36.649" v="582" actId="790"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="262"/>
+            <ac:spMk id="115" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:57:33.489" v="532" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="541305173" sldId="269"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:57:33.489" v="532" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="541305173" sldId="269"/>
+            <ac:spMk id="110" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="ord">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:57:58.902" v="534"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3795078662" sldId="270"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp add del mod modClrScheme delAnim chgLayout">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:25:29.339" v="619" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="608725974" sldId="431"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:54:04.931" v="476" actId="790"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="608725974" sldId="431"/>
+            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:22:53.881" v="586" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="608725974" sldId="431"/>
+            <ac:spMk id="4" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:55:51.281" v="492" actId="478"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="608725974" sldId="431"/>
+            <ac:spMk id="5" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod ord">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:23:11.025" v="589" actId="21"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="608725974" sldId="431"/>
+            <ac:spMk id="11" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:55:52.053" v="493"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="608725974" sldId="431"/>
+            <ac:spMk id="12" creationId="{667817AE-03BA-411F-B3EF-6FA995622C9A}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:24:04.299" v="603" actId="21"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="608725974" sldId="431"/>
+            <ac:picMk id="7" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:24:04.299" v="603" actId="21"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="608725974" sldId="431"/>
+            <ac:picMk id="8" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:24:04.299" v="603" actId="21"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="608725974" sldId="431"/>
+            <ac:picMk id="9" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:24:04.299" v="603" actId="21"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="608725974" sldId="431"/>
+            <ac:picMk id="10" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:24:04.299" v="603" actId="21"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="608725974" sldId="431"/>
+            <ac:picMk id="13" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp add del mod modClrScheme delAnim chgLayout">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:27:41.446" v="650" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2493273417" sldId="433"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:53:50.724" v="475" actId="790"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2493273417" sldId="433"/>
+            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="del mod ord">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:26:40.327" v="641" actId="478"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2493273417" sldId="433"/>
+            <ac:spMk id="3" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="add del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:26:36.396" v="640" actId="478"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2493273417" sldId="433"/>
+            <ac:spMk id="4" creationId="{7EB87984-E039-4340-AD2A-05F52D0594B7}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:26:40.327" v="641" actId="478"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2493273417" sldId="433"/>
+            <ac:spMk id="6" creationId="{4AB01EAA-43A0-4450-ABF1-B9A3675392C8}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="del">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:26:44.229" v="642" actId="21"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2493273417" sldId="433"/>
+            <ac:picMk id="10" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="del">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:26:44.229" v="642" actId="21"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2493273417" sldId="433"/>
+            <ac:picMk id="11" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="del">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:26:44.229" v="642" actId="21"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2493273417" sldId="433"/>
+            <ac:picMk id="12" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:56:54.813" v="523" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4243192384" sldId="434"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:52:56.143" v="474" actId="6549"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4243192384" sldId="434"/>
+            <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-01T10:56:54.813" v="523" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4243192384" sldId="434"/>
+            <ac:spMk id="103" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add modAnim">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T11:23:59.153" v="695"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="957197095" sldId="435"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add del">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:32:30.062" v="686" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1925830967" sldId="435"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp add del mod modAnim">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:29:56.392" v="660" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3769068717" sldId="435"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:29:07.861" v="651" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3769068717" sldId="435"/>
+            <ac:spMk id="99" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:23:42.524" v="597" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3769068717" sldId="435"/>
+            <ac:spMk id="100" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:29:40.356" v="659" actId="1036"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3769068717" sldId="435"/>
+            <ac:picMk id="4" creationId="{EADA423B-792E-4124-8555-CA1485BDA5C8}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:29:40.356" v="659" actId="1036"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3769068717" sldId="435"/>
+            <ac:picMk id="5" creationId="{FD1B4F3C-6F39-415B-9B58-E57FDFE53E42}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:29:40.356" v="659" actId="1036"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3769068717" sldId="435"/>
+            <ac:picMk id="6" creationId="{DE713BB9-962F-491D-98EA-BB86A36BBD98}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:29:40.356" v="659" actId="1036"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3769068717" sldId="435"/>
+            <ac:picMk id="7" creationId="{022A35E6-DF2C-4A61-83EE-85432D11C659}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:29:40.356" v="659" actId="1036"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3769068717" sldId="435"/>
+            <ac:picMk id="8" creationId="{BA90D626-0CF3-48F0-9E56-BAC2F07C02FE}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:32:32.976" v="687"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="516918703" sldId="436"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp add del mod modClrScheme chgLayout">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:29:56.392" v="660" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2788680475" sldId="436"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:27:12.196" v="646" actId="700"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2788680475" sldId="436"/>
+            <ac:spMk id="2" creationId="{A91B5BF8-319C-414A-8E6C-B3F3DAB01917}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod ord">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:27:12.196" v="646" actId="700"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2788680475" sldId="436"/>
+            <ac:spMk id="99" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod ord">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:27:22.105" v="647" actId="14100"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2788680475" sldId="436"/>
+            <ac:spMk id="100" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="add del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:27:11.539" v="645"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2788680475" sldId="436"/>
+            <ac:picMk id="5" creationId="{861E3F09-3AB4-4F0F-95D8-BF3E0DA74924}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="add del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:27:11.539" v="645"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2788680475" sldId="436"/>
+            <ac:picMk id="6" creationId="{3E883714-9BB1-4B7B-9025-7DF3AF398C86}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="add del mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:27:11.539" v="645"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2788680475" sldId="436"/>
+            <ac:picMk id="7" creationId="{E78AED21-2E9A-458F-B93E-FFA8281B4786}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:27:29.752" v="649" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2788680475" sldId="436"/>
+            <ac:picMk id="8" creationId="{182396FC-9C5B-4FAA-9E1A-946EFE96B0CC}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:27:29.752" v="649" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2788680475" sldId="436"/>
+            <ac:picMk id="9" creationId="{D0E48E4D-3A8A-4585-AAE0-5363CE5D3194}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:27:29.752" v="649" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2788680475" sldId="436"/>
+            <ac:picMk id="10" creationId="{D56D7BA7-E6DA-47CA-8E31-53C38A300F9D}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add del">
+        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{66AD17A6-51A7-4AD2-8B3D-591C41BEEC27}" dt="2024-10-02T07:32:30.062" v="686" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3573671409" sldId="436"/>
+        </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}"/>
     <pc:docChg chg="custSel delSld modSld">
       <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T11:05:54.307" v="200" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:44:23.403" v="4" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:44:13.399" v="1" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="256"/>
             <ac:spMk id="89" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
@@ -1280,65 +1785,65 @@
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="256"/>
             <ac:spMk id="94" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:45:19.893" v="16" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="257"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:45:19.893" v="16" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="257"/>
             <ac:spMk id="100" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:56:15.886" v="45" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="258"/>
+          <pc:sldMk cId="1283555088" sldId="258"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:45:37.341" v="39" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
             <ac:spMk id="101" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:56:15.886" v="45" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
             <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:59:00.001" v="76" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="259"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:57:57.012" v="57" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="259"/>
             <ac:spMk id="104" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:59:00.001" v="76" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="259"/>
             <ac:spMk id="105" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
@@ -1470,113 +1975,288 @@
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="265"/>
             <ac:picMk id="5" creationId="{BBA59196-886C-4BAC-A494-21825B541B1F}"/>
           </ac:picMkLst>
         </pc:picChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T11:04:17.850" v="198" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="266"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T11:04:17.850" v="198" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="266"/>
             <ac:spMk id="126" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
+    <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:22:16.705" v="87" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:12:33.323" v="27" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1283555088" sldId="258"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:12:33.323" v="27" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
+            <ac:spMk id="101" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:19:39.308" v="53" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="259"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:19:39.308" v="53" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="259"/>
+            <ac:spMk id="104" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:20:28.170" v="56" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="262"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:20:28.170" v="56" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="262"/>
+            <ac:spMk id="114" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:22:16.705" v="87" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="266"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:22:16.705" v="87" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="266"/>
+            <ac:spMk id="126" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:18:55.682" v="46" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1734625239" sldId="268"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:18:55.682" v="46" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1734625239" sldId="268"/>
+            <ac:spMk id="105" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:15:19.111" v="37" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3719117435" sldId="273"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:15:19.111" v="37" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3719117435" sldId="273"/>
+            <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:14:04.764" v="30" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4243192384" sldId="434"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:14:04.764" v="30" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4243192384" sldId="434"/>
+            <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:11:31.789" v="17"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="957197095" sldId="435"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:10:19.067" v="10" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="957197095" sldId="435"/>
+            <ac:spMk id="99" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:11:31.789" v="17"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="957197095" sldId="435"/>
+            <ac:spMk id="100" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:10:07.082" v="9" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="777026037" sldId="437"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:10:07.082" v="9" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="777026037" sldId="437"/>
+            <ac:spMk id="2" creationId="{A73A595F-3B6F-93D4-04B0-07D26862F901}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:10:00.723" v="7" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="777026037" sldId="437"/>
+            <ac:spMk id="99" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:22:04.002" v="86" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3078110176" sldId="438"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{99461DC6-1B97-C14D-F5AC-48A846C9CE91}" dt="2024-10-03T06:22:04.002" v="86" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3078110176" sldId="438"/>
+            <ac:spMk id="114" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}"/>
     <pc:docChg chg="undo redo custSel delSld modSld">
       <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2024-01-18T08:27:29.271" v="388" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2023-12-21T09:32:22.058" v="1"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2023-12-21T09:32:16.875" v="0" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="256"/>
             <ac:spMk id="89" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2023-12-21T09:32:22.058" v="1"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="256"/>
             <ac:spMk id="94" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2023-12-21T09:43:48.686" v="10" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="257"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2023-12-21T09:43:48.686" v="10" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="257"/>
             <ac:spMk id="100" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2024-01-18T08:26:02.537" v="376" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="258"/>
+          <pc:sldMk cId="1283555088" sldId="258"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2023-12-21T09:43:18.414" v="7"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
             <ac:spMk id="101" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2024-01-18T08:26:02.537" v="376" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
             <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2024-01-09T11:48:38.858" v="292" actId="790"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="259"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2024-01-09T11:48:38.858" v="292" actId="790"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="259"/>
             <ac:spMk id="104" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2024-01-09T11:48:38.858" v="292" actId="790"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="259"/>
             <ac:spMk id="105" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
@@ -1647,50 +2327,142 @@
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2023-12-21T09:44:45.555" v="15" actId="47"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="264"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="del">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2023-12-21T09:44:46.247" v="16" actId="47"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="265"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2024-01-09T11:54:20.374" v="338" actId="790"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="266"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{F848205C-7203-45A0-AD3F-9F0C5D8169FD}" dt="2024-01-09T11:54:20.374" v="338" actId="790"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="266"/>
             <ac:spMk id="126" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}"/>
+    <pc:docChg chg="addSld delSld modSld">
+      <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:35:33.939" v="74" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:29:18.528" v="28" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1283555088" sldId="258"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:29:18.528" v="28" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1283555088" sldId="258"/>
+            <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp add replId">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:27:55.368" v="26" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="777026037" sldId="437"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:27:55.368" v="26" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="777026037" sldId="437"/>
+            <ac:spMk id="2" creationId="{A73A595F-3B6F-93D4-04B0-07D26862F901}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:24:47.298" v="3" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="777026037" sldId="437"/>
+            <ac:spMk id="99" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="del mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:25:52.567" v="12"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="777026037" sldId="437"/>
+            <ac:spMk id="100" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add del replId">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:24:57.189" v="6"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1867588569" sldId="438"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="new del">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:31:21.923" v="30"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2746636288" sldId="438"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add replId">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:35:33.939" v="74" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3078110176" sldId="438"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:34:15.930" v="60" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3078110176" sldId="438"/>
+            <ac:spMk id="113" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}" dt="2024-10-03T05:35:33.939" v="74" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3078110176" sldId="438"/>
+            <ac:spMk id="114" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{1D0D19C0-47AD-0496-EBB7-1B10D0941828}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{1D0D19C0-47AD-0496-EBB7-1B10D0941828}" dt="2024-05-21T05:01:57.975" v="43" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{1D0D19C0-47AD-0496-EBB7-1B10D0941828}" dt="2024-05-21T04:48:25.185" v="1" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="259"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{1D0D19C0-47AD-0496-EBB7-1B10D0941828}" dt="2024-05-21T04:48:25.185" v="1" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="259"/>
             <ac:spMk id="105" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
@@ -1841,50 +2613,62 @@
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -5055,50 +5839,1017 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{45FEF593-29DA-428E-9A0D-79E7F08CDFE2}" type="slidenum">
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj">
+  <p:cSld name="Naslov in vsebina">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Označba mesta vsebine 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1325564"/>
+            <a:ext cx="10515600" cy="4851398"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Uredite sloge besedila matrice</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Druga raven</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Tretja raven</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Četrta raven</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Peta raven</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Označba mesta datuma 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5AFA4A7B-F2F2-4AD2-9E5C-4556BDE03182}" type="datetimeFigureOut">
+              <a:rPr lang="sl-SI" smtClean="0"/>
+              <a:t>16. 10. 2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sl-SI"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Označba mesta številke diapozitiva 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{2BEEAE32-DC5A-4659-A2D3-69A6C58F66D9}" type="slidenum">
+              <a:rPr lang="sl-SI" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sl-SI"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Pravokotnik 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="2"/>
+            <a:ext cx="12192000" cy="1146175"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FDB813"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sl-SI" sz="1350"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Naslov 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="828874" y="-161107"/>
+            <a:ext cx="8445759" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="2700" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
+              <a:t>UREDITE SLOG NASLOVA MATRICE</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Raven povezovalnik 10"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="0" y="1033153"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Slika 11"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:biLevel thresh="25000"/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9544156" y="56131"/>
+            <a:ext cx="2378320" cy="864000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Slika 12"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5856562" y="6356350"/>
+            <a:ext cx="478877" cy="324000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="119289547"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Dve vsebini">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Označba mesta vsebine 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1182736"/>
+            <a:ext cx="5181600" cy="4994227"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Uredite sloge besedila matrice</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Druga raven</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Tretja raven</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Četrta raven</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Peta raven</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Označba mesta vsebine 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="1182736"/>
+            <a:ext cx="5181600" cy="4994227"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Uredite sloge besedila matrice</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Druga raven</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Tretja raven</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Četrta raven</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="sl-SI"/>
+              <a:t>Peta raven</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Označba mesta datuma 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5AFA4A7B-F2F2-4AD2-9E5C-4556BDE03182}" type="datetimeFigureOut">
+              <a:rPr lang="sl-SI" smtClean="0"/>
+              <a:t>16. 10. 2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sl-SI"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Označba mesta številke diapozitiva 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{2BEEAE32-DC5A-4659-A2D3-69A6C58F66D9}" type="slidenum">
+              <a:rPr lang="sl-SI" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="sl-SI"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Pravokotnik 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="2"/>
+            <a:ext cx="12192000" cy="1146175"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FDB813"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="sl-SI" sz="1350"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Naslov 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="828874" y="-161107"/>
+            <a:ext cx="8445759" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="2700" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
+              <a:t>UREDITE SLOG NASLOVA MATRICE</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Raven povezovalnik 14"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="0" y="1033153"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Slika 15"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5856562" y="6356350"/>
+            <a:ext cx="478877" cy="324000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Slika 16"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:biLevel thresh="25000"/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9544156" y="56131"/>
+            <a:ext cx="2378320" cy="864000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="618742574"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title">
+  <p:cSld name="1_Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2635536008"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title, Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
@@ -6234,55 +7985,55 @@
           <p:nvPr>
             <p:ph type="sldNum" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D624CC2F-C12B-4E99-B367-B15EB1E626B8}" type="slidenum">
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -6351,73 +8102,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1523880" y="1122480"/>
             <a:ext cx="9143640" cy="2387160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
@@ -6583,73 +8311,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="609480" y="1604520"/>
             <a:ext cx="10972440" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="t">
@@ -6807,50 +8512,156 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="3024000" lvl="6" indent="-216000">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
               </a:rPr>
               <a:t>Sedma raven orisa</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FAE0BC2-EC0C-AB34-7630-35EA5F317B15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6038032-1B73-A17F-9169-257A4F9913FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
     <p:sldLayoutId id="2147483660" r:id="rId12"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
@@ -7143,51 +8954,51 @@
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="45" name="Obraz 6"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId14"/>
+          <a:blip r:embed="rId17"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289080" y="169200"/>
             <a:ext cx="1097640" cy="1023120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="pole tekstowe 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172160"/>
             <a:ext cx="1674000" cy="394560"/>
@@ -7221,73 +9032,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608840" y="365040"/>
             <a:ext cx="9744840" cy="1116360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
@@ -7555,87 +9343,173 @@
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Piąty poziom</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="51" name="Obraz 8"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="2" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F4567E6-BB7C-DB8C-1BD9-1BAD3236E9DD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId16"/>
-          <a:stretch/>
+          <a:blip r:embed="rId18" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="7814160" y="6158880"/>
-            <a:ext cx="3590640" cy="462960"/>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="0">
-[...1 lines deleted...]
-          </a:ln>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="pole tekstowe 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEB265DC-CDFF-A875-E11D-AA2391C3958E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483662" r:id="rId1"/>
     <p:sldLayoutId id="2147483663" r:id="rId2"/>
     <p:sldLayoutId id="2147483664" r:id="rId3"/>
     <p:sldLayoutId id="2147483665" r:id="rId4"/>
     <p:sldLayoutId id="2147483666" r:id="rId5"/>
     <p:sldLayoutId id="2147483667" r:id="rId6"/>
     <p:sldLayoutId id="2147483668" r:id="rId7"/>
     <p:sldLayoutId id="2147483669" r:id="rId8"/>
     <p:sldLayoutId id="2147483670" r:id="rId9"/>
     <p:sldLayoutId id="2147483671" r:id="rId10"/>
     <p:sldLayoutId id="2147483672" r:id="rId11"/>
     <p:sldLayoutId id="2147483673" r:id="rId12"/>
+    <p:sldLayoutId id="2147483674" r:id="rId13"/>
+    <p:sldLayoutId id="2147483675" r:id="rId14"/>
+    <p:sldLayoutId id="2147483676" r:id="rId15"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -7877,427 +9751,371 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tableau.com/learn/articles/business-intelligence/bi-business-analytics" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/topic/just-in-time-manufacturing" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tableau.com/learn/articles/business-intelligence/bi-business-analytics" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/topic/just-in-time-manufacturing" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...55 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="89" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700600" y="345240"/>
             <a:ext cx="4966920" cy="1752120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="4800" b="1" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-US" sz="2800" b="1" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>Chapter 6</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="4800" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:t>STATISTICAL METHODS FOR ANALYSING LOGISTICS DATA</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="90" name="Obraz 3"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618120" y="908640"/>
             <a:ext cx="4518360" cy="4211640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="91" name="pole tekstowe 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411840" y="5378400"/>
-            <a:ext cx="4791600" cy="1339560"/>
+            <a:ext cx="4791600" cy="1352763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" tIns="45000" rIns="90000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" b="1" strike="noStrike" spc="-1">
+              <a:rPr lang="pl-PL" sz="2800" b="1" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
-            <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1">
+            <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
             <a:br>
               <a:rPr sz="1800"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1">
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1">
+            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="93" name="pole tekstowe 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170640" y="6462720"/>
             <a:ext cx="6095520" cy="333360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
@@ -8446,51 +10264,51 @@
               <a:rPr lang="pl-PL" sz="2800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Slides</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="96" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4"/>
+          <a:blip r:embed="rId3"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964520" y="0"/>
             <a:ext cx="1226880" cy="429120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97" name="Dowolny kształt: kształt 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169200" y="93240"/>
             <a:ext cx="1625400" cy="1599840"/>
@@ -8567,127 +10385,1125 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" tIns="45000" rIns="90000" bIns="45000" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="101" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Design for Six Sigma (DFSS)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="102" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="1825560"/>
+            <a:ext cx="10515240" cy="4350960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>The Design for Six Sigma (DFSS) phases are: </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" spc="-1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Define design goals that are consistent with customer demands and the enterprise strategy; </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:ea typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Measure and identify characteristics that are Critical to Quality (CTQ), measure product capabilities, production process capacity, and measure risks; </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:ea typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Analyze to develop and design alternatives; </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:ea typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Design an improved alternative, best suited per analysis in the previous step; </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:ea typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Verify the design, set up pilot runs, implement the production process and hand it over to the process owner(s). </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:ea typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="103" name="Symbol zastępczy zawartości 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="702720" y="5864040"/>
+            <a:ext cx="4580280" cy="477000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:effectRef>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="0" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" strike="noStrike" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>(Chowdhury, 2002)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" strike="noStrike" spc="-1">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:ea typeface="+mn-lt"/>
+              <a:cs typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="388892531"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="104" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608840" y="365040"/>
             <a:ext cx="9744840" cy="1116360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Business intelligence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> and analytics</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="105" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="1825560"/>
+            <a:ext cx="10515240" cy="4350960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Business intelligence (BI) comprises all strategies and technologies used by enterprises for the data analysis of past and current business information.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Business analytics (BA) is a process based on BI, enabling new insights into the business process and better strategic decision making for the future; it builds on Data Mining (DM), being the process of finding anomalies, patterns, and correlations in larger data sets, to predict the results.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Example: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Sales and operations planning (SOP) is a flexible tool based on BI to forecast and plan production activities; it comprises sales, production and capacity planning.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="106" name="Symbol zastępczy zawartości 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="702720" y="5864040"/>
+            <a:ext cx="4580280" cy="477000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:effectRef>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="0" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>(Tableau, 2023)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" strike="noStrike" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>SOP (1/2)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" b="0" strike="noStrike" spc="-1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Označba mesta vsebine 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29D0D58A-C924-499C-8A90-F143A4256BE7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3217579" y="2278255"/>
+            <a:ext cx="5756841" cy="2971943"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Miselni oblaček: oblak 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15FB9986-97FE-2208-9078-E3AF295BEEA9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5172559" y="923440"/>
+            <a:ext cx="2621796" cy="1821050"/>
+          </a:xfrm>
+          <a:prstGeom prst="cloudCallout">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Institutional knowledge</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3938609928"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" strike="noStrike" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>SOP</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> (2/2)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" b="0" strike="noStrike" spc="-1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="106" name="Symbol zastępczy zawartości 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="702720" y="5864040"/>
+            <a:ext cx="4580280" cy="477000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:effectRef>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="0" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>dataset DM (2024) from Chapter 3</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Miselni oblaček: oblak 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15FB9986-97FE-2208-9078-E3AF295BEEA9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5172559" y="923440"/>
+            <a:ext cx="2621796" cy="1821050"/>
+          </a:xfrm>
+          <a:prstGeom prst="cloudCallout">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Institutional knowledge</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1" descr="Slika, ki vsebuje besede besedilo, posnetek zaslona, barvitost, diagram&#10;&#10;Opis je samodejno ustvarjen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{538CDFED-7562-F9F9-CB00-3ABCB148B41A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2388394" y="3305175"/>
+            <a:ext cx="6962775" cy="2438400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3275584542"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:pPr indent="0" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Business analytics</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
@@ -8702,1722 +11518,267 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838080" y="1825560"/>
             <a:ext cx="10515240" cy="4350960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:buFont typeface="+mj-lt"/>
-[...1 lines deleted...]
-            </a:pPr>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data Aggregation</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...4 lines deleted...]
-            </a:r>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: prior to analysis, data must first be gathered, organized, and filtered, either through volunteered data or transactional records;</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI">
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:buFont typeface="+mj-lt"/>
-[...1 lines deleted...]
-            </a:pPr>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data Mining</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-              <a:t>Data Mining: data mining sorts through large datasets using databases, statistics, and machine learning to identify trends and establish relationships;</a:t>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: data mining sorts through large datasets using databases, statistics, and machine learning to identify trends and establish relationships;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:buFont typeface="+mj-lt"/>
-[...1 lines deleted...]
-            </a:pPr>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Association and Sequence Identification</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-              <a:t>Association and Sequence Identification: the identification of predictable actions that are performed in association with other actions or sequentially;</a:t>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: the identification of predictable actions that are performed in association with other actions or sequentially;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:buFont typeface="+mj-lt"/>
-[...1 lines deleted...]
-            </a:pPr>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Text Mining</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-              <a:t>Text Mining: explores and organizes large, unstructured text datasets for the purpose of qualitative and quantitative analysis;</a:t>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: explores and organizes large, unstructured text datasets for the purpose of qualitative and quantitative analysis;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:buFont typeface="+mj-lt"/>
-[...1 lines deleted...]
-            </a:pPr>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Forecasting</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-              <a:t>Forecasting: analyses historical data from a specific period in order to make informed estimates that are predictive in determining future events or behaviors;</a:t>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: analyses historical data from a specific period in order to make informed estimates that are predictive in determining future events or behaviors;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:buFont typeface="+mj-lt"/>
-[...1 lines deleted...]
-            </a:pPr>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Predictive Analytics</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-              <a:t>Predictive Analytics: predictive business analytics uses a variety of statistical techniques to create predictive models, which extract information from datasets, identify patterns and provide a predictive score for an array of organizational outcomes;</a:t>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: predictive business analytics uses a variety of statistical techniques to create predictive models, which extract information from datasets, identify patterns and provide a predictive score for an array of organizational outcomes;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
-              <a:buFont typeface="+mj-lt"/>
-[...1 lines deleted...]
-            </a:pPr>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Optimization</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-              <a:t>Optimization: once trends have been identified and predictions have been made, businesses can engage simulation techniques to test out best-case scenarios;</a:t>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: once trends have been identified and predictions have been made, businesses can engage simulation techniques to test out best-case scenarios;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
-              <a:buFont typeface="+mj-lt"/>
-[...1 lines deleted...]
-            </a:pPr>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Data Visualization</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-              <a:t>Data Visualization: provides visual representations such as charts and graphs for easy and quick data analysis.</a:t>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>: provides visual representations such as charts and graphs for easy and quick data analysis.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1734625239"/>
-      </p:ext>
-[...1522 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="16559152"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -10429,50 +11790,647 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608840" y="365040"/>
             <a:ext cx="9744840" cy="1116360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3200" b="1" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Decision support systems</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="3200" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="111" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="1825560"/>
+            <a:ext cx="10515240" cy="4350960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Decision support systems (DSS) are interactive systems which assist decision makers in their use of the data and models for solving unstructured or partly structured problems. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Expert System (ES) is an application program or environment, which effectively supports problem solving in a specialized problem area, requiring expert knowledge and skills.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>In addition to statistical and simulation methods, used in BA, DSS often include models that enable decision making, based on a set of distinctive criteria, weighs, utility function and variant data.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Example: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Multicriteria decision making (MCDM) evaluates multiple (possibly) conflicting criteria in decision making over a set of candidate solutions or variants.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="110" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3200" b="1" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Example: Multicriteria Decision Making</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="3200" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="111" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="1825560"/>
+            <a:ext cx="10515240" cy="4350960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>A MCDM decision model is composed of:</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Criteria – the parameters of input variants, critical for our design;</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Weighs – the relative importance of selected criteria;</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Utility function – the function that combines the weighted parameters of variants into a fitness value;</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Data – the data representing the variants; input data to our MCDM model.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="541305173"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="110" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3200" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> MCDM example (1/2)</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="3200" b="1" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3" descr="Slika, ki vsebuje besede besedilo, posnetek zaslona, številka, kvadrat&#10;&#10;Opis je samodejno ustvarjen">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AB440FA-C4B0-A237-3B0E-A8DADB0FE22B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1892743"/>
+            <a:ext cx="12192000" cy="3072515"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="16559152"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="110" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="3200" b="1" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t> MCDM example (2/2)</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="3200" b="1" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1065AB"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Označba mesta vsebine 1" descr="Slika, ki vsebuje besede besedilo, posnetek zaslona, diagram, vrstica&#10;&#10;Opis je samodejno ustvarjen">
             <a:extLst>
@@ -10499,1138 +12457,970 @@
             <a:off x="2663576" y="1504091"/>
             <a:ext cx="6864247" cy="4350960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4059295034"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="113" name="PlaceHolder 1"/>
+          <p:cNvPr id="110" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608840" y="365040"/>
             <a:ext cx="9744840" cy="1116360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" strike="noStrike" spc="-1">
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3200" b="1" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>Knowledge based engineering</a:t>
-[...11 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="3200" b="0" strike="noStrike" spc="-1">
+              <a:t>MCDM procedure</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="3200" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="114" name="PlaceHolder 2"/>
+          <p:cNvPr id="111" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838080" y="1825560"/>
             <a:ext cx="10515240" cy="4350960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...59 lines deleted...]
-              </a:buClr>
+            <a:pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
-[...16 lines deleted...]
-              </a:buClr>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Representation of variants (V) by their characteristic parameters (P): {V</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; … </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,n</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>); </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>=1...m};</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1100" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
-[...16 lines deleted...]
-              </a:buClr>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Normalization of parameters by calculating </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>the</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1100" kern="100" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>relative local </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>grade </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> for each </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (j=1...n), with reference to the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="30000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>th</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> parameter maximum </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> value from all </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> samples: </a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1100" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="alphaLcParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>/max {</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>} if a greater value of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> is more beneficial;</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1100" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="alphaLcParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>=1 - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>/max {</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>} if a smaller value of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pi,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> is more beneficial;</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1100" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
                 <a:latin typeface="Tahoma"/>
-                <a:ea typeface="Tahoma"/>
-[...11 lines deleted...]
-              </a:buClr>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>The grades are weighted according to preferences: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>x</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>=</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>p</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>*</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t> for each j=1...n, by weighs </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t> which need to sum-up to 1, i.e. 100%;</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1100" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
-[...16 lines deleted...]
-              </a:buClr>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>The weighted grades of all variants are summed up: X</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>=∑ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>x</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" baseline="-25000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i,j</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> for each </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>=1...m to obtain composite grades according to our utility function;</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1100" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="1100" kern="100" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>The</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" dirty="0">
+                <a:effectLst/>
                 <a:latin typeface="Tahoma"/>
-                <a:ea typeface="Tahoma"/>
-[...19 lines deleted...]
-                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t> best variant is chosen Y=max {X</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" baseline="-25000" dirty="0">
+                <a:effectLst/>
                 <a:latin typeface="Tahoma"/>
-                <a:ea typeface="Tahoma"/>
-[...19 lines deleted...]
-                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" dirty="0">
+                <a:effectLst/>
                 <a:latin typeface="Tahoma"/>
-                <a:ea typeface="Tahoma"/>
-[...194 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="3200" b="0" strike="noStrike" spc="-1">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>}.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
-            </a:endParaRPr>
-[...468 lines deleted...]
-              <a:cs typeface="+mn-lt"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4167233608"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3795078662"/>
       </p:ext>
     </p:extLst>
-  </p:cSld>
-[...100 lines deleted...]
-    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -11647,60 +13437,60 @@
           <a:xfrm>
             <a:off x="1608840" y="365040"/>
             <a:ext cx="9744840" cy="1116360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="0" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3200" b="1" strike="noStrike" spc="-1">
+              <a:rPr lang="en-GB" sz="3200" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Agenda</a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="3200" b="0" strike="noStrike" spc="-1">
+            <a:endParaRPr lang="en-GB" sz="3200" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="100" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244520" y="1842480"/>
             <a:ext cx="10946880" cy="3626640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -11712,591 +13502,3210 @@
           </a:solidFill>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="2000" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>Strategic logistics planning</a:t>
+              <a:t> Operations research </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="2000" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>Business intelligence</a:t>
+              <a:t> Strategic logistics planning</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="2000" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>Decision support systems</a:t>
+              <a:t> Business analytics</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="2000" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:t> Decision support systems</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buAutoNum type="arabicParenR"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>Knowledge based engineering</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:t> Knowledge based engineering</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="113" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" strike="noStrike" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Knowledge based engineering</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> (KBE)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="3200" b="0" strike="noStrike" spc="-1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="114" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="1825560"/>
+            <a:ext cx="10515240" cy="4350960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Knowledge Based Engineering (KBE) is an engineering methodology to integrate engineering knowledge systematically into the design system.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Lifecycle of knowledge management:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Identify: a non-conformance with the desired state that appears in the manufacturing process due to an ill-defined product or process is selected;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Capture: the experience with its properties is captured;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Analyze</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>: a root cause analysis of the captured experience is made to identify an appropriate remedy strategy and its re-use to prevent recurring anomalies;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Store: insights from the analysis are archived with the experience;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Search &amp; Retrieve: the experience is searched for and retrieved;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Use: an element of the experience is used;</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Reuse: concludes the cycle of knowledge management and starts a new one.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" sz="1400" spc="-1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="115" name="Symbol zastępczy zawartości 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="702720" y="5864040"/>
+            <a:ext cx="4580280" cy="477000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:effectRef>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="0" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" b="0" strike="noStrike" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>(Andersson &amp; Larsson &amp; Ola, 2011)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1200" b="0" strike="noStrike" spc="-1">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+              <a:ea typeface="+mn-lt"/>
+              <a:cs typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="113" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Strategic logistics management (OR + KBE)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="3200" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="114" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="1825560"/>
+            <a:ext cx="10515240" cy="4350960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Knowledge based engineering is supplemented by further (OR) disciplines, e.g.:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1800" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Computer aided project management (PS);</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Computer aided design (CAD), production (CAM) and robotics (CIM);</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Computer simulation modeling and analysis (SMA);</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Computer aided detailed production planning (MPS / MRP).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>DFSS business improvement projects in strategic logistics planning are consistent with KBE.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" sz="1400" spc="-1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="115" name="Symbol zastępczy zawartości 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="702720" y="5864040"/>
+            <a:ext cx="4580280" cy="477000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:effectRef>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="0" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" b="0" strike="noStrike" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>(Andersson &amp; Larsson &amp; Ola, 2011)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1200" b="0" strike="noStrike" spc="-1">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+              <a:ea typeface="+mn-lt"/>
+              <a:cs typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3078110176"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="125" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3200" b="1" strike="noStrike" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Summary</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="3200" b="0" strike="noStrike" spc="-1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="126" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244520" y="1842480"/>
+            <a:ext cx="10946880" cy="3626640"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Applications of OR are found in Knowledge Management Systems (KMS):</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Decision support systems (DSS),</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Business analytics (BA) as an upgrade to Data Mining (DM) and </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Knowledge-based Engineering (KBE) as an upgrade to Computer-aided Engineering (CAE).</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="125" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>References</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" b="0" strike="noStrike" spc="-1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="126" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244520" y="1842480"/>
+            <a:ext cx="10946880" cy="3626640"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>AIMS (2021). SCOR - Supply Chain Operations Model. [available at: https://aims.education/study-online/supply-chain-operations-reference-model-scor/, access June 20, 2023]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:ea typeface="+mn-lt"/>
+              <a:cs typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Ciampa, D. (1992). Total Quality: A User's Guide for Implementation, Addison-Wesley.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Britannica, T. Editors of Encyclopaedia (2023). Just-in-time manufacturing, Encyclopedia Britannica. [available at: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+                <a:hlinkClick r:id="rId2">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.britannica.com/topic/just-in-time-manufacturing</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>, access June 20, 2023]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Chowdhury, S. (2002). Design for Six Sigma: The revolutionary process for achieving extraordinary profits, Prentice Hall,</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Tableau (2023). Comparing Business Intelligence, Business Analytics and Data Analytics. [Available from: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.tableau.com/learn/articles/business-intelligence/bi-business-analytics</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>, access June 20, 2023]</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Tennant, G. (2001). SIX SIGMA: SPC and TQM in Manufacturing and Services, Gower Publishing, Ltd.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:ea typeface="+mn-lt"/>
+              <a:cs typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Robinson, S. (2004). Simulation: The Practice of Model Development and Use, Wiley. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Andersson, P. &amp; Larsson, T. &amp; Ola, I. (2011). A case study of how knowledge based engineering tools support experience re-use. In Research into Design – Supporting Sustainable Product Development, Chakrabarti, A. (Edt.), Research Publishing, Indian Institute of Science, Bangalore, India.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:ea typeface="+mn-lt"/>
+              <a:cs typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4167233608"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Authors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, Kristijan Brglez , Maja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fošner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Roman </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gumzej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Rebeka Kovačič Lukman, Benjamin </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marcen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Marinko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maslarić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Boško </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Matović</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Final</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> version: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>June</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="127" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1523880" y="1122480"/>
+            <a:ext cx="9143640" cy="2387160"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" algn="ctr" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4800" b="1" strike="noStrike" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Thank you for your attention</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="4800" b="0" strike="noStrike" spc="-1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="128" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10964520" y="0"/>
+            <a:ext cx="1226880" cy="429120"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="99" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Operations Research (OR)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="3200" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A73A595F-3B6F-93D4-04B0-07D26862F901}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1786802" y="2021565"/>
+            <a:ext cx="8386237" cy="2677656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Operations research</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>, often shortened to the initialism </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>OR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>, is a discipline that deals with the development and application of analytical methods to improve decision-making. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="2400">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>The term management science is occasionally used as a synonym.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="2400">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="777026037"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="99" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Operations research</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="3200" b="1" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="100" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244520" y="1842480"/>
+            <a:ext cx="10946880" cy="3626640"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" defTabSz="457200">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Interaction between planned technical and human systems.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="2000" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" defTabSz="457200">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Characteristics:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Variability</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1200150" lvl="2" indent="-285750">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Deterministic</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1200150" lvl="2" indent="-285750">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Stochastic</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Interdependence</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1257300" lvl="2" indent="-342900">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>(in)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>dependence</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> among components</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Complexity</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1200150" lvl="2" indent="-285750">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Structural</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1200150" lvl="2" indent="-285750">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="–"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Behavioural</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EADA423B-792E-4124-8555-CA1485BDA5C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6578480" y="4190265"/>
+            <a:ext cx="2387600" cy="1587500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD1B4F3C-6F39-415B-9B58-E57FDFE53E42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8455032" y="2182350"/>
+            <a:ext cx="1517984" cy="2007915"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE713BB9-962F-491D-98EA-BB86A36BBD98}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8966080" y="4190265"/>
+            <a:ext cx="2387600" cy="1587500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{022A35E6-DF2C-4A61-83EE-85432D11C659}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print"/>
+          <a:srcRect r="6077"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4335970" y="4190265"/>
+            <a:ext cx="2242510" cy="1587500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA90D626-0CF3-48F0-9E56-BAC2F07C02FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6" cstate="print"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9973016" y="2117196"/>
+            <a:ext cx="1380664" cy="2073069"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="957197095"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="99" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3200" b="1" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Use cases</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="3200" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="100" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244520" y="1842480"/>
+            <a:ext cx="5444147" cy="3626640"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Problem 1: Understanding the bottlenecks which limit the performance of a system‘s operation …</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Problem 2: Analysis of influences of production schedules on operations …</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Problem 3: Operations, which include people …</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2000" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{182396FC-9C5B-4FAA-9E1A-946EFE96B0CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7934105" y="1030336"/>
+            <a:ext cx="2100446" cy="1535524"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="800000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="med" len="med"/>
+            <a:tailEnd type="none" w="med" len="med"/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0E48E4D-3A8A-4585-AAE0-5363CE5D3194}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7934106" y="2859136"/>
+            <a:ext cx="2224505" cy="1485900"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:srgbClr val="800000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D56D7BA7-E6DA-47CA-8E31-53C38A300F9D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:srcRect r="7885"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7934106" y="4611737"/>
+            <a:ext cx="2178483" cy="1436901"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:srgbClr val="800000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="516918703"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="101" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608840" y="365040"/>
             <a:ext cx="9744840" cy="1116360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr indent="0" defTabSz="914400">
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="3200" b="1" strike="noStrike" spc="-1">
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>Strategic logistics planning</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="3200" b="0" strike="noStrike" spc="-1">
+              <a:t>Operations research </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="3200" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>in logistics</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="3200" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="102" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838080" y="1825560"/>
             <a:ext cx="10515240" cy="4350960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...97 lines deleted...]
-          <a:p>
             <a:pPr marL="228600" indent="-228600" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>Operations research methods are used in strategic logistics planning to</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:t>Operations research methods are used in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>strategic logistics planning </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>to</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>enable complex what-if analysis,</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>manage complexity: interdependence + variability + dynamics,</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>involve less costs and interference with the process than by experimentation with a real system,</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>focus on details,</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>improve the understanding of a system and</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
+              <a:rPr lang="en-GB" sz="1400" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>improve communication between management and experts.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
+            <a:endParaRPr lang="en-GB" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103" name="Symbol zastępczy zawartości 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702720" y="5864040"/>
             <a:ext cx="4580280" cy="477000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
@@ -12312,87 +16721,386 @@
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab pos="0" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" strike="noStrike" spc="-1">
+              <a:rPr lang="en-GB" sz="1200" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>Source: (Ciampa, 1992), (Britannica, 2023), </a:t>
-[...16 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Source: (Robinson, 2004)</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1283555088"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="101" name="PlaceHolder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608840" y="365040"/>
+            <a:ext cx="9744840" cy="1116360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" strike="noStrike" spc="-1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Strategic logistics planning</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" b="0" strike="noStrike" spc="-1">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="102" name="PlaceHolder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838080" y="1825560"/>
+            <a:ext cx="10515240" cy="4350960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Strategic logistics planning comprises all activities which need to be performed on the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>strategic, tactical and operational levels </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>to provide for: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Total quality management (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>TQM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>) and </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Just-in-time production (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>JIT</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="103" name="Symbol zastępczy zawartości 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="702720" y="5864040"/>
+            <a:ext cx="4580280" cy="477000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="0">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:scrgbClr r="0" g="0" b="0"/>
+          </a:effectRef>
+          <a:fontRef idx="minor"/>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1001"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="0" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Source: (Ciampa, 1992), (Britannica, 2023)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4243192384"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="101" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -12566,51 +17274,51 @@
               <a:t>, 1992)</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="1200" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:ea typeface="+mn-lt"/>
               <a:cs typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1419681172"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="101" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -12679,173 +17387,306 @@
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>The SCOR reference model (planning, sourcing, making, delivering, enabling, as well as handling returns) helps businesses evaluate and perfect supply chain management for reliability, consistency, and efficiency – (lean) 6-sigma. </a:t>
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>SCOR </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>reference model (planning, sourcing, making, delivering, enabling, as well as handling returns) helps businesses evaluate and perfect supply chain management for reliability, consistency, and efficiency – (lean) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>6-sigma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
               <a:ea typeface="Tahoma"/>
               <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
+              <a:rPr lang="en-US" sz="1800" b="1" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>Six Sigma business improvement projects follow two distinct methodologies, each with five phases: </a:t>
+              <a:t>Six Sigma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> business improvement projects follow two distinct methodologies, each with five phases: </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
               <a:ea typeface="Calibri" panose="020F0502020204030204"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>DMAIC (define, measure, analyze, identify and control) is used for projects aimed at improving an existing business process; </a:t>
+              <a:t>DMAIC (define, measure, analyze, identify and control) is used for projects aimed at </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>improving </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>an existing business process; </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:ea typeface="Calibri" panose="020F0502020204030204"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>DMADV (define, measure, analyze, design and verify) is used for projects aimed at creating new product or process designs. </a:t>
+              <a:t>DMADV (define, measure, analyze, design and verify) is used for projects aimed at </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>creating </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>new product or process designs. </a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="1400" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:ea typeface="+mn-lt"/>
               <a:cs typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="1001"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>The DMADV methodology</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="sl-SI" sz="1800" spc="-1" dirty="0">
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t> is</a:t>
+              <a:t>DMADV </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
-              <a:t> also known as Design for Six Sigma (DFSS)</a:t>
+              <a:t>methodology</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> is</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> also known as Design for Six Sigma (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>DFSS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sl-SI" sz="1800" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:ea typeface="+mn-lt"/>
               <a:cs typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103" name="Symbol zastępczy zawartości 4"/>
           <p:cNvSpPr/>
@@ -12925,1067 +17766,50 @@
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
                 <a:ea typeface="+mn-lt"/>
                 <a:cs typeface="+mn-lt"/>
               </a:rPr>
               <a:t>, 2001)</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="1200" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:ea typeface="+mn-lt"/>
               <a:cs typeface="+mn-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3719117435"/>
-      </p:ext>
-[...1015 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3275584542"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -14312,95 +18136,95 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="ea3c6b89e5b2f63f9c673131913526a4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d298d80043a1406bbee35aad13b0ffa" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Oznake slike" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tagi obrazów" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
@@ -14420,88 +18244,88 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f4652e19-0f91-4064-a28d-12f01e91685a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9bddfac-6dc9-4958-8f35-4d0da3af229b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="V skupni rabi z" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="V skupni rabi s podrobnostmi" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Udostępnione dla — szczegóły" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Vrsta vsebine"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Naslov"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ zawartości"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tytuł"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -14547,144 +18371,176 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F32EA49-F5AA-45DF-8E37-9E6E77A034B3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07865333-F602-4D5B-8541-4202A1D0A798}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89C213E1-65C7-4DD5-9A5D-742100BACEF4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45B2E4B7-9F2B-4476-8F87-3F044BC2AE95}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D502B0F-38D8-4C16-975D-21FC37B2297C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{725F0AC8-B28C-44E2-864B-414F53520290}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1625</Words>
+  <Words>1868</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>19</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>139</Paragraphs>
+  <Slides>25</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>19</vt:i4>
+        <vt:i4>25</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="27" baseType="lpstr">
+    <vt:vector size="33" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-      <vt:lpstr>Chapter 6</vt:lpstr>
+      <vt:lpstr>STATISTICAL METHODS FOR ANALYSING LOGISTICS DATA</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
+      <vt:lpstr>Operations Research (OR)</vt:lpstr>
+      <vt:lpstr>Operations research</vt:lpstr>
+      <vt:lpstr>Use cases</vt:lpstr>
+      <vt:lpstr>Operations research in logistics</vt:lpstr>
       <vt:lpstr>Strategic logistics planning</vt:lpstr>
       <vt:lpstr>Strategic logistics planning</vt:lpstr>
       <vt:lpstr>SCOR</vt:lpstr>
       <vt:lpstr>Design for Six Sigma (DFSS)</vt:lpstr>
-      <vt:lpstr>Business intelligence</vt:lpstr>
+      <vt:lpstr>Business intelligence and analytics</vt:lpstr>
       <vt:lpstr>SOP (1/2)</vt:lpstr>
       <vt:lpstr>SOP (2/2)</vt:lpstr>
       <vt:lpstr>Business analytics</vt:lpstr>
       <vt:lpstr>Decision support systems</vt:lpstr>
-      <vt:lpstr>Multicriteria Decision Making</vt:lpstr>
-      <vt:lpstr>MCDM procedure</vt:lpstr>
+      <vt:lpstr>Example: Multicriteria Decision Making</vt:lpstr>
       <vt:lpstr> MCDM example (1/2)</vt:lpstr>
       <vt:lpstr> MCDM example (2/2)</vt:lpstr>
+      <vt:lpstr>MCDM procedure</vt:lpstr>
       <vt:lpstr>Knowledge based engineering (KBE)</vt:lpstr>
+      <vt:lpstr>Strategic logistics management (OR + KBE)</vt:lpstr>
       <vt:lpstr>Summary</vt:lpstr>
       <vt:lpstr>References</vt:lpstr>
+      <vt:lpstr>Authors:  Sanja Bojić, Kristijan Brglez , Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić  Final version: June 2025</vt:lpstr>
       <vt:lpstr>Thank you for your attention</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:subject/>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>sl-SI</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>