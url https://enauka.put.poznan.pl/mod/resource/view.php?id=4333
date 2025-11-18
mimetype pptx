--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,95 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="268" r:id="rId8"/>
     <p:sldId id="267" r:id="rId9"/>
     <p:sldId id="284" r:id="rId10"/>
     <p:sldId id="270" r:id="rId11"/>
     <p:sldId id="285" r:id="rId12"/>
     <p:sldId id="287" r:id="rId13"/>
     <p:sldId id="286" r:id="rId14"/>
     <p:sldId id="288" r:id="rId15"/>
     <p:sldId id="289" r:id="rId16"/>
     <p:sldId id="290" r:id="rId17"/>
     <p:sldId id="291" r:id="rId18"/>
-    <p:sldId id="263" r:id="rId19"/>
+    <p:sldId id="334" r:id="rId19"/>
+    <p:sldId id="263" r:id="rId20"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -197,3796 +200,141 @@
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{405B2754-E0AB-495A-8224-0A870ABA825D}" v="2" dt="2024-06-20T06:32:51.411"/>
-    <p1510:client id="{E8EA43D6-1FDF-44F8-A98E-3C4282FD05DF}" v="27" dt="2024-06-20T07:05:42.187"/>
+    <p1510:client id="{7EA9C278-B02E-216B-FCDB-2D0FADF1F989}" v="4" dt="2025-10-16T07:01:45.509"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15831" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="100" d="100"/>
-          <a:sy n="100" d="100"/>
+          <a:sx n="83" d="100"/>
+          <a:sy n="83" d="100"/>
         </p:scale>
-        <p:origin x="864" y="240"/>
+        <p:origin x="648" y="77"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{E8EA43D6-1FDF-44F8-A98E-3C4282FD05DF}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{E8EA43D6-1FDF-44F8-A98E-3C4282FD05DF}" dt="2024-06-20T07:05:59.768" v="564" actId="47"/>
+    <pc:chgData clId="Web-{7EA9C278-B02E-216B-FCDB-2D0FADF1F989}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="" userId="" providerId="" clId="Web-{7EA9C278-B02E-216B-FCDB-2D0FADF1F989}" dt="2025-10-16T07:01:39.524" v="0" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{E8EA43D6-1FDF-44F8-A98E-3C4282FD05DF}" dt="2024-06-20T06:42:20.085" v="22" actId="20577"/>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="" userId="" providerId="" clId="Web-{7EA9C278-B02E-216B-FCDB-2D0FADF1F989}" dt="2025-10-16T07:01:39.524" v="0" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{E8EA43D6-1FDF-44F8-A98E-3C4282FD05DF}" dt="2024-06-20T06:42:20.085" v="22" actId="20577"/>
+          <ac:chgData name="" userId="" providerId="" clId="Web-{7EA9C278-B02E-216B-FCDB-2D0FADF1F989}" dt="2025-10-16T07:01:39.524" v="0" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
-            <ac:spMk id="8" creationId="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
-[...3653 lines deleted...]
-            <ac:spMk id="6" creationId="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+            <ac:spMk id="5" creationId="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -4188,200 +536,50 @@
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
-          </a:p>
-[...148 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="700" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -4605,200 +803,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...148 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -4909,200 +957,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...148 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -5148,200 +1046,50 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
-          </a:p>
-[...148 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="700" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -5447,161 +1195,65 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...94 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -5809,163 +1461,125 @@
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F301BD7B-1B04-080A-D719-AA80A03844BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7614051" y="6203808"/>
+            <a:ext cx="3675276" cy="670207"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 2" descr="Wyjazdy dydaktyczne i szkoleniowe - Dział Spraw Międzynarodowych">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{693CA21D-5E6F-5F67-056D-4E5A480648C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId9">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11440197" y="6176963"/>
+            <a:ext cx="672239" cy="651600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -6236,74 +1850,78 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
@@ -6326,51 +1944,51 @@
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7213600" y="5952067"/>
+            <a:off x="7121237" y="6008865"/>
             <a:ext cx="4967366" cy="849135"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -6452,136 +2070,158 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="344643" y="5378273"/>
             <a:ext cx="4792133" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
-                <a:solidFill>
-[...3 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Future-proof</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
@@ -6908,129 +2548,125 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="3" name="pole tekstowe 2">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Obraz 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C31FA8A-A038-D11F-3A5A-FFD3A9DD3746}"/>
-[...39 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5A71775-ECA5-3527-002D-53A78281BE6D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9797B60-5BD8-722A-AAB1-7DB15D1E1857}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6373091" y="5709926"/>
+            <a:ext cx="4480662" cy="853008"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 2" descr="Wyjazdy dydaktyczne i szkoleniowe - Dział Spraw Międzynarodowych">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97339B92-27DF-1404-8893-30B11F93EDDF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="10996824" y="5952067"/>
-            <a:ext cx="896234" cy="766977"/>
+            <a:off x="11038544" y="5655496"/>
+            <a:ext cx="1129064" cy="1094400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -8896,50 +4532,277 @@
           <a:xfrm>
             <a:off x="9533867" y="1887442"/>
             <a:ext cx="1736299" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="500" dirty="0"/>
               <a:t>Włączenie wyników modelu symulacyjnego do zbudowania najlepszego modelu zarządzania zapasem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4128D991-B9CA-EB6E-5B63-41BB00C52D84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5184249" y="6272530"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Źródło: opracowanie własne</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="487465509"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
@@ -10469,50 +6332,277 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="7896923" y="2193936"/>
             <a:ext cx="1985233" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="800" dirty="0"/>
               <a:t>Poziom 0 – Produkcja i magazyn centralny</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E93FD69-FF06-D0CF-35AB-5C80F5D368C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3171242" y="6161978"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Źródło: opracowanie własne</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="826839755"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -11158,50 +7248,277 @@
           <a:xfrm rot="16200000">
             <a:off x="5544564" y="5321505"/>
             <a:ext cx="1786635" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1000" dirty="0"/>
               <a:t>Popyt [palety]</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F2E371E-7EAD-9C82-FE56-7257F14E504E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="279758" y="6526428"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Źródło: opracowanie własne</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3062355698"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -11259,86 +7576,226 @@
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2657D00-F010-9F0C-DE20-EBF6CB96BCED}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6079AD55-8FA1-21D9-D1A5-ECE082BFBC8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Autorzy:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Wersja finalna: czerwiec 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3232869742"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>Dziękuję Państwu za uwagę</a:t>
+              <a:t>Dziękuję za uwagę</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
@@ -28837,50 +25294,92 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" i="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>korzyści</a:t>
             </a:r>
             <a:endParaRPr sz="2400" dirty="0">
               <a:latin typeface="Century Gothic"/>
               <a:ea typeface="Century Gothic"/>
               <a:cs typeface="Century Gothic"/>
               <a:sym typeface="Century Gothic"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E229D14E-451C-7066-E697-F1BF2B3E1A27}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="699927" y="6212839"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Źródło: opracowanie własne</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="113690816"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
@@ -34228,168 +30727,168 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>BETTER FACTORY (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>włoski</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> producent </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>żywności</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>) =&gt; </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Zautomatyzowana</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>sztuczna</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>inteligencja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>
 PREDYKCYJNY ŁAŃCUCH DOSTAW DLA PLANOWANIA RODZINY NA WYBRZEŻU KOŚCI SŁONIOWEJ (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>projekt</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>humanitarny</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>) =&gt; </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>DSS</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>
 BROWAR (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>światowy</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> producent </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>napojów</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>) =&gt; </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>FSS</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3200" b="1" dirty="0">
+            <a:endParaRPr lang="en-US" sz="4000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1065AB"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1088948264"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -35322,50 +31821,277 @@
           <a:xfrm>
             <a:off x="10446609" y="1341338"/>
             <a:ext cx="1240380" cy="169277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="500" dirty="0"/>
               <a:t>Prognoza sprzedaży (miesięczna)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41C23CD3-350F-FEA8-D480-84A0153A1115}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6551249" y="6411028"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Źródło: opracowanie własne</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2645267018"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
@@ -35729,115 +32455,106 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d298d80043a1406bbee35aad13b0ffa" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f77c99be7a86767cf8852e2977576506">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tagi obrazów" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
@@ -35857,88 +32574,88 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f4652e19-0f91-4064-a28d-12f01e91685a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9bddfac-6dc9-4958-8f35-4d0da3af229b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Udostępnione dla — szczegóły" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ zawartości"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tytuł"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -35983,132 +32700,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DF5A2CA-7163-4F3B-9915-464F023379CB}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D831CE9-0D80-4D18-BF88-C928351BD15D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1249</Words>
+  <Words>1243</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Panoramiczny</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>15</Slides>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>181</Paragraphs>
+  <Slides>16</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Używane czcionki</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Motyw</vt:lpstr>
+        <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tytuły slajdów</vt:lpstr>
+        <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="23" baseType="lpstr">
-[...6 lines deleted...]
-      <vt:lpstr>Wingdings</vt:lpstr>
+    <vt:vector size="17" baseType="lpstr">
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Business Intelligence</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Kluczowe filary analityki biznesowej</vt:lpstr>
       <vt:lpstr>Wykorzystanie analityki biznesowej</vt:lpstr>
       <vt:lpstr>Wspomaganie podejmowania decyzji biznesowych </vt:lpstr>
       <vt:lpstr>Trendy w przemyśle i edukacji</vt:lpstr>
       <vt:lpstr>Studia przypadków (szczegółowe omówienie)</vt:lpstr>
       <vt:lpstr>Lepsza fabryka (2021-2022)</vt:lpstr>
-      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Projekt humanitarny USAID (2021-2022)</vt:lpstr>
-      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>FSS (2015-2018)</vt:lpstr>
       <vt:lpstr>Struktura łańcucha dostaw</vt:lpstr>
       <vt:lpstr>Carlsberg - FSS</vt:lpstr>
-      <vt:lpstr>Dziękuję Państwu za uwagę</vt:lpstr>
+      <vt:lpstr>Autorzy:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Wersja finalna: czerwiec 2025</vt:lpstr>
+      <vt:lpstr>Dziękuję za uwagę</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D1A4C46F9DF340B00409C6B9ED12C1</vt:lpwstr>