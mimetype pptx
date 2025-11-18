--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,121 +1,126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
-  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
-  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...20 lines deleted...]
-    <p:sldId id="263" r:id="rId23"/>
+    <p:sldId id="256" r:id="rId5"/>
+    <p:sldId id="264" r:id="rId6"/>
+    <p:sldId id="262" r:id="rId7"/>
+    <p:sldId id="272" r:id="rId8"/>
+    <p:sldId id="273" r:id="rId9"/>
+    <p:sldId id="274" r:id="rId10"/>
+    <p:sldId id="267" r:id="rId11"/>
+    <p:sldId id="275" r:id="rId12"/>
+    <p:sldId id="277" r:id="rId13"/>
+    <p:sldId id="276" r:id="rId14"/>
+    <p:sldId id="268" r:id="rId15"/>
+    <p:sldId id="269" r:id="rId16"/>
+    <p:sldId id="278" r:id="rId17"/>
+    <p:sldId id="279" r:id="rId18"/>
+    <p:sldId id="280" r:id="rId19"/>
+    <p:sldId id="270" r:id="rId20"/>
+    <p:sldId id="282" r:id="rId21"/>
+    <p:sldId id="281" r:id="rId22"/>
+    <p:sldId id="266" r:id="rId23"/>
+    <p:sldId id="271" r:id="rId24"/>
+    <p:sldId id="283" r:id="rId25"/>
+    <p:sldId id="334" r:id="rId26"/>
+    <p:sldId id="263" r:id="rId27"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -180,73 +185,98 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
     <a:srgbClr val="B31366"/>
     <a:srgbClr val="B21366"/>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
+</file>
+
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{649285AC-9EB3-AE6E-1152-09901A100664}" v="3" dt="2025-10-16T07:08:05.022"/>
+  </p1510:revLst>
+</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Styl pośredni 2 — Akcent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
@@ -388,82 +418,111 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="79" d="100"/>
-          <a:sy n="79" d="100"/>
+          <a:sx n="83" d="100"/>
+          <a:sy n="83" d="100"/>
         </p:scale>
-        <p:origin x="773" y="72"/>
+        <p:origin x="686" y="77"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
+</file>
+
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData clId="Web-{649285AC-9EB3-AE6E-1152-09901A100664}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="" userId="" providerId="" clId="Web-{649285AC-9EB3-AE6E-1152-09901A100664}" dt="2025-10-16T07:08:02.678" v="0" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="" userId="" providerId="" clId="Web-{649285AC-9EB3-AE6E-1152-09901A100664}" dt="2025-10-16T07:08:02.678" v="0" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2920479427" sldId="256"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="" userId="" providerId="" clId="Web-{649285AC-9EB3-AE6E-1152-09901A100664}" dt="2025-10-16T07:08:02.678" v="0" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2920479427" sldId="256"/>
+            <ac:spMk id="5" creationId="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -7809,67 +7868,67 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -8074,80 +8133,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -8368,80 +8397,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -8552,80 +8551,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -8674,80 +8643,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -8796,95 +8735,65 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -9092,163 +9001,125 @@
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{509E11E5-23A7-5876-DCDB-932BD5D79AD4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7614051" y="6203808"/>
+            <a:ext cx="3675276" cy="670207"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 2" descr="Wyjazdy dydaktyczne i szkoleniowe - Dział Spraw Międzynarodowych">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6D44450-7788-62E5-E7D3-F6C5D1DFF4AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId9">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11440197" y="6176963"/>
+            <a:ext cx="672239" cy="651600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -9519,51 +9390,51 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
@@ -9575,50 +9446,54 @@
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
@@ -9763,200 +9638,175 @@
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="438810" y="5378273"/>
             <a:ext cx="4792133" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
-                <a:solidFill>
-[...3 lines deleted...]
-                </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Future-proof</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
-              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -10112,51 +9962,51 @@
               <a:rPr lang="pl-PL" sz="2800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Wykład</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -10284,76 +10134,123 @@
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Obraz 14">
+          <p:cNvPr id="3" name="Obraz 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED62A468-E9BD-D9BB-6E88-401007CB7EF6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925440" y="5851938"/>
-            <a:ext cx="5207495" cy="671935"/>
+            <a:off x="6373091" y="5709926"/>
+            <a:ext cx="4480662" cy="853008"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 2" descr="Wyjazdy dydaktyczne i szkoleniowe - Dział Spraw Międzynarodowych">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEA6C57C-7575-8FE0-C5F6-C975FA346D2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11038544" y="5655496"/>
+            <a:ext cx="1129064" cy="1094400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -12409,132 +12306,132 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="2070847"/>
             <a:ext cx="10515600" cy="4106116"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Rozwój Przemysłu 4.0 i Logistyki 4.0 daje dodatkowe możliwości rozszerzenia rozwiązań i usług oferowanych w ramach e-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0" err="1"/>
               <a:t>logistics</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>. Wśród głównych technologii wspierających e-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0" err="1"/>
               <a:t>logistics</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t> wymienia się obecnie</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Blockchain;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Internet </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>Rzeczy</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>sensorykę</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> (IoT);</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>G</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>eneratywną</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>sztuczną</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>inteligencję</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t> (AI);</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8832BEC2-5FCD-8157-EB16-1DFE00173DE1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="10583334" cy="1116542"/>
@@ -13018,146 +12915,143 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FDBA8C0-3FF1-4FC7-49A9-5828D8FD1CC9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="820271" y="1882804"/>
-            <a:ext cx="6763871" cy="3580093"/>
+            <a:off x="820271" y="1607127"/>
+            <a:ext cx="6763871" cy="5079999"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
-[...7 lines deleted...]
-              <a:t>od protokołów komunikacyjnych poprzez sensory zbierające dane, infrastrukturę umożliwiającą przesyłanie danych aż po systemy analizujące zbierane dane. </a:t>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>Internet Rzeczy (IoT) pozwala na komunikowanie się ze sobą urządzeń nie będących komputerami. Koncepcja zbudowana jest w oparciu o szerokie spectrum technologii poczynając od protokołów komunikacyjnych poprzez sensory zbierające dane, infrastrukturę umożliwiającą przesyłanie danych aż po systemy analizujące zbierane dane. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
-            <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+            <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Często rozwiązania IoT łączone są z sensorami RFID (radio-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0" err="1"/>
               <a:t>frequency</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0" err="1"/>
               <a:t>identification</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>)  dając możliwość nie tylko lokalnej identyfikacji towarów czy ładunków ale także przekazywania tych danych do dowolnego użytkownika. Rozwiązania IoT mogą być tworzone w dwóch wariantach:</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>Internet-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0" err="1"/>
               <a:t>centric</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t> – głównym elementem systemu są usługi oferowane w chmurze obliczeniowej a obiekty systemu stanowią dostawców danych;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>Object-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0" err="1"/>
               <a:t>centric</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t> – rozwiązanie, w którym centralnym punktem sieci są obiekty, którymi można sterować za pomocą komunikatów przekazywanych przez sieć Internet.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE567443-09BC-84E5-516E-DB65ACE45D3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="702732" y="5864033"/>
+            <a:off x="702732" y="6492874"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2800" kern="1200">
                 <a:solidFill>
@@ -13529,107 +13423,110 @@
               <a:t>logistics</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{208E4D7C-44F2-A357-7C0A-922AC4A4D70A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
-            <a:ext cx="7194176" cy="3813175"/>
+            <a:ext cx="7194176" cy="4667249"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Generatywna sztuczna inteligencja to symulacja procesów inteligencji człowieka przez maszyny i systemy komputerowe. Generowanie wiedzy przez sztuczną </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0" err="1"/>
               <a:t>intelignecję</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t> realizowane jest </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>w trzech krokach: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>Uczenie się - przyswajanie informacji i zasady jej wykorzystania; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>Rozumowanie - Wykorzystanie reguł do wyciągania wniosków;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>Autokorekta. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
           </a:p>
           <a:p>
-            <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Przykładowo wykorzystanie sztucznej inteligencji pozwala na naukę opartą na historii. Pomaga to osiągnąć maksymalną wydajność, zwłaszcza w magazynach o szybkiej rotacji (takich jak magazyny e-commerce).</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CB44A1-AAA0-16DA-192D-CCC52D613FD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -14389,211 +14286,197 @@
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t> w praktyce</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3AAE83A-89C6-ED7E-36B7-0BBB468259AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1825624"/>
-            <a:ext cx="7005918" cy="4171764"/>
+            <a:off x="838200" y="1539006"/>
+            <a:ext cx="7005918" cy="4953868"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="40000" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
               <a:t>Funkcje jakie oferuje firma </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="4500" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0" err="1"/>
               <a:t>Dachser</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
               <a:t> w ramach e-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="4500" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0" err="1"/>
               <a:t>logistics</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
               <a:t> to m.in.:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="4500" dirty="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="4500" dirty="0"/>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
               <a:t>składanie zamówień online - automatyczne importowanie danych do zamówień pozwalają zaoszczędzić czas. Funkcja importu adresów z systemu ERP uzupełnia zarządzanie adresami. Funkcjonalność umożliwia także przesyłanie dokumentów, zapisywanie informacji o towarach niebezpiecznych, a także wysyłanie przyszłych zleceń oraz korzystanie z własnych kodów kreskowych;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
               <a:t>kontrola wszystkich kosztów transportu – umożliwia szybkie uzyskanie informacji o cenie transportu bez konieczności składania obszernych zapytań;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0"/>
-[...7 lines deleted...]
-              <a:t>na natychmiastowe określenie braków i stanów magazynowych;</a:t>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:t>śledzenie stanów magazynowych - umożliwia śledzenie procesów zachodzących w magazynach – od kontroli statusu odbioru zamówienia po monitoring partii. Funkcjonalność ta pozwala na natychmiastowe określenie braków i stanów magazynowych;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
               <a:t>aktualna informacja o statusie przesyłki i jej lokalizacji – funkcja </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0" err="1"/>
               <a:t>Track</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
               <a:t> &amp; </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0" err="1"/>
               <a:t>Trace</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
               <a:t> umożliwia dla każdej przesyłki można utworzenie indywidualnego linku, który poinformuje o aktualnym statusie przesyłki. Następnie można przekazać ten link klientom lub partnerom;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
               <a:t>zarządzanie fakturami online - dostęp online do wszystkich danych dotyczących przesyłki. </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
               <a:t>Dane dostępne są w postaci plików PDF, tabel Excel oraz plików CSV. Dane te możemy także przesłać cyfrowo poprzez centrum EDI.;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="3000" dirty="0"/>
-[...7 lines deleted...]
-              <a:t>tj. europaletami i regałami.</a:t>
+              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:t>elektroniczne rozliczanie palet - zarządza sprzętem do załadunku, który wymaga śledzenia, tj. europaletami i regałami.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{294084B7-AE3F-F970-4B49-2FE280B246A4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="6105084"/>
+            <a:off x="838200" y="6492874"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2800" kern="1200">
                 <a:solidFill>
@@ -16981,86 +16864,226 @@
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>, ss. 3-31</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3486712354"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2657D00-F010-9F0C-DE20-EBF6CB96BCED}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6079AD55-8FA1-21D9-D1A5-ECE082BFBC8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Autorzy:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Wersja finalna: czerwiec 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3232869742"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>Dziękujemy za uwagę</a:t>
+              <a:t>Dziękuję za uwagę</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
@@ -17145,67 +17168,60 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E611071C-C6E3-65DF-73B9-E9F1B5F5CF81}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4546599" y="2498629"/>
             <a:ext cx="6739468" cy="2348442"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>E-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" err="1"/>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0" err="1"/>
               <a:t>logistics</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
-[...7 lines deleted...]
-              <a:t>do realizacji transakcji biznesowych.</a:t>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t> jest rozwiązaniem funkcjonującym w ramach szerszej koncepcji jaką jest e-business. E-biznes można luźno zdefiniować jako proces biznesowy, który wykorzystuje Internet lub inne medium elektroniczne jako kanał do realizacji transakcji biznesowych.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1CEF596-AC61-6B39-B395-8BBA77E3D654}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4546599" y="5008900"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -19292,62 +19308,62 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2980266" y="1975262"/>
             <a:ext cx="8646957" cy="1467908"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0"/>
               <a:t>„</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" i="1" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2000" i="1" dirty="0"/>
               <a:t>E-Logistics to zbiór technologii komunikacyjnych, obliczeniowych i reguł współpracy, które przekształcają kluczowe procesy logistyczne tak, aby były zorientowane na klienta, dzieląc się danymi, wiedzą i informacjami z partnerami w łańcuchu dostaw</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0"/>
               <a:t>.”</a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="1800" i="1" dirty="0"/>
+            <a:endParaRPr lang="pl-PL" sz="2000" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8587690" y="2972089"/>
             <a:ext cx="3344334" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -19637,51 +19653,51 @@
             <a:off x="856131" y="3249706"/>
             <a:ext cx="1134034" cy="1134034"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3555AE02-B114-8E76-A071-1DD2A4C9B32B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3038536" y="3440927"/>
+            <a:off x="3038536" y="4004347"/>
             <a:ext cx="8530415" cy="1467908"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2800" kern="1200">
                 <a:solidFill>
@@ -19830,89 +19846,82 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0"/>
               <a:t>„</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" i="1" dirty="0"/>
-[...10 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2000" i="1" dirty="0"/>
+              <a:t>E-Logistics wykorzystuje technologie internetowe do wspierania pozyskiwania: materiałów, części, wyrobów gotowych, usług magazynowania, transportu. Umożliwia także dystrybucję oraz optymalizację tras i śledzenia  zapasów w łańcuchu dostaw</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0"/>
               <a:t>” </a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="1800" i="1" dirty="0"/>
+            <a:endParaRPr lang="pl-PL" sz="2000" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64693DFC-3887-D9F1-B25B-21E95634510A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8587690" y="4383740"/>
+            <a:off x="8587690" y="5602940"/>
             <a:ext cx="3344334" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2800" kern="1200">
                 <a:solidFill>
@@ -20584,81 +20593,81 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" i="1" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2400" i="1" dirty="0"/>
               <a:t>„</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="2400" i="1" dirty="0"/>
               <a:t>e-logistics </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" i="1" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="2400" i="1" dirty="0"/>
               <a:t>to procesy logistyczne realizujące przepływ produktów kupionych w elektronicznych kanałach sprzedaży”</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{008D567D-BA7C-537D-C037-555018B2BDEC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7762938" y="4087904"/>
+            <a:off x="7762938" y="4808339"/>
             <a:ext cx="3344334" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2800" kern="1200">
                 <a:solidFill>
@@ -21643,95 +21652,104 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="ea3c6b89e5b2f63f9c673131913526a4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d298d80043a1406bbee35aad13b0ffa" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f77c99be7a86767cf8852e2977576506">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tagi obrazów" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
@@ -21751,88 +21769,88 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f4652e19-0f91-4064-a28d-12f01e91685a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9bddfac-6dc9-4958-8f35-4d0da3af229b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Udostępnione dla — szczegóły" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ zawartości"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tytuł"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -21877,148 +21895,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14DA3E8C-D955-44CA-9DB2-AF40BE4D544D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AECBA8FC-86B7-4BCE-82AF-4158C64CD224}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AECBA8FC-86B7-4BCE-82AF-4158C64CD224}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83F702BF-16E6-4E1E-8607-3918D20E0BFB}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4A807B8-0D68-468F-87B3-6EBF3C0A12F5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4A807B8-0D68-468F-87B3-6EBF3C0A12F5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2627</Words>
+  <Words>2642</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Panoramiczny</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>22</Slides>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>164</Paragraphs>
+  <Slides>23</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Używane czcionki</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Motyw</vt:lpstr>
+        <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tytuły slajdów</vt:lpstr>
+        <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>22</vt:i4>
+        <vt:i4>23</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="27" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>Wingdings</vt:lpstr>
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>BUSINESS INTELLIGENCE</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>E-business</vt:lpstr>
       <vt:lpstr>E-business</vt:lpstr>
       <vt:lpstr>E-business</vt:lpstr>
       <vt:lpstr>E-business</vt:lpstr>
       <vt:lpstr>Definition of e-logistics</vt:lpstr>
       <vt:lpstr>Definicja e-logistics</vt:lpstr>
       <vt:lpstr>Definicja e-logistics</vt:lpstr>
       <vt:lpstr>Definicja e-logistics</vt:lpstr>
       <vt:lpstr>Rozwój e-logistics</vt:lpstr>
       <vt:lpstr>Nowoczesne technologie wspierające e-logistics</vt:lpstr>
       <vt:lpstr>Nowoczesne technologie wspierające e-logistics</vt:lpstr>
       <vt:lpstr>Nowoczesne technologie wspierające e-logistics</vt:lpstr>
       <vt:lpstr>Nowoczesne technologie wspierające e-logistics</vt:lpstr>
       <vt:lpstr>E-logistics w praktyce</vt:lpstr>
       <vt:lpstr>E-logistics w praktyce</vt:lpstr>
-      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Podsumowanie</vt:lpstr>
       <vt:lpstr>Podsumowanie</vt:lpstr>
       <vt:lpstr>Źródła</vt:lpstr>
-      <vt:lpstr>Dziękujemy za uwagę</vt:lpstr>
+      <vt:lpstr>Autorzy:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Wersja finalna: czerwiec 2025</vt:lpstr>
+      <vt:lpstr>Dziękuję za uwagę</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D1A4C46F9DF340B00409C6B9ED12C1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>