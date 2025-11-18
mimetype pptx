--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,128 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
+  <p:handoutMasterIdLst>
+    <p:handoutMasterId r:id="rId38"/>
+  </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="292" r:id="rId8"/>
     <p:sldId id="293" r:id="rId9"/>
     <p:sldId id="294" r:id="rId10"/>
     <p:sldId id="267" r:id="rId11"/>
     <p:sldId id="296" r:id="rId12"/>
     <p:sldId id="295" r:id="rId13"/>
     <p:sldId id="297" r:id="rId14"/>
     <p:sldId id="298" r:id="rId15"/>
     <p:sldId id="299" r:id="rId16"/>
     <p:sldId id="300" r:id="rId17"/>
     <p:sldId id="301" r:id="rId18"/>
     <p:sldId id="302" r:id="rId19"/>
     <p:sldId id="303" r:id="rId20"/>
     <p:sldId id="304" r:id="rId21"/>
     <p:sldId id="281" r:id="rId22"/>
     <p:sldId id="282" r:id="rId23"/>
     <p:sldId id="305" r:id="rId24"/>
     <p:sldId id="306" r:id="rId25"/>
     <p:sldId id="307" r:id="rId26"/>
     <p:sldId id="308" r:id="rId27"/>
     <p:sldId id="309" r:id="rId28"/>
     <p:sldId id="310" r:id="rId29"/>
     <p:sldId id="311" r:id="rId30"/>
     <p:sldId id="312" r:id="rId31"/>
     <p:sldId id="283" r:id="rId32"/>
     <p:sldId id="284" r:id="rId33"/>
     <p:sldId id="285" r:id="rId34"/>
     <p:sldId id="266" r:id="rId35"/>
-    <p:sldId id="263" r:id="rId36"/>
+    <p:sldId id="334" r:id="rId36"/>
+    <p:sldId id="263" r:id="rId37"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -249,73 +257,85 @@
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" v="26" dt="2024-04-20T18:31:54.892"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="107" d="100"/>
-          <a:sy n="107" d="100"/>
+          <a:sx n="83" d="100"/>
+          <a:sy n="83" d="100"/>
         </p:scale>
-        <p:origin x="564" y="102"/>
+        <p:origin x="605" y="77"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
+  <p:notesViewPr>
+    <p:cSldViewPr snapToGrid="0">
+      <p:cViewPr varScale="1">
+        <p:scale>
+          <a:sx n="63" d="100"/>
+          <a:sy n="63" d="100"/>
+        </p:scale>
+        <p:origin x="3206" y="77"/>
+      </p:cViewPr>
+      <p:guideLst/>
+    </p:cSldViewPr>
+  </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}"/>
     <pc:docChg chg="undo custSel addSld delSld modSld sldOrd">
       <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" dt="2024-06-20T09:05:00.534" v="1301" actId="47"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" dt="2024-04-18T21:57:00.896" v="25" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" dt="2024-04-18T21:57:00.896" v="25" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="8" creationId="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -2468,50 +2488,243 @@
             <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:23.535" v="1835" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="821778306" sldId="280"/>
             <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="del">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:03:11.894" v="1731" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="821778306" sldId="280"/>
             <ac:spMk id="6" creationId="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
+<file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+</file>
+
+<file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Symbol zastępczy nagłówka 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D56FF944-48A2-349B-CBB6-6F4B3467A730}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy daty 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BF8E98B-ACBE-3D18-FF11-D019E54B60F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{F49AD9E5-C893-4D7C-863B-7E611746E8E6}" type="datetimeFigureOut">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>07.10.2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Symbol zastępczy stopki 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00BF37EF-66F1-7AB8-8822-9F0733885919}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46930642-7ABB-0E10-30BF-21458DEC3D59}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8348B6C3-8B44-44D4-B051-581F3B77E26A}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2723793903"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+</p:handoutMaster>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
@@ -3350,51 +3563,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -3600,198 +3813,125 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...107 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Obraz 10">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08BADD17-559B-5375-5AF0-D2C8667B9AAA}"/>
+          <p:cNvPr id="9" name="Obraz 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A10ABFC4-A464-F2BC-39F0-F854A52F0D76}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7614051" y="6203808"/>
+            <a:ext cx="3675276" cy="670207"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 2" descr="Wyjazdy dydaktyczne i szkoleniowe - Dział Spraw Międzynarodowych">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4DD79E6-60F5-7BEB-CC2D-D3BDA6731E5B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11353799" y="6356350"/>
-            <a:ext cx="539259" cy="461486"/>
+            <a:off x="11440197" y="6176963"/>
+            <a:ext cx="672239" cy="651600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
@@ -4064,175 +4204,179 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
@@ -4750,50 +4894,181 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Prostokąt 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B287A5E-ED20-7B33-E7A0-AC50246D2294}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6807200" y="6123708"/>
+            <a:ext cx="5384800" cy="734291"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Obraz 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3583F1EF-26E8-3A4B-89FF-C7976B2FFCC7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6373091" y="5709926"/>
+            <a:ext cx="4480662" cy="853008"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 2" descr="Wyjazdy dydaktyczne i szkoleniowe - Dział Spraw Międzynarodowych">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E030FCA6-34D8-6767-02CE-68D1C945F5E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11038544" y="5655496"/>
+            <a:ext cx="1129064" cy="1094400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -4880,50 +5155,229 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D89BE8B-3A10-C96D-5116-E2BD9CA61E59}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2559683" y="2869707"/>
             <a:ext cx="4749866" cy="3211512"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A92F104C-ECB7-6CD4-FF95-3E243343C92D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Schwabish</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> (2021)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1130900862"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -4960,67 +5414,67 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:rPr lang="hr-HR" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Domknięcie</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>Nasz mózg automatycznie zamyka pewne niedokończone obiekty lub linie</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DF46979-FDD5-BAC4-4C4A-5861B878B809}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -5130,50 +5584,229 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62E5D583-33EB-00F7-26F8-24C471555F1E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9414419" y="4469044"/>
             <a:ext cx="2437813" cy="993466"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DE758E6-56A7-5E01-F37F-62885361F1A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Schwabish</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> (2021)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2539634276"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -5289,104 +5922,285 @@
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Zasady Gestalt</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:rPr lang="hr-HR" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Ciągłość</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>Patrząc na obiekt, nasze oczy szukają najbardziej logicznej ścieżki i w naturalny sposób tworzą ciągłość tam, gdzie może nie być ona wskazana</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6BEAA11-5C77-5D97-DE17-EAE94DE2A52C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2845711" y="2708134"/>
             <a:ext cx="5152737" cy="3542507"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0531A336-F21F-863F-7D3F-BE9F0CE6CAB0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Schwabish</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> (2021)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1611137117"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -5419,104 +6233,285 @@
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Zasady Gestalt</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:rPr lang="hr-HR" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Połączenie</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>Postrzegamy połączone przedmioty jako należące do tej samej grupy</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE7548EE-6C30-EB98-3B35-15EBFE3242DF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="145254" y="2973387"/>
             <a:ext cx="11901491" cy="1700213"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEEE9301-A61B-3FFF-9539-E867C368A542}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Schwabish</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> (2021)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4147321103"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -5590,50 +6585,229 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE41FE34-CE73-AC78-ED15-6E582C0E71CC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5811120" y="2121133"/>
             <a:ext cx="5668186" cy="3975147"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11F8D23F-6FDA-79BD-56E7-780DF5E99AFD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Wexler</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> i in. (2017)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="678598455"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -5706,50 +6880,229 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3E52F35-C56D-5742-11EE-975DEF45435B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5019974" y="1794249"/>
             <a:ext cx="5981113" cy="4232600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEA12903-7329-FF80-5352-D3808B58BBBA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Wexler</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> i in. (2017)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="494525776"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -5822,50 +7175,229 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4073CF03-BCF7-0D1C-A597-FED1EAB794FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5661219" y="1987086"/>
             <a:ext cx="5692580" cy="4028416"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74FCBBA0-85EC-E4CD-F5DA-662BF50ECE8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Wexler</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> i in. (2017)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="375412638"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -6434,50 +7966,229 @@
             <a:ext cx="1201272" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Krzywizna</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="pole tekstowe 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{152FCA44-456F-5708-7206-6D81DB396823}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Wexler</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> i in. (2017)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="874667217"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -7157,50 +8868,221 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3165084-E1CC-CC0F-573E-772D92DCBC40}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5921242" y="2759729"/>
             <a:ext cx="4296956" cy="2483129"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="pole tekstowe 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5ECFFD3-F39D-8398-0030-EE247D7C8FBA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: opracowanie własne</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1123745348"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -8537,50 +10419,229 @@
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Sprzedaż</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="pole tekstowe 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C1DF5BA-EA4A-6E3F-9949-BC8D92A84AA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8794557" y="5727947"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Wexler</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> i in. (2017)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2470885504"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -8911,289 +10972,468 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A graph of a graph with numbers and lines&#10;&#10;Description automatically generated with medium confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBADCC1D-EB47-3E87-ACE8-609325489A49}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7194276" y="2512932"/>
+            <a:off x="7194276" y="2032640"/>
             <a:ext cx="4062610" cy="3396110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="pole tekstowe 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A7FF5B0-9D4E-4314-1FF6-CA17D53AFEE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7411851" y="5647432"/>
+            <a:off x="7411851" y="5167140"/>
             <a:ext cx="892554" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Konsumenci</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE785BDF-9B35-F0C5-30F7-C56D1A0B6F67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="6776245" y="4060817"/>
+            <a:off x="6776245" y="3580525"/>
             <a:ext cx="1201272" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Sprzedaż</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86855AC8-0F2D-D9C6-CB82-E5A8487EE03C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6656856" y="5473575"/>
+            <a:off x="6656856" y="4993283"/>
             <a:ext cx="1201272" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Segment rynku</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFC29665-7130-353C-0F41-A74A367991CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8590246" y="5658337"/>
+            <a:off x="8590246" y="5178045"/>
             <a:ext cx="1058008" cy="253916"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Firmy</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="pole tekstowe 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1563D883-BA0E-B4B1-3006-FF987E1B1307}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9797297" y="5628130"/>
+            <a:off x="9797297" y="5147838"/>
             <a:ext cx="1201272" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Home </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>office</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1050" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="pole tekstowe 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1A01EB1-6F95-13B6-2154-64D6B0747EC1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8304405" y="5732601"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Wexler</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> i in. (2017)</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2580647613"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
@@ -9526,142 +11766,321 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A graph with blue dots&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD90C4D2-2248-E49B-BB86-B69DCF95D420}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7507006" y="2806404"/>
+            <a:off x="7507006" y="1781169"/>
             <a:ext cx="4054940" cy="3447816"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="pole tekstowe 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D54B94AF-5A5D-40B1-06D4-8CA692523D70}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
-            <a:off x="7037175" y="4471125"/>
+            <a:off x="7037175" y="3445890"/>
             <a:ext cx="1201272" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Zysk</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F243580-9EBA-A839-4FD1-9D3A5343572A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9035351" y="6046158"/>
+            <a:off x="9035351" y="5020923"/>
             <a:ext cx="1201272" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Sprzedaż</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="pole tekstowe 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30AEC739-B4FF-762E-2287-7AAED7D5DA0C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8461423" y="5528486"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Wexler</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> i in. (2017)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2162041182"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -10070,50 +12489,229 @@
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Sprzedaż</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{170D28EB-84A4-6448-700B-9E16E98452F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8304405" y="5732601"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Wexler</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> i in. (2017)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2460977802"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -10646,50 +13244,235 @@
             <a:ext cx="1300956" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Kategoria 5</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5DAAC4E-A06D-D48E-DAE8-98B657AC0727}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3640041" y="5266222"/>
+            <a:ext cx="5891886" cy="556356"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: opracowanie własne na podstawie </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Nussbaumer </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Knaflic</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> (2015)</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2194852071"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
@@ -11240,50 +14023,229 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="2535626" y="3826526"/>
             <a:ext cx="958338" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1100" b="1" dirty="0"/>
               <a:t>Niska</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{139D681C-508C-1FAA-7B08-5888900D466F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Schwabish</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> (2021)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2557563689"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -11322,50 +14284,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A614C7C-41A0-3204-C9F4-EB1418117567}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Wybierz odpowiednią kombinację kolorów
 Wybierz odpowiednią kolorystykę
 Używaj kolorów oszczędnie
 Rozważ ślepotę barw
 Kolory powinny być spójne
 Użyj koloru, aby wyróżnić ważne dane
 Postaw na prostotę</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1065AB"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="43378249"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
@@ -11736,50 +14699,229 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1050" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="AEAEAE"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Zimne</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{078D9393-3EA5-C667-F11A-55D5E5AA41BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1525539" y="6016023"/>
+            <a:ext cx="4201007" cy="489238"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: opracowanie własne na podstawie </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Lidwell</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> (2023)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1491747484"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -11817,54 +14959,62 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Podstawowy składnik analizy biznesowej, który pomaga decydentom dostrzegać trendy, wartości odstające i wzorce ukryte w surowych danych
-Proces przekształcania informacji w kontekst wizualny, taki jak mapa lub wykres, i służy do ułatwienia ludzkiemu umysłowi zrozumienia danych i wyciągnięcia z nich wniosków
+Proces przekształcania informacji w kontekst wizualny, taki jak mapa lub wykres, i służy do ułatwienia ludzkiemu umysłowi zrozumienia danych </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
+              <a:t>i wyciągnięcia z nich wniosków
 Ogólne typy wizualizacji danych to wykresy, tabele, mapy i panele 
 Wizualizacja jest obecnie ważniejsza niż kiedykolwiek ze względu na rosnącą popularność dużych zbiorów danych i projektów analizy danych. 
 Firmy coraz częściej wykorzystują uczenie maszynowe do gromadzenia ogromnych ilości danych, których przetwarzanie, zrozumienie i wyjaśnienie może być trudne i powolne.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -11956,50 +15106,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{828CAB71-DF6E-5739-BB8C-5509957E379A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5544845" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Kolory sekwencyjne </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>- użycie jednego koloru od jasnego do ciemnego i jest idealne do pokazywania danych liczbowych, które przechodzą od stanu niskiego do wysokiego 
 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Kolory rozbieżne </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>— przydatne do wyróżniania wartości powyżej lub poniżej punktu środkowego (np. zysk/strata)
 </a:t>
@@ -12219,50 +15370,229 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7409124" y="4871481"/>
             <a:ext cx="2811252" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="1" dirty="0"/>
               <a:t>Kolory podzielona na kategorie</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="pole tekstowe 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{668F5798-983F-BC66-A7B2-4A8115363D65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7861059" y="5929842"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Wexler</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> i in. (2017)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2900101392"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -12319,50 +15649,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10298651" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Główny cel wizualizacji danych: przekazywanie złożonych informacji w sposób dostępny </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i zrozumiały dla wszystkich odbiorców
 Skuteczna wizualizacja danych jest kluczowym elementem w procesie podejmowania decyzji </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -12395,86 +15726,226 @@
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2657D00-F010-9F0C-DE20-EBF6CB96BCED}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6079AD55-8FA1-21D9-D1A5-ECE082BFBC8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Autorzy:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Wersja finalna: czerwiec 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3232869742"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>Dziękuję Państwu za uwagę</a:t>
+              <a:t>Dziękuję za uwagę</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
@@ -12569,86 +16040,86 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B6E460E-D847-93F4-DA0F-0210FFA70EB1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2000" dirty="0">
+              <a:rPr lang="pl-PL" sz="2400" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Pierwszy i najważniejszy krok przed zaangażowaniem się w techniki wizualizacji danych i metody opowiadania historii
 Z zebranych i przeanalizowanych danych powinno wyświetlać się tylko to, co jest ważne dla grupy docelowej</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="pl-PL" sz="2000" dirty="0">
+            <a:endParaRPr lang="pl-PL" sz="2400" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" indent="-457200">
+            <a:pPr marL="457200" indent="-457200" algn="just">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+              <a:rPr lang="pl-PL" sz="2400" b="1" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Kto jest naszą grupą docelową?
 Co chcesz, aby Twoi odbiorcy wiedzieli lub robili?
 Jak wykorzystać dane, aby coś udowodnić?</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="658604869"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -14262,50 +17733,229 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1E0DAEA-5FDB-BAA0-B49B-44635A0056D5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2145379" y="4059654"/>
             <a:ext cx="7419975" cy="2533650"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="pole tekstowe 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{532070D7-174B-867C-E88C-A7565E1A7A92}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="832812" y="6504610"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Schwabish</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> (2021)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1375372884"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -14370,96 +18020,106 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="hr-HR" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Zasady Gestalt</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr lvl="1"/>
-[...1 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1600" dirty="0">
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="hr-HR" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Opracowany w 1912 roku
 Celem było odkrycie, w jaki sposób postrzegamy wzorce, kształty i jak organizujemy informacje, które widzimy
 Wzór </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1600" dirty="0" err="1">
+              <a:rPr lang="pl-PL" sz="2000" dirty="0" err="1">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Gestalt</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1600" dirty="0">
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> (niemiecki)
 Zasady </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1600" dirty="0" err="1">
+              <a:rPr lang="pl-PL" sz="2000" dirty="0" err="1">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Gestalt</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1600" dirty="0">
+              <a:rPr lang="pl-PL" sz="2000" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> ujawniły, że staramy się grupować przedmioty w określony sposób</a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+            <a:endParaRPr lang="pl-PL" sz="1100" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -14717,104 +18377,285 @@
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Zasady Gestalt</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:rPr lang="hr-HR" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Bliskość</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>Postrzegamy przedmioty, które są blisko siebie, jako należące do grupy</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83087E30-E91F-A6F7-E41F-11D7AB907589}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2283457" y="2762250"/>
             <a:ext cx="4926274" cy="3511549"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="pole tekstowe 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1452C0BB-A18F-3C88-6C4C-D1392D9DC655}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Schwabish</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> (2021)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="857585619"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -14847,104 +18688,285 @@
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Zasady Gestalt</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:rPr lang="hr-HR" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Podobieństwo</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1000" dirty="0"/>
+              <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>Nasz mózg grupuje obiekty, które mają ten sam kolor, kształt, rozmiar lub kierunek</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="1000" dirty="0"/>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E1ECCC3-0945-CCA3-A87A-B7E018299575}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2629963" y="2664438"/>
             <a:ext cx="4943475" cy="3657600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBEA217E-E98C-7CC3-9399-42223FD00C17}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="6273799"/>
+            <a:ext cx="2787843" cy="247121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Źródło: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Schwabish</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> (2021)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3338595378"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -15209,50 +19231,365 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
+  <a:themeElements>
+    <a:clrScheme name="Pakiet Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Pakiet Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Pakiet Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="ea3c6b89e5b2f63f9c673131913526a4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d298d80043a1406bbee35aad13b0ffa" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
@@ -15457,166 +19794,183 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FE613D6-049F-4830-BED2-A10DFFEDF11C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FE613D6-049F-4830-BED2-A10DFFEDF11C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1312</Words>
+  <Words>1486</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Panoramiczny</PresentationFormat>
-  <Paragraphs>268</Paragraphs>
-  <Slides>32</Slides>
+  <Paragraphs>290</Paragraphs>
+  <Slides>33</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>32</vt:i4>
+        <vt:i4>33</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="38" baseType="lpstr">
+    <vt:vector size="40" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Business Intelligence</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Wizualizacja danych</vt:lpstr>
       <vt:lpstr>Zrozumienie kontekstu sytuacyjnego</vt:lpstr>
       <vt:lpstr>Kwartet Anscombe'a</vt:lpstr>
       <vt:lpstr>Kwartet Anscombe'a</vt:lpstr>
       <vt:lpstr>Metody przyciągania uwagi</vt:lpstr>
       <vt:lpstr>Zasady Gestalt</vt:lpstr>
       <vt:lpstr>Zasady Gestalt</vt:lpstr>
       <vt:lpstr>Zasady Gestalt</vt:lpstr>
       <vt:lpstr>Zasady Gestalt</vt:lpstr>
       <vt:lpstr>Zasady Gestalt</vt:lpstr>
       <vt:lpstr>Zasady Gestalt</vt:lpstr>
       <vt:lpstr>Cechy preatcyjne</vt:lpstr>
       <vt:lpstr>Cechy preatcyjne</vt:lpstr>
       <vt:lpstr>Cechy preatcyjne</vt:lpstr>
       <vt:lpstr>Cechy preatcyjne</vt:lpstr>
       <vt:lpstr>Wybór odpowiedniej metody wizualizacji</vt:lpstr>
       <vt:lpstr>Prosty tekst</vt:lpstr>
       <vt:lpstr>Tabel</vt:lpstr>
       <vt:lpstr>Formatowanie tabel</vt:lpstr>
       <vt:lpstr>Wykres słupkowy</vt:lpstr>
       <vt:lpstr>Wykres liniowy</vt:lpstr>
       <vt:lpstr>Wykres rozrzutu</vt:lpstr>
       <vt:lpstr>Kartogram</vt:lpstr>
       <vt:lpstr>Mapa cieplna</vt:lpstr>
       <vt:lpstr>Wykres punktorowy</vt:lpstr>
       <vt:lpstr>Wskazówki dotyczące dobrego projektowania wizualizacji</vt:lpstr>
       <vt:lpstr>Teoria kolorów</vt:lpstr>
       <vt:lpstr>Schematy kolorów</vt:lpstr>
       <vt:lpstr>Podsumowanie</vt:lpstr>
-      <vt:lpstr>Dziękuję Państwu za uwagę</vt:lpstr>
+      <vt:lpstr>Autorzy:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Wersja finalna: czerwiec 2025</vt:lpstr>
+      <vt:lpstr>Dziękuję za uwagę</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D1A4C46F9DF340B00409C6B9ED12C1</vt:lpwstr>