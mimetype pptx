--- v0 (2025-10-01)
+++ v1 (2026-01-02)
@@ -1,96 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" bookmarkIdSeed="7">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="267" r:id="rId8"/>
     <p:sldId id="272" r:id="rId9"/>
     <p:sldId id="273" r:id="rId10"/>
     <p:sldId id="274" r:id="rId11"/>
     <p:sldId id="275" r:id="rId12"/>
     <p:sldId id="276" r:id="rId13"/>
     <p:sldId id="277" r:id="rId14"/>
     <p:sldId id="278" r:id="rId15"/>
     <p:sldId id="279" r:id="rId16"/>
     <p:sldId id="280" r:id="rId17"/>
     <p:sldId id="281" r:id="rId18"/>
     <p:sldId id="282" r:id="rId19"/>
     <p:sldId id="283" r:id="rId20"/>
-    <p:sldId id="263" r:id="rId21"/>
+    <p:sldId id="334" r:id="rId21"/>
+    <p:sldId id="263" r:id="rId22"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -378,102 +381,102 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="83" d="100"/>
-          <a:sy n="83" d="100"/>
+          <a:sx n="112" d="100"/>
+          <a:sy n="112" d="100"/>
         </p:scale>
-        <p:origin x="528" y="67"/>
+        <p:origin x="444" y="90"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -678,80 +681,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -972,80 +945,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1156,80 +1099,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1278,80 +1191,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1400,95 +1283,65 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1696,163 +1549,125 @@
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7F568B2-7D6E-468D-D0CF-691D7ADF9FDC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7614051" y="6203808"/>
+            <a:ext cx="3675276" cy="670207"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 2" descr="Wyjazdy dydaktyczne i szkoleniowe - Dział Spraw Międzynarodowych">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C1EA2D6-BE81-7E60-A53C-E9764F6284E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="hqprint">
+          <a:blip r:embed="rId9">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11440197" y="6176963"/>
+            <a:ext cx="672239" cy="651600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -2123,188 +1938,138 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/t-test/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/statistical-tests/#nonparametric" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/chi-square-tests/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/one-way-anova/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/simple-linear-regression/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/t-test/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/statistical-tests/#nonparametric" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/chi-square-tests/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/one-way-anova/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/simple-linear-regression/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dept.clcillinois.edu/mth/oer/IntroductoryStatistics.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openstax.org/details/books/introductory-statistics-2e" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dept.clcillinois.edu/mth/oer/IntroductoryStatistics.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.khanacademy.org/math/statistics-probability" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/category/statistics/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.uqu.edu.sa/_/mskhayat/files/MySubjects/20178FS%20Elementary%20Statistics/Introductory%20Statistics%20(7th%20Ed).pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://byjus.com/maths/statistics/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.umn.edu/opentextbooks/textbooks/196" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=VPZD_aij8H0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saylordotorg.github.io/text_introductory-statistics/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Tareq-Alodat-2/publication/340511098_INTRODUCTION_TO_STATISTICS_MADE_EASY/links/5e8de3dc4585150839c7b58a/INTRODUCTION-TO-STATISTICS-MADE-EASY.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.openstax.org/oscms-prodcms/media/documents/IntroductoryStatistics-OP_i6tAI7e.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=LMSyiAJm99g" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinestatbook.com/Online_Statistics_Education.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.libretexts.org/Bookshelves/Introductory_Statistics" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geeksforgeeks.org/introduction-of-statistics-and-its-types/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/BWbgiJz0_TA?si=wTNnNud2uKSF_9Mg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#8222;https:/www.scribbr.com/statistics/median/&#8221;" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#8222;https:/www.scribbr.com/statistics/mean/&#8221;" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/standard-deviation/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#8222;https:/www.scribbr.com/statistics/median/&#8221;" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#8222;https:/www.scribbr.com/statistics/mean/&#8221;" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/standard-deviation/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...52 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
@@ -2389,125 +2154,78 @@
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -2547,51 +2265,51 @@
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -2717,80 +2435,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6DF4095-31B2-811F-E7E2-492B8C792067}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5925440" y="429443"/>
             <a:ext cx="5648456" cy="2413374"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
@@ -5775,52 +5463,52 @@
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" b="1" dirty="0"/>
               <a:t>Błąd standardowy i przedział ufności</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:graphicFrame>
             <p:nvGraphicFramePr>
               <p:cNvPr id="3" name="Tabela 2">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A97DAC8-B630-A0FD-F50B-FEB2E57D404D}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvGraphicFramePr>
                 <a:graphicFrameLocks noGrp="1"/>
               </p:cNvGraphicFramePr>
               <p:nvPr>
                 <p:extLst>
                   <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                     <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3341192380"/>
                   </p:ext>
                 </p:extLst>
               </p:nvPr>
             </p:nvGraphicFramePr>
             <p:xfrm>
               <a:off x="2064061" y="3210280"/>
               <a:ext cx="7670140" cy="2121459"/>
             </p:xfrm>
             <a:graphic>
@@ -5940,92 +5628,92 @@
                         <a:bodyPr/>
                         <a:lstStyle/>
                         <a:p>
                           <a:pPr marL="342900" lvl="0" indent="-168275" algn="just">
                             <a:lnSpc>
                               <a:spcPct val="120000"/>
                             </a:lnSpc>
                             <a:spcAft>
                               <a:spcPts val="600"/>
                             </a:spcAft>
                             <a:buSzPts val="1000"/>
                             <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
                             <a:buChar char=""/>
                             <a:tabLst>
                               <a:tab pos="457200" algn="l"/>
                             </a:tabLst>
                           </a:pPr>
                           <a14:m>
                             <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
                               <m:r>
                                 <a:rPr lang="en-GB" sz="1800" i="1" kern="1200" smtClean="0">
                                   <a:solidFill>
                                     <a:schemeClr val="dk1"/>
                                   </a:solidFill>
                                   <a:effectLst/>
-                                  <a:latin typeface="+mn-lt"/>
+                                  <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                                   <a:ea typeface="+mn-ea"/>
                                   <a:cs typeface="+mn-cs"/>
                                 </a:rPr>
                                 <m:t>𝑆𝐸</m:t>
                               </m:r>
                             </m:oMath>
                           </a14:m>
                           <a:r>
                             <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                               <a:effectLst/>
                               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                             </a:rPr>
                             <a:t> to błąd standardowy,</a:t>
                           </a:r>
                         </a:p>
                         <a:p>
                           <a:pPr marL="358775" lvl="0" indent="-184150" algn="just">
                             <a:lnSpc>
                               <a:spcPct val="120000"/>
                             </a:lnSpc>
                             <a:spcAft>
                               <a:spcPts val="600"/>
                             </a:spcAft>
                             <a:buSzPts val="1000"/>
                             <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
                             <a:buChar char=""/>
                             <a:tabLst>
                               <a:tab pos="358775" algn="l"/>
                             </a:tabLst>
                           </a:pPr>
                           <a14:m>
                             <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
                               <m:r>
                                 <a:rPr lang="en-GB" sz="2000" i="1" kern="1200" smtClean="0">
                                   <a:solidFill>
                                     <a:schemeClr val="dk1"/>
                                   </a:solidFill>
                                   <a:effectLst/>
-                                  <a:latin typeface="+mn-lt"/>
+                                  <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                                   <a:ea typeface="+mn-ea"/>
                                   <a:cs typeface="+mn-cs"/>
                                 </a:rPr>
                                 <m:t>𝜎</m:t>
                               </m:r>
                             </m:oMath>
                           </a14:m>
                           <a:r>
                             <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                               <a:effectLst/>
                               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                             </a:rPr>
                             <a:t>to odchylenie standardowe populacji,</a:t>
                           </a:r>
                         </a:p>
                         <a:p>
                           <a:pPr marL="342900" lvl="0" indent="-168275" algn="just">
                             <a:lnSpc>
                               <a:spcPct val="120000"/>
                             </a:lnSpc>
                             <a:spcAft>
                               <a:spcPts val="600"/>
                             </a:spcAft>
@@ -6069,51 +5757,51 @@
                             </a:rPr>
                             <a:t>to liczba elementów w próbie.</a:t>
                           </a:r>
                         </a:p>
                       </a:txBody>
                       <a:tcPr marL="9525" marR="9525" marT="9525" marB="9525">
                         <a:solidFill>
                           <a:schemeClr val="accent1">
                             <a:lumMod val="20000"/>
                             <a:lumOff val="80000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </a:tcPr>
                     </a:tc>
                     <a:extLst>
                       <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                         <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2397855407"/>
                       </a:ext>
                     </a:extLst>
                   </a:tr>
                 </a:tbl>
               </a:graphicData>
             </a:graphic>
           </p:graphicFrame>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:graphicFrame>
             <p:nvGraphicFramePr>
               <p:cNvPr id="3" name="Tabela 2">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A97DAC8-B630-A0FD-F50B-FEB2E57D404D}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvGraphicFramePr>
                 <a:graphicFrameLocks noGrp="1"/>
               </p:cNvGraphicFramePr>
               <p:nvPr>
                 <p:extLst>
                   <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                     <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3341192380"/>
                   </p:ext>
                 </p:extLst>
               </p:nvPr>
             </p:nvGraphicFramePr>
             <p:xfrm>
               <a:off x="2064061" y="3210280"/>
               <a:ext cx="7670140" cy="2121459"/>
             </p:xfrm>
             <a:graphic>
@@ -9307,50 +8995,233 @@
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1367260989"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2657D00-F010-9F0C-DE20-EBF6CB96BCED}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6079AD55-8FA1-21D9-D1A5-ECE082BFBC8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Autorzy:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, Kristijan Brglez , Maja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fošner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Roman </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gumzej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Rebeka Kovačič Lukman, Benjamin </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marcen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Marinko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maslarić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Boško </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Matović</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Wersja finalna: czerwiec 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3232869742"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -13198,59 +13069,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="ea3c6b89e5b2f63f9c673131913526a4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d298d80043a1406bbee35aad13b0ffa" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -13441,148 +13303,174 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E42891DB-093C-4E5C-B498-66CCFD166924}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E42891DB-093C-4E5C-B498-66CCFD166924}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1864</Words>
+  <Words>1902</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Panoramiczny</PresentationFormat>
-  <Paragraphs>167</Paragraphs>
-  <Slides>17</Slides>
+  <Paragraphs>168</Paragraphs>
+  <Slides>18</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>17</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="23" baseType="lpstr">
+    <vt:vector size="25" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Cambria Math</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Statystyczne metody analizy danych logistycznych</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Rola i znaczenie statystyki w analityce biznesowej</vt:lpstr>
       <vt:lpstr>Rozkład normalny</vt:lpstr>
       <vt:lpstr>Reguła empiryczna</vt:lpstr>
       <vt:lpstr>Wzór krzywej normalnej</vt:lpstr>
       <vt:lpstr>Standardowy rozkład normalny</vt:lpstr>
       <vt:lpstr>Znajdowanie prawdopodobieństwa przy użyciu rozkładu z</vt:lpstr>
       <vt:lpstr>Rozkład próbkowania (rozkład próby)</vt:lpstr>
       <vt:lpstr>Centralne twierdzenie graniczne i rozkład próbkowania</vt:lpstr>
       <vt:lpstr>Statystyka testowa</vt:lpstr>
       <vt:lpstr>Rodzaje statystyk testowych</vt:lpstr>
       <vt:lpstr>Błąd standardowy i przedział ufności </vt:lpstr>
       <vt:lpstr>Błąd standardowy i przedział ufności </vt:lpstr>
       <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Autorzy:  Sanja Bojić, Kristijan Brglez , Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić  Wersja finalna: czerwiec 2025</vt:lpstr>
       <vt:lpstr>Dziękuję za uwagę</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">