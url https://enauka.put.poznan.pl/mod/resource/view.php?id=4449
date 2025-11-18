--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,127 +1,131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
     <p:sldMasterId id="2147483661" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="257" r:id="rId7"/>
     <p:sldId id="258" r:id="rId8"/>
     <p:sldId id="275" r:id="rId9"/>
     <p:sldId id="259" r:id="rId10"/>
     <p:sldId id="260" r:id="rId11"/>
     <p:sldId id="273" r:id="rId12"/>
     <p:sldId id="261" r:id="rId13"/>
     <p:sldId id="262" r:id="rId14"/>
     <p:sldId id="274" r:id="rId15"/>
     <p:sldId id="268" r:id="rId16"/>
     <p:sldId id="271" r:id="rId17"/>
     <p:sldId id="263" r:id="rId18"/>
     <p:sldId id="269" r:id="rId19"/>
     <p:sldId id="264" r:id="rId20"/>
     <p:sldId id="270" r:id="rId21"/>
     <p:sldId id="265" r:id="rId22"/>
     <p:sldId id="266" r:id="rId23"/>
     <p:sldId id="272" r:id="rId24"/>
-    <p:sldId id="267" r:id="rId25"/>
+    <p:sldId id="334" r:id="rId25"/>
+    <p:sldId id="267" r:id="rId26"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="7559675" cy="10691813"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="sl-SI"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -240,73 +244,73 @@
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{4596B94A-8EE3-1C05-AD90-4BC71F30D5A0}" v="383" dt="2024-10-03T05:01:50.805"/>
     <p1510:client id="{CE65F49C-3606-51EB-E7DD-77D0B7DC7BE6}" v="116" dt="2024-10-03T06:56:42.746"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="78" d="100"/>
-          <a:sy n="78" d="100"/>
+          <a:sx n="106" d="100"/>
+          <a:sy n="106" d="100"/>
         </p:scale>
-        <p:origin x="778" y="72"/>
+        <p:origin x="756" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{0B50F2A7-8D8E-49B6-A5A3-FEB40D1634E2}"/>
     <pc:docChg chg="undo custSel modSld">
       <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{0B50F2A7-8D8E-49B6-A5A3-FEB40D1634E2}" dt="2024-05-29T08:33:42.646" v="286" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{0B50F2A7-8D8E-49B6-A5A3-FEB40D1634E2}" dt="2024-05-22T07:18:25.241" v="4" actId="27636"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{0B50F2A7-8D8E-49B6-A5A3-FEB40D1634E2}" dt="2024-05-22T07:18:25.241" v="4" actId="27636"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="256"/>
             <ac:spMk id="94" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -1038,50 +1042,159 @@
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="263"/>
             <ac:spMk id="117" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{3CFAB180-F81B-4B17-B9F0-A460C57C0EFF}" dt="2023-12-07T10:50:03.182" v="15" actId="313"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="265"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{3CFAB180-F81B-4B17-B9F0-A460C57C0EFF}" dt="2023-12-07T10:50:03.182" v="15" actId="313"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="265"/>
             <ac:spMk id="123" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
+    <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}"/>
+    <pc:docChg chg="addSld modSld sldOrd">
+      <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:22:01.820" v="79" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:21:31.663" v="76" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="264"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:21:31.663" v="76" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="264"/>
+            <ac:spMk id="119" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:19:32.425" v="64" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3377812436" sldId="268"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:19:32.425" v="64" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3377812436" sldId="268"/>
+            <ac:spMk id="113" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp ord">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:21:15.069" v="72" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1658091149" sldId="269"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:21:15.069" v="72" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1658091149" sldId="269"/>
+            <ac:spMk id="113" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp add replId">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:22:01.820" v="79" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3754049331" sldId="271"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="del">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:15:39.732" v="28"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3754049331" sldId="271"/>
+            <ac:spMk id="3" creationId="{06D7CADD-5BB0-3AD9-D2C3-162B432E7E87}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="del">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:15:39.732" v="27"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3754049331" sldId="271"/>
+            <ac:spMk id="4" creationId="{4018CFD5-F994-296A-BEC3-6BD49ABDF9F8}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="del">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:15:39.732" v="26"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3754049331" sldId="271"/>
+            <ac:spMk id="5" creationId="{47357BEA-9870-B0BB-9E27-3B7B37B77095}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:22:01.820" v="79" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3754049331" sldId="271"/>
+            <ac:spMk id="113" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:picChg chg="del">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:15:34.607" v="25"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3754049331" sldId="271"/>
+            <ac:picMk id="2" creationId="{B1633813-6038-8610-E157-FF7C55D648C8}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}" dt="2024-05-21T09:15:50.186" v="29"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3754049331" sldId="271"/>
+            <ac:picMk id="6" creationId="{1D464DF2-19FD-830B-4E57-47A6E45F9D38}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{CB9B4F94-3EEB-46D6-14FC-15FBAAFAA736}"/>
     <pc:docChg chg="addSld modSld">
       <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{CB9B4F94-3EEB-46D6-14FC-15FBAAFAA736}" dt="2024-05-21T08:34:05.535" v="61" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="addSp delSp modSp add replId">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{CB9B4F94-3EEB-46D6-14FC-15FBAAFAA736}" dt="2024-05-21T08:32:37.236" v="48" actId="1076"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3377812436" sldId="268"/>
         </pc:sldMkLst>
         <pc:spChg chg="add mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{CB9B4F94-3EEB-46D6-14FC-15FBAAFAA736}" dt="2024-05-21T08:31:04.124" v="34" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3377812436" sldId="268"/>
             <ac:spMk id="3" creationId="{06D7CADD-5BB0-3AD9-D2C3-162B432E7E87}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="add mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{CB9B4F94-3EEB-46D6-14FC-15FBAAFAA736}" dt="2024-05-21T08:31:23.062" v="38" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3377812436" sldId="268"/>
@@ -1188,280 +1301,72 @@
             <pc:docMk/>
             <pc:sldMk cId="1548489696" sldId="270"/>
             <ac:spMk id="120" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:picChg chg="add del mod ord">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{CB9B4F94-3EEB-46D6-14FC-15FBAAFAA736}" dt="2024-05-21T08:27:48.447" v="24"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1548489696" sldId="270"/>
             <ac:picMk id="2" creationId="{F6273D77-ABB4-5D4D-0663-53DC19D4D653}"/>
           </ac:picMkLst>
         </pc:picChg>
         <pc:picChg chg="add mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{CB9B4F94-3EEB-46D6-14FC-15FBAAFAA736}" dt="2024-05-21T08:28:14.791" v="28" actId="14100"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1548489696" sldId="270"/>
             <ac:picMk id="3" creationId="{522332AD-018F-1B3C-8BED-44DA97F10532}"/>
           </ac:picMkLst>
         </pc:picChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{93C17E71-E3E3-B712-77AD-AF6BE7F29589}"/>
-[...107 lines deleted...]
-  <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{464BEA04-5DB0-CF61-20DE-18E08263C331}"/>
     <pc:docChg chg="addSld modSld">
       <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{464BEA04-5DB0-CF61-20DE-18E08263C331}" dt="2024-05-28T04:50:29.728" v="12" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp add replId">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{464BEA04-5DB0-CF61-20DE-18E08263C331}" dt="2024-05-28T04:50:29.728" v="12" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1537020485" sldId="272"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{464BEA04-5DB0-CF61-20DE-18E08263C331}" dt="2024-05-28T04:48:33.352" v="1" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1537020485" sldId="272"/>
             <ac:spMk id="125" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{464BEA04-5DB0-CF61-20DE-18E08263C331}" dt="2024-05-28T04:50:29.728" v="12" actId="20577"/>
-          <ac:spMkLst>
-[...97 lines deleted...]
-          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:12:31.042" v="48" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1537020485" sldId="272"/>
             <ac:spMk id="126" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4596B94A-8EE3-1C05-AD90-4BC71F30D5A0}"/>
     <pc:docChg chg="addSld modSld sldOrd">
       <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4596B94A-8EE3-1C05-AD90-4BC71F30D5A0}" dt="2024-10-03T05:01:50.805" v="358" actId="1076"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="addSp delSp modSp">
         <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4596B94A-8EE3-1C05-AD90-4BC71F30D5A0}" dt="2024-10-03T04:44:24.492" v="95"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="260"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4596B94A-8EE3-1C05-AD90-4BC71F30D5A0}" dt="2024-10-03T04:40:20.389" v="14" actId="20577"/>
           <ac:spMkLst>
@@ -1921,50 +1826,149 @@
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2029963007" sldId="275"/>
             <ac:spMk id="3" creationId="{B0743C09-A847-C9FF-33C0-D54E14B46533}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4596B94A-8EE3-1C05-AD90-4BC71F30D5A0}" dt="2024-10-03T05:01:17.366" v="354" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2029963007" sldId="275"/>
             <ac:spMk id="101" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="del">
           <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4596B94A-8EE3-1C05-AD90-4BC71F30D5A0}" dt="2024-10-03T05:01:30.179" v="355"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2029963007" sldId="275"/>
             <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:12:31.042" v="48" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="addSp modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:11:10.836" v="39" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="259"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:11:10.836" v="39" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="259"/>
+            <ac:spMk id="3" creationId="{30E46912-AE7E-2050-B6E1-0EDE76E6EC39}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:06:03.594" v="4" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="260"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:06:03.594" v="4" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="260"/>
+            <ac:spMk id="3" creationId="{D3E7C94B-C99C-C874-315C-14A1F6491201}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:09:53.038" v="30" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="262"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:09:53.038" v="30" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="262"/>
+            <ac:spMk id="3" creationId="{984FFE4D-5DE3-164B-3058-3EF5F5079209}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:12:01.181" v="45" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="263"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:12:01.181" v="45" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="263"/>
+            <ac:spMk id="3" creationId="{FF6C31ED-121E-6F5B-2497-C008F949FAEB}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:09:18.381" v="21" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="264"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:09:18.381" v="21" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="264"/>
+            <ac:spMk id="3" creationId="{39D7C3FE-2733-CDCD-5659-3605C38474F5}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:12:31.042" v="48" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1537020485" sldId="272"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{AB386563-B2EE-7A61-FC54-58346D68CDF0}" dt="2024-05-28T05:12:31.042" v="48" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1537020485" sldId="272"/>
+            <ac:spMk id="126" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
@@ -1992,50 +1996,54 @@
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -5206,50 +5214,309 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{45FEF593-29DA-428E-9A0D-79E7F08CDFE2}" type="slidenum">
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title">
+  <p:cSld name="1_Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1227173958"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title, Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
@@ -6385,55 +6652,55 @@
           <p:nvPr>
             <p:ph type="sldNum" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D624CC2F-C12B-4E99-B367-B15EB1E626B8}" type="slidenum">
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -6502,73 +6769,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1523880" y="1122480"/>
             <a:ext cx="9143640" cy="2387160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
@@ -6734,73 +6978,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="609480" y="1604520"/>
             <a:ext cx="10972440" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="t">
@@ -6962,50 +7183,127 @@
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
               </a:rPr>
               <a:t>Sedma raven orisa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Obraz 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF1AA49A-0DF9-2721-DFED-B1EFD2BC7169}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7614051" y="6203808"/>
+            <a:ext cx="3675276" cy="670207"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 2" descr="Wyjazdy dydaktyczne i szkoleniowe - Dział Spraw Międzynarodowych">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0084502-EEA1-6E39-013B-E32EF3AB8D54}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId16" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11440197" y="6176963"/>
+            <a:ext cx="672239" cy="651600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
     <p:sldLayoutId id="2147483660" r:id="rId12"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
@@ -7294,51 +7592,51 @@
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="45" name="Obraz 6"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId14"/>
+          <a:blip r:embed="rId15"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289080" y="169200"/>
             <a:ext cx="1097640" cy="1023120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="pole tekstowe 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172160"/>
             <a:ext cx="1674000" cy="394560"/>
@@ -7372,73 +7670,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608840" y="365040"/>
             <a:ext cx="9744840" cy="1116360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
@@ -7706,87 +7981,142 @@
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Piąty poziom</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="51" name="Obraz 8"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="2" name="Obraz 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{571905B6-1F35-C9AF-3184-3CE923C6302C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId16"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7814160" y="6158880"/>
-            <a:ext cx="3590640" cy="462960"/>
+            <a:off x="7614051" y="6203808"/>
+            <a:ext cx="3675276" cy="670207"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="0">
-[...1 lines deleted...]
-          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="Wyjazdy dydaktyczne i szkoleniowe - Dział Spraw Międzynarodowych">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7CD8D6A-D95B-95CC-099F-19C46C2DC6CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId17" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11440197" y="6176963"/>
+            <a:ext cx="672239" cy="651600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483662" r:id="rId1"/>
     <p:sldLayoutId id="2147483663" r:id="rId2"/>
     <p:sldLayoutId id="2147483664" r:id="rId3"/>
     <p:sldLayoutId id="2147483665" r:id="rId4"/>
     <p:sldLayoutId id="2147483666" r:id="rId5"/>
     <p:sldLayoutId id="2147483667" r:id="rId6"/>
     <p:sldLayoutId id="2147483668" r:id="rId7"/>
     <p:sldLayoutId id="2147483669" r:id="rId8"/>
     <p:sldLayoutId id="2147483670" r:id="rId9"/>
     <p:sldLayoutId id="2147483671" r:id="rId10"/>
     <p:sldLayoutId id="2147483672" r:id="rId11"/>
     <p:sldLayoutId id="2147483673" r:id="rId12"/>
+    <p:sldLayoutId id="2147483674" r:id="rId13"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -8028,205 +8358,152 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3schools.com/xml/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gs1.org/standards" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3schools.in/DBMS/database-normalization/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3schools.com/js/js_json_intro.asp" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.wmf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.wmf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.wmf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="88" name="Prostokąt 13"/>
-[...55 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="89" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700600" y="345240"/>
             <a:ext cx="4966920" cy="1752120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
@@ -8267,192 +8544,169 @@
           <a:blip r:embed="rId2"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618120" y="908640"/>
             <a:ext cx="4518360" cy="4211640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="91" name="pole tekstowe 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411840" y="5378400"/>
-            <a:ext cx="4791600" cy="1339560"/>
+            <a:ext cx="4791600" cy="1352763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" tIns="45000" rIns="90000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" b="1" strike="noStrike" spc="-1">
+              <a:rPr lang="pl-PL" sz="2800" b="1" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
-            <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1">
+            <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1" strike="noStrike" spc="-1">
+              <a:rPr lang="en-US" sz="1800" b="1" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1">
+              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
             <a:br>
-              <a:rPr sz="1800"/>
+              <a:rPr sz="1800" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1">
+              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1">
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1">
+            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="93" name="pole tekstowe 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170640" y="6462720"/>
             <a:ext cx="6095520" cy="333360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
@@ -8601,51 +8855,51 @@
               <a:rPr lang="pl-PL" sz="2800" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Prezentacja</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="96" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4"/>
+          <a:blip r:embed="rId3"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964520" y="0"/>
             <a:ext cx="1226880" cy="429120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97" name="Dowolny kształt: kształt 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169200" y="93240"/>
             <a:ext cx="1625400" cy="1599840"/>
@@ -8722,73 +8976,50 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" tIns="45000" rIns="90000" bIns="45000" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -12933,50 +13164,233 @@
               </a:rPr>
               <a:t> Pozyskiwanie, filtrowanie i prezentacja danych</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="3400" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2657D00-F010-9F0C-DE20-EBF6CB96BCED}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6079AD55-8FA1-21D9-D1A5-ECE082BFBC8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Autorzy:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, Kristijan Brglez , Maja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fošner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Roman </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gumzej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Rebeka Kovačič Lukman, Benjamin </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marcen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Marinko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maslarić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Boško </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Matović</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Wersja finalna: czerwiec 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3232869742"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="127" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1523880" y="1122480"/>
@@ -13564,61 +13978,61 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1729636" y="1401295"/>
             <a:ext cx="7467600" cy="4031099"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="180000" rIns="180000" bIns="360000" anchor="ctr" anchorCtr="1">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -14684,72 +15098,72 @@
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3938675" y="2492375"/>
             <a:ext cx="1995487" cy="1185863"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:blipFill dpi="0" rotWithShape="0">
                   <a:blip/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </a:blipFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E68D99D-C81D-C88C-7E13-AD95F2BA1A00}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -14758,72 +15172,72 @@
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5449975" y="4953000"/>
             <a:ext cx="1905000" cy="1905000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:blipFill dpi="0" rotWithShape="0">
                   <a:blip/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </a:blipFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="5" name="Group 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{247720C4-7FA7-C8C2-EF03-2F47814E91D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
@@ -14854,72 +15268,72 @@
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6931025" y="620713"/>
               <a:ext cx="1416" cy="1859"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:blipFill dpi="0" rotWithShape="0">
                     <a:blip/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </a:blipFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+                <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                   <a:solidFill>
                     <a:srgbClr val="3465A4"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
               <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="31" name="Picture 5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E7315B7-D7F1-E6A5-8E3C-94DB7AC44720}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
@@ -14928,123 +15342,123 @@
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="6931762" y="622119"/>
               <a:ext cx="334" cy="778"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:blipFill dpi="0" rotWithShape="0">
                     <a:blip/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </a:blipFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+                <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                   <a:solidFill>
                     <a:srgbClr val="3465A4"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
               <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Line 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE628655-6CF0-6C8B-6D71-960C7B211E48}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2497225" y="4437063"/>
             <a:ext cx="7632700" cy="1587"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="76320" cap="flat">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -15146,56 +15560,56 @@
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2425787" y="4149725"/>
             <a:ext cx="71438" cy="287338"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="76320" cap="flat">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -15297,56 +15711,56 @@
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6458037" y="4437063"/>
             <a:ext cx="1588" cy="647700"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="76320" cap="flat">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -15448,56 +15862,56 @@
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm flipV="1">
             <a:off x="10129925" y="4075113"/>
             <a:ext cx="1587" cy="363537"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="76320" cap="flat">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -15607,122 +16021,122 @@
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8042362" y="4522788"/>
             <a:ext cx="2098675" cy="2335212"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:blipFill dpi="0" rotWithShape="0">
                   <a:blip/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </a:blipFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Line 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36BF23B5-1DF1-D5DF-13EE-594FBB8EA216}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8547187" y="4437063"/>
             <a:ext cx="1588" cy="936625"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="76320" cap="flat">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -15854,72 +16268,72 @@
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="181702" y="1618389"/>
               <a:ext cx="589" cy="556"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:blipFill dpi="0" rotWithShape="0">
                     <a:blip/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </a:blipFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+                <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                   <a:solidFill>
                     <a:srgbClr val="3465A4"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
               <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="28" name="Picture 14">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{047E81A5-EB0F-4964-9195-7480D1B0DEEB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
@@ -15928,72 +16342,72 @@
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="180976" y="1617663"/>
               <a:ext cx="956" cy="863"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:blipFill dpi="0" rotWithShape="0">
                     <a:blip/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </a:blipFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+                <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                   <a:solidFill>
                     <a:srgbClr val="3465A4"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
               <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="29" name="Picture 15">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{322E96DC-AFF2-26EA-A8C0-6170EB9E9B82}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
@@ -16002,72 +16416,72 @@
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="181185" y="1618479"/>
               <a:ext cx="334" cy="778"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:blipFill dpi="0" rotWithShape="0">
                     <a:blip/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </a:blipFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+                <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                   <a:solidFill>
                     <a:srgbClr val="3465A4"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
               <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="13" name="Group 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EB57929-9272-12DA-679C-C1518AFAEB35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
@@ -16099,72 +16513,72 @@
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3708400" y="0"/>
               <a:ext cx="1141" cy="938"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:blipFill dpi="0" rotWithShape="0">
                     <a:blip/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </a:blipFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+                <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                   <a:solidFill>
                     <a:srgbClr val="3465A4"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
               <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="24" name="Picture 18">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E12DD69F-A696-16A2-7804-6A81218519F1}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
@@ -16173,72 +16587,72 @@
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3708536" y="136"/>
               <a:ext cx="1141" cy="938"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:blipFill dpi="0" rotWithShape="0">
                     <a:blip/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </a:blipFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+                <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                   <a:solidFill>
                     <a:srgbClr val="3465A4"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
               <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="25" name="Picture 19">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4343D3EA-1BC5-F542-27D6-4F6E0BCB12CE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
@@ -16247,72 +16661,72 @@
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3708672" y="272"/>
               <a:ext cx="1141" cy="938"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:blipFill dpi="0" rotWithShape="0">
                     <a:blip/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </a:blipFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+                <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                   <a:solidFill>
                     <a:srgbClr val="3465A4"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
               <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="26" name="Picture 20">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0499501A-A01F-904E-3D88-40E7FE3B17DD}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
@@ -16321,123 +16735,123 @@
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="3708808" y="408"/>
               <a:ext cx="1141" cy="938"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:blipFill dpi="0" rotWithShape="0">
                     <a:blip/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </a:blipFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-                <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+                <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                   <a:solidFill>
                     <a:srgbClr val="3465A4"/>
                   </a:solidFill>
                   <a:round/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
               <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-                <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+                <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a:effectLst>
                     <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                       <a:srgbClr val="808080"/>
                     </a:outerShdw>
                   </a:effectLst>
                 </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Line 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{492058A4-2CED-90D5-0B2B-1F7A63B712B2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeShapeType="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6746962" y="2133600"/>
             <a:ext cx="1588" cy="2303463"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="76320" cap="flat">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:noFill/>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
@@ -16534,68 +16948,68 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1943B8A-D084-A386-71CB-156F28504786}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6915340" y="2252387"/>
             <a:ext cx="528006" cy="337100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="90000" tIns="45000" rIns="90000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -16704,68 +17118,68 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04D8AA92-1258-F7DC-4E8B-21C657747BF0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3629158" y="3652838"/>
             <a:ext cx="3086848" cy="337100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="90000" tIns="45000" rIns="90000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -16868,68 +17282,68 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA4BE790-55D8-E0B8-6984-912801025A01}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5206135" y="4693131"/>
             <a:ext cx="2503804" cy="337100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="90000" tIns="45000" rIns="90000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -17032,68 +17446,68 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E4867E1-E769-2CF7-1174-8A763E3B19B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="8713237" y="4437063"/>
             <a:ext cx="2605306" cy="337100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="90000" tIns="45000" rIns="90000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -17209,129 +17623,129 @@
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1849525" y="4652963"/>
             <a:ext cx="1660525" cy="1916112"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:blipFill dpi="0" rotWithShape="0">
                   <a:blip/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </a:blipFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Rectangle 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA397362-D04A-782A-99B9-71CA7781B982}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3444067" y="4651814"/>
             <a:ext cx="1922408" cy="583321"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="90000" tIns="45000" rIns="90000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -17434,68 +17848,68 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16F5D278-3426-4F9A-A7D6-3EE9DA479532}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6855859" y="4028525"/>
             <a:ext cx="2166853" cy="337100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525" cap="flat">
+              <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
                 <a:solidFill>
                   <a:srgbClr val="3465A4"/>
                 </a:solidFill>
                 <a:round/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+              <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:srgbClr val="808080"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="90000" tIns="45000" rIns="90000" bIns="45000">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="sl-SI"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -20155,61 +20569,50 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="ea3c6b89e5b2f63f9c673131913526a4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d298d80043a1406bbee35aad13b0ffa" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -20400,163 +20803,175 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{919EEE9E-4DB2-47E1-B9CE-0D59A5F41FBC}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36F0F2F1-1E37-4894-BB19-A068B4FB9523}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{919EEE9E-4DB2-47E1-B9CE-0D59A5F41FBC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CD4367C-3CAD-42C9-A137-58633EAFC604}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1291</Words>
+  <Words>1329</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Panoramiczny</PresentationFormat>
-  <Paragraphs>133</Paragraphs>
-  <Slides>20</Slides>
+  <Paragraphs>134</Paragraphs>
+  <Slides>21</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>20</vt:i4>
+        <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="30" baseType="lpstr">
+    <vt:vector size="31" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Courier New</vt:lpstr>
       <vt:lpstr>OpenSymbol</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Statystyczne metody analizy danych logistycznych</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Informacja-Dane-Wiedza</vt:lpstr>
       <vt:lpstr>Informacja w Logistyce</vt:lpstr>
       <vt:lpstr>Dane logistyczne</vt:lpstr>
       <vt:lpstr>Transakcje...</vt:lpstr>
       <vt:lpstr>Technologie znakowania</vt:lpstr>
       <vt:lpstr>Przyszłe trendy w znakowaniu i śledzeniu</vt:lpstr>
       <vt:lpstr>Organizacja danych</vt:lpstr>
       <vt:lpstr>Nieprzetworzone dane transakcji (CSV) </vt:lpstr>
       <vt:lpstr>Zamiana danych CSV na arkusz kalkulacyjny</vt:lpstr>
       <vt:lpstr>Arkusz kalkulacyjny do bazy danych + zapytanie SQL</vt:lpstr>
       <vt:lpstr>Konstrukcja RDB</vt:lpstr>
       <vt:lpstr>Diagram E-R (model koncepcyjny RDB)</vt:lpstr>
       <vt:lpstr>Zapytania Relacyjnych Baz Danych</vt:lpstr>
       <vt:lpstr>Zapytanie przez przykład (QBE)</vt:lpstr>
       <vt:lpstr>Przygotowanie danych</vt:lpstr>
       <vt:lpstr>Podsumowanie</vt:lpstr>
       <vt:lpstr>Bibliografia</vt:lpstr>
+      <vt:lpstr>Autorzy:  Sanja Bojić, Kristijan Brglez , Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić  Wersja finalna: czerwiec 2025</vt:lpstr>
       <vt:lpstr>Dziękuję za uwagę</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:subject/>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>sl-SI</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>