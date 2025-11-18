--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,65 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
@@ -84,51 +86,52 @@
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="261" r:id="rId8"/>
     <p:sldId id="267" r:id="rId9"/>
     <p:sldId id="268" r:id="rId10"/>
     <p:sldId id="269" r:id="rId11"/>
     <p:sldId id="272" r:id="rId12"/>
     <p:sldId id="273" r:id="rId13"/>
     <p:sldId id="274" r:id="rId14"/>
     <p:sldId id="275" r:id="rId15"/>
     <p:sldId id="276" r:id="rId16"/>
     <p:sldId id="277" r:id="rId17"/>
     <p:sldId id="278" r:id="rId18"/>
     <p:sldId id="279" r:id="rId19"/>
     <p:sldId id="280" r:id="rId20"/>
     <p:sldId id="281" r:id="rId21"/>
     <p:sldId id="282" r:id="rId22"/>
     <p:sldId id="283" r:id="rId23"/>
     <p:sldId id="284" r:id="rId24"/>
     <p:sldId id="285" r:id="rId25"/>
     <p:sldId id="286" r:id="rId26"/>
     <p:sldId id="287" r:id="rId27"/>
     <p:sldId id="288" r:id="rId28"/>
     <p:sldId id="289" r:id="rId29"/>
     <p:sldId id="266" r:id="rId30"/>
-    <p:sldId id="263" r:id="rId31"/>
+    <p:sldId id="336" r:id="rId31"/>
+    <p:sldId id="263" r:id="rId32"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="hr"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -424,82 +427,82 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldMasterView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="112" d="100"/>
+          <a:sy n="112" d="100"/>
         </p:scale>
-        <p:origin x="1008" y="274"/>
+        <p:origin x="444" y="114"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId38" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{531CCB48-5DC7-4943-B658-FD0CB4FADA36}"/>
     <pc:docChg chg="undo custSel modSld">
       <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{531CCB48-5DC7-4943-B658-FD0CB4FADA36}" dt="2025-04-22T17:29:24.867" v="876" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="addSp delSp modSp mod">
         <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{531CCB48-5DC7-4943-B658-FD0CB4FADA36}" dt="2025-04-22T17:09:53.168" v="66" actId="1076"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{531CCB48-5DC7-4943-B658-FD0CB4FADA36}" dt="2025-04-22T17:04:29.967" v="0"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="5" creationId="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -11807,67 +11810,67 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -12072,80 +12075,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -12366,80 +12339,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -12550,80 +12493,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -12672,80 +12585,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -12794,95 +12677,65 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -13088,165 +12941,639 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51F2A2FF-372A-2593-A059-A9395AEAF4F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7359162" y="6200486"/>
+            <a:ext cx="3994637" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Suf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>inancirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sredstvima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izneseni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>moraju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>podudarati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenjima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (NA). Ni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> NA ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odgovornima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Picture 9" descr="A blue flag with yellow stars&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AFF738B-14A6-FE12-BED9-4FFF0E05E525}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...34 lines deleted...]
-        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6468532" y="6338357"/>
-            <a:ext cx="4885267" cy="365125"/>
+            <a:off x="11353799" y="6178259"/>
+            <a:ext cx="785255" cy="647466"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...41 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -13517,228 +13844,178 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image110.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publicdomainpictures.net/view-image.php?image=16268&amp;jazyk=se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image160.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image160.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...52 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
@@ -13823,125 +14100,78 @@
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains</a:t>
+              <a:t>for the Future-proof Supply Chains</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -14094,51 +14324,51 @@
               <a:t>Predavanje</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -14264,146 +14494,86 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{290F90A3-1F64-269A-85B2-68DF043DA27C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4585347" y="943002"/>
             <a:ext cx="7593669" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" b="1" dirty="0"/>
               <a:t>Napredno korištenje proračunske tablice za analizu logističkih podataka</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -14730,156 +14900,50 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9735C647-45BC-DA29-048D-5F3DBE7AF2B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1423161704"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6216341" y="1553593"/>
           <a:ext cx="6020047" cy="3946456"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1567915362"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -15476,156 +15540,50 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B787A42D-6071-EF51-14D4-D067EB96F337}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3280431807"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6216341" y="1553593"/>
           <a:ext cx="6020047" cy="3946456"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="71761745"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -16127,52 +16085,52 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>Ključni </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0" err="1"/>
               <a:t>pokazatelji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>učinka (KPI) u SCM-u</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr>
                 <a:spLocks noGrp="1"/>
               </p:cNvSpPr>
               <p:nvPr>
                 <p:ph idx="1"/>
               </p:nvPr>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="820445" y="1621438"/>
                 <a:ext cx="8280012" cy="4351338"/>
               </a:xfrm>
             </p:spPr>
             <p:txBody>
               <a:bodyPr>
                 <a:normAutofit/>
@@ -16469,51 +16427,51 @@
                               <m:t>ž</m:t>
                             </m:r>
                             <m:r>
                               <a:rPr lang="hr-HR" sz="1800" b="0" i="1" smtClean="0">
                                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                               </a:rPr>
                               <m:t>𝑏𝑖</m:t>
                             </m:r>
                           </m:den>
                         </m:f>
                       </m:e>
                     </m:d>
                     <m:r>
                       <a:rPr lang="en-US" sz="1800" i="1">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>×100%</m:t>
                     </m:r>
                   </m:oMath>
                 </a14:m>
                 <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr>
                 <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
               </p:cNvSpPr>
               <p:nvPr>
                 <p:ph idx="1"/>
               </p:nvPr>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="820445" y="1621438"/>
                 <a:ext cx="8280012" cy="4351338"/>
               </a:xfrm>
               <a:blipFill>
                 <a:blip r:embed="rId2"/>
                 <a:stretch>
                   <a:fillRect l="-515" t="-1401" r="-589"/>
@@ -16964,156 +16922,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9485911" y="2241977"/>
             <a:ext cx="939165" cy="939165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4032134576"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -17448,52 +17300,52 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>Ključni </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0" err="1"/>
               <a:t>pokazatelji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>učinka (KPI) u SCM-u</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr>
                 <a:spLocks noGrp="1"/>
               </p:cNvSpPr>
               <p:nvPr>
                 <p:ph idx="1"/>
               </p:nvPr>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="820446" y="1621438"/>
                 <a:ext cx="6690064" cy="4351338"/>
               </a:xfrm>
             </p:spPr>
             <p:txBody>
               <a:bodyPr>
                 <a:normAutofit/>
@@ -17606,51 +17458,51 @@
                     <m:r>
                       <a:rPr lang="hr-HR" sz="1800" b="0" i="1" smtClean="0">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>𝑛𝑎𝑟𝑢𝑑</m:t>
                     </m:r>
                     <m:r>
                       <a:rPr lang="hr-HR" sz="1800" b="0" i="1" smtClean="0">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>ž</m:t>
                     </m:r>
                     <m:r>
                       <a:rPr lang="hr-HR" sz="1800" b="0" i="1" smtClean="0">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>𝑏𝑒</m:t>
                     </m:r>
                   </m:oMath>
                 </a14:m>
                 <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr>
                 <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
               </p:cNvSpPr>
               <p:nvPr>
                 <p:ph idx="1"/>
               </p:nvPr>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="820446" y="1621438"/>
                 <a:ext cx="6690064" cy="4351338"/>
               </a:xfrm>
               <a:blipFill>
                 <a:blip r:embed="rId2"/>
                 <a:stretch>
                   <a:fillRect l="-638" t="-1401" r="-729"/>
@@ -18162,156 +18014,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9485911" y="2222385"/>
             <a:ext cx="939165" cy="939165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3855564103"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -19396,156 +19142,50 @@
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>dn </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>– broj ciklusa popunjavanja zaliha u kojima su zabilježeni nedostaci tijekom promatranog razdoblja.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1430313465"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -20405,156 +20045,50 @@
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>NB – broj nedostataka.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1946187629"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -21648,51 +21182,51 @@
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Indikator mjeri postotak dana ili slučajeva u kojima je zaliha bila dostupna za trenutno ispunjenje u odnosu na ukupnu potražnju ili broj dana u određenom razdoblju.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Obraz 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9BC728D-C055-69FA-E019-5599EC766F79}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9485911" y="2541978"/>
             <a:ext cx="939165" cy="939165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Obraz 1" descr="Obraz zawierający design&#10;&#10;Opis wygenerowany automatycznie">
@@ -21717,156 +21251,50 @@
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
                 <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId4"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="32172" y="4965293"/>
             <a:ext cx="670560" cy="560705"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3768325070"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -22645,52 +22073,52 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>Ključni </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0" err="1"/>
               <a:t>pokazatelji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>učinka (KPI) u SCM-u</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr>
                 <a:spLocks noGrp="1"/>
               </p:cNvSpPr>
               <p:nvPr>
                 <p:ph idx="1"/>
               </p:nvPr>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="820446" y="1621438"/>
                 <a:ext cx="6690064" cy="4351338"/>
               </a:xfrm>
             </p:spPr>
             <p:txBody>
               <a:bodyPr>
                 <a:normAutofit/>
@@ -22831,51 +22259,51 @@
                               <m:t> </m:t>
                             </m:r>
                             <m:r>
                               <a:rPr lang="hr-HR" sz="1800" b="0" i="1" smtClean="0">
                                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                               </a:rPr>
                               <m:t>𝑧𝑎𝑙𝑖h𝑎</m:t>
                             </m:r>
                           </m:den>
                         </m:f>
                       </m:e>
                     </m:d>
                     <m:r>
                       <a:rPr lang="en-US" sz="1800" i="1">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>×100%</m:t>
                     </m:r>
                   </m:oMath>
                 </a14:m>
                 <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr>
                 <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
               </p:cNvSpPr>
               <p:nvPr>
                 <p:ph idx="1"/>
               </p:nvPr>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="820446" y="1621438"/>
                 <a:ext cx="6690064" cy="4351338"/>
               </a:xfrm>
               <a:blipFill>
                 <a:blip r:embed="rId2"/>
                 <a:stretch>
                   <a:fillRect l="-638" t="-1401" r="-729"/>
@@ -23352,156 +22780,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9485911" y="2541978"/>
             <a:ext cx="939165" cy="939165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3488390668"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -23836,52 +23158,52 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>Ključni </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0" err="1"/>
               <a:t>pokazatelji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>učinka (KPI) u SCM-u</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr>
                 <a:spLocks noGrp="1"/>
               </p:cNvSpPr>
               <p:nvPr>
                 <p:ph idx="1"/>
               </p:nvPr>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="820446" y="1621438"/>
                 <a:ext cx="6690064" cy="4351338"/>
               </a:xfrm>
             </p:spPr>
             <p:txBody>
               <a:bodyPr>
                 <a:normAutofit/>
@@ -24030,51 +23352,51 @@
                               <m:t> </m:t>
                             </m:r>
                             <m:r>
                               <a:rPr lang="hr-HR" sz="1800" b="0" i="1" smtClean="0">
                                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                               </a:rPr>
                               <m:t>𝑝𝑟𝑜𝑖𝑧𝑣𝑜𝑑𝑎</m:t>
                             </m:r>
                           </m:den>
                         </m:f>
                       </m:e>
                     </m:d>
                     <m:r>
                       <a:rPr lang="en-US" sz="1800" i="1">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>×100%</m:t>
                     </m:r>
                   </m:oMath>
                 </a14:m>
                 <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr>
                 <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
               </p:cNvSpPr>
               <p:nvPr>
                 <p:ph idx="1"/>
               </p:nvPr>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="820446" y="1621438"/>
                 <a:ext cx="6690064" cy="4351338"/>
               </a:xfrm>
               <a:blipFill>
                 <a:blip r:embed="rId2"/>
                 <a:stretch>
                   <a:fillRect l="-638" t="-1401" r="-729"/>
@@ -24526,156 +23848,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9485911" y="2541978"/>
             <a:ext cx="939165" cy="939165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2196694801"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -25010,52 +24226,52 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>Ključni </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0" err="1"/>
               <a:t>pokazatelji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>učinka (KPI) u SCM-u</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr>
                 <a:spLocks noGrp="1"/>
               </p:cNvSpPr>
               <p:nvPr>
                 <p:ph idx="1"/>
               </p:nvPr>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="820446" y="1621438"/>
                 <a:ext cx="6690064" cy="4351338"/>
               </a:xfrm>
             </p:spPr>
             <p:txBody>
               <a:bodyPr>
                 <a:normAutofit/>
@@ -25220,51 +24436,51 @@
                               <m:t> </m:t>
                             </m:r>
                             <m:r>
                               <a:rPr lang="hr-HR" sz="1800" b="0" i="1" smtClean="0">
                                 <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                               </a:rPr>
                               <m:t>𝑏𝑜𝑑𝑜𝑣𝑎</m:t>
                             </m:r>
                           </m:den>
                         </m:f>
                       </m:e>
                     </m:d>
                     <m:r>
                       <a:rPr lang="en-US" sz="1800" i="1">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>×100%</m:t>
                     </m:r>
                   </m:oMath>
                 </a14:m>
                 <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr>
                 <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
               </p:cNvSpPr>
               <p:nvPr>
                 <p:ph idx="1"/>
               </p:nvPr>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="820446" y="1621438"/>
                 <a:ext cx="6690064" cy="4351338"/>
               </a:xfrm>
               <a:blipFill>
                 <a:blip r:embed="rId2"/>
                 <a:stretch>
                   <a:fillRect l="-638" t="-1401" r="-729"/>
@@ -25738,156 +24954,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9485911" y="2541978"/>
             <a:ext cx="939165" cy="939165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2740428636"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -26280,156 +25390,50 @@
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>ciljevi i opseg kontrolinga u opskrbnom </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2000"/>
               <a:t>lancu </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>osnovni ključni pokazatelji uspješnosti (KPI) u opskrbnom lancu </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -27753,156 +26757,50 @@
                         <a:rPr lang="hr" sz="2000" b="0" i="0" u="none" strike="noStrike" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>08.12.2023</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1896270829"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1538508611"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -30019,156 +28917,50 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>tablici </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>izračunajte </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2800" b="1" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>OTIF</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="321234356"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -32407,156 +31199,50 @@
                         <a:rPr lang="hr" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>08.12.2023</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="7620" marR="7620" marT="7620" marB="0" anchor="b"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1896270829"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1683253983"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -34765,156 +33451,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2354023273"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -37601,156 +36181,50 @@
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="hr" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Ukupan broj netočnih isporuka = 3</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="266118197"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -38912,52 +37386,52 @@
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>razrada</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="7" name="pole tekstowe 6">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DA45330-91B1-780E-44DC-A6D7F7043DFE}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="1795878" y="3379372"/>
                 <a:ext cx="8600243" cy="714683"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
@@ -39179,51 +37653,51 @@
                               </m:r>
                               <m:r>
                                 <a:rPr lang="hr-HR" sz="1800" b="0" i="1" smtClean="0">
                                   <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                                 </a:rPr>
                                 <m:t>𝑏𝑖</m:t>
                               </m:r>
                             </m:den>
                           </m:f>
                         </m:e>
                       </m:d>
                       <m:r>
                         <a:rPr lang="en-US" sz="1800" i="1">
                           <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <m:t>×100%</m:t>
                       </m:r>
                     </m:oMath>
                   </m:oMathPara>
                 </a14:m>
                 <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="7" name="pole tekstowe 6">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DA45330-91B1-780E-44DC-A6D7F7043DFE}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="1795878" y="3379372"/>
                 <a:ext cx="8600243" cy="714683"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:blipFill>
                 <a:blip r:embed="rId2"/>
                 <a:stretch>
@@ -39574,156 +38048,50 @@
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:blipFill>
                 <a:blip r:embed="rId4"/>
                 <a:stretch>
                   <a:fillRect/>
                 </a:stretch>
               </a:blipFill>
             </p:spPr>
             <p:txBody>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:r xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:rPr lang="hr">
                     <a:noFill/>
                   </a:rPr>
                   <a:t> </a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Fallback>
       </mc:AlternateContent>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4254740745"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -40574,170 +38942,314 @@
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="hr" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>KPI se koriste kao indikatori za kontrolu provedbe procesa u opskrbnom lancu </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="hr" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>OTIF indikator, kao jedan od najvažnijih indikatora, alat je koji organizacijama omogućuje praćenje i procjenu njihove učinkovitosti, učinkovitosti i produktivnosti u ključnim područjima djelovanja.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1148653"/>
+            <a:ext cx="9144000" cy="4560693"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Authors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna Grzybowska</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ragin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-Skorecka</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna Siemieniak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Piotr </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Cyplik</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Jędrzej Jankowski-Guzy</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Adrianna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Toboła</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-Walaszczyk</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Final</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> version: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>June</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="190280529"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -40775,156 +39287,50 @@
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4020019421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -41264,156 +39670,50 @@
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>&amp; </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Meindl </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>, 2007. (enciklopedijska natuknica).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -41877,156 +40177,50 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" b="1" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Kontinuirano </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1800" b="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>prilagođavanje aktivnosti promjenjivim tržišnim i poslovnim uvjetima</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2863694609"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -43127,156 +41321,50 @@
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Tablica 1 : Razlike između kontrolinga u opskrbnom lancu i u poduzeću</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1400" b="1" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2478015095"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -43584,156 +41672,50 @@
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Nesterak </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>, 2002</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1787970308"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -44378,156 +42360,50 @@
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9843640" y="2331020"/>
             <a:ext cx="2195960" cy="2195960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2153641090"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -45288,156 +43164,50 @@
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9843640" y="2331020"/>
             <a:ext cx="2195960" cy="2195960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="167075228"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -46180,156 +43950,50 @@
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9843640" y="2331020"/>
             <a:ext cx="2195960" cy="2195960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:grpSp>
-[...104 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1043128252"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -47102,160 +44766,175 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58D04298-4B68-4234-A22F-D05E7D253B3B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58D04298-4B68-4234-A22F-D05E7D253B3B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>3416</Words>
+  <Words>2303</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>27</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>501</Paragraphs>
+  <Slides>28</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>27</vt:i4>
+        <vt:i4>28</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="33" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Arial Narrow</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Cambria Math</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Napredno korištenje proračunske tablice za analizu logističkih podataka</vt:lpstr>
       <vt:lpstr>Dnevni red</vt:lpstr>
       <vt:lpstr>Pojam kontrolinga</vt:lpstr>
       <vt:lpstr>Pojam kontrolinga</vt:lpstr>
       <vt:lpstr>Pojam kontrolinga</vt:lpstr>
       <vt:lpstr>Povratne informacije za kontroling</vt:lpstr>
       <vt:lpstr>Ključni ciljevi kontrolinga opskrbnog lanca​</vt:lpstr>
       <vt:lpstr>Ključni ciljevi kontrolinga opskrbnog lanca​</vt:lpstr>
       <vt:lpstr>Ključni ciljevi kontrolinga opskrbnog lanca​</vt:lpstr>
       <vt:lpstr>Ključni pokazatelji učinka (KPI) u SCM-u</vt:lpstr>
       <vt:lpstr>Ključni pokazatelji učinka (KPI) u SCM-u</vt:lpstr>
       <vt:lpstr>Ključni pokazatelji učinka (KPI) u SCM-u</vt:lpstr>
       <vt:lpstr>Ključni pokazatelji učinka (KPI) u SCM-u</vt:lpstr>
       <vt:lpstr>Ključni pokazatelji učinka (KPI) u SCM-u</vt:lpstr>
       <vt:lpstr>Ključni pokazatelji učinka (KPI) u SCM-u</vt:lpstr>
       <vt:lpstr>Ključni pokazatelji učinka (KPI) u SCM-u</vt:lpstr>
       <vt:lpstr>Ključni pokazatelji učinka (KPI) u SCM-u</vt:lpstr>
       <vt:lpstr>Ključni pokazatelji učinka (KPI) u SCM-u</vt:lpstr>
       <vt:lpstr>Ključni pokazatelji učinka (KPI) u SCM-u</vt:lpstr>
       <vt:lpstr>KPI u SCM-u – primjer</vt:lpstr>
       <vt:lpstr>KPI u SCM – primjer</vt:lpstr>
       <vt:lpstr>KPI u SCM – E primjer</vt:lpstr>
       <vt:lpstr>KPI u SCM – E primjer</vt:lpstr>
       <vt:lpstr>KPI u SCM – E primjer</vt:lpstr>
       <vt:lpstr>KPI u SCM-u – primjer</vt:lpstr>
       <vt:lpstr>Sažetak</vt:lpstr>
+      <vt:lpstr>Authors:  Katarzyna Grzybowska Katarzyna Ragin-Skorecka Katarzyna Siemieniak Piotr Cyplik Michał Adamczak Jędrzej Jankowski-Guzy Adrianna Toboła-Walaszczyk  Final version: June 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">