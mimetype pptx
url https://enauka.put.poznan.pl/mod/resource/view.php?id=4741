--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,75 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
@@ -93,51 +95,52 @@
     <p:sldId id="273" r:id="rId15"/>
     <p:sldId id="274" r:id="rId16"/>
     <p:sldId id="275" r:id="rId17"/>
     <p:sldId id="276" r:id="rId18"/>
     <p:sldId id="277" r:id="rId19"/>
     <p:sldId id="278" r:id="rId20"/>
     <p:sldId id="279" r:id="rId21"/>
     <p:sldId id="282" r:id="rId22"/>
     <p:sldId id="280" r:id="rId23"/>
     <p:sldId id="281" r:id="rId24"/>
     <p:sldId id="284" r:id="rId25"/>
     <p:sldId id="297" r:id="rId26"/>
     <p:sldId id="285" r:id="rId27"/>
     <p:sldId id="286" r:id="rId28"/>
     <p:sldId id="287" r:id="rId29"/>
     <p:sldId id="288" r:id="rId30"/>
     <p:sldId id="289" r:id="rId31"/>
     <p:sldId id="290" r:id="rId32"/>
     <p:sldId id="291" r:id="rId33"/>
     <p:sldId id="292" r:id="rId34"/>
     <p:sldId id="293" r:id="rId35"/>
     <p:sldId id="294" r:id="rId36"/>
     <p:sldId id="295" r:id="rId37"/>
     <p:sldId id="296" r:id="rId38"/>
     <p:sldId id="266" r:id="rId39"/>
-    <p:sldId id="263" r:id="rId40"/>
+    <p:sldId id="336" r:id="rId40"/>
+    <p:sldId id="263" r:id="rId41"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="hr"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -443,75 +446,75 @@
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="80" d="100"/>
-          <a:sy n="80" d="100"/>
+          <a:sx n="112" d="100"/>
+          <a:sy n="112" d="100"/>
         </p:scale>
-        <p:origin x="624" y="48"/>
+        <p:origin x="444" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId47" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{21C3956B-F923-423A-B52B-0FE816F8D970}"/>
     <pc:docChg chg="undo custSel modSld">
       <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{21C3956B-F923-423A-B52B-0FE816F8D970}" dt="2025-04-23T06:24:22.112" v="601"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="addSp modSp mod">
         <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{21C3956B-F923-423A-B52B-0FE816F8D970}" dt="2025-04-23T06:21:58.788" v="523"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{21C3956B-F923-423A-B52B-0FE816F8D970}" dt="2025-04-22T18:41:10.797" v="11"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="5" creationId="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -3985,67 +3988,67 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -4250,80 +4253,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -4544,80 +4517,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -4728,80 +4671,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -4850,80 +4763,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -4972,95 +4855,65 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -5266,165 +5119,639 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9BF7BF7-7973-F983-5F90-2899511659F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7359162" y="6200486"/>
+            <a:ext cx="3994637" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Suf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>inancirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sredstvima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izneseni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>moraju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>podudarati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenjima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (NA). Ni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> NA ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odgovornima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Picture 9" descr="A blue flag with yellow stars&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFB71F5C-CDB8-BF5F-FEA4-2E20CE4D729D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...34 lines deleted...]
-        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6468532" y="6338357"/>
-            <a:ext cx="4885267" cy="365125"/>
+            <a:off x="11353799" y="6178259"/>
+            <a:ext cx="785255" cy="647466"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...41 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -5695,264 +6022,214 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image140.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image140.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image150.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image150.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...52 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
@@ -6023,112 +6300,65 @@
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains</a:t>
+              <a:t>for the Future-proof Supply Chains</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -6281,51 +6511,51 @@
               <a:t>Predavanje</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -6451,146 +6681,86 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE18AD2B-1CEF-B6FD-3058-1736C5CAD059}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4716320" y="1040152"/>
             <a:ext cx="7306347" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" b="1" dirty="0"/>
               <a:t>Napredno korištenje proračunske tablice za analizu logističkih podataka</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -8575,80 +8745,50 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1: Osnovne </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>vrste </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>outsourcinga</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1294244857"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -9093,80 +9233,50 @@
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2" algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>dostupnost vanjskih tehnoloških resursa (know how) ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2" algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>poboljšanje parametara uspješnosti sfera djelovanja vanjskih tvrtki (njihova implementacija, troškovi, uloženi resursi, kvaliteta, vrijeme itd.) ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1978233377"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -9589,80 +9699,50 @@
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2" algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>bolja struktura troškova poduzeća ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2" algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>transformacija fiksnih troškova u varijabilne zahvaljujući plaćanju samo usluge vanjske tvrtke, bez potrebe za fiksnim troškovima njezine provedbe ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="456920763"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -10069,80 +10149,50 @@
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2" algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>pristup resursima ili kvalifikacijama koje tvrtka nema u svojoj strukturi ili ih nije u mogućnosti financirati ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="2" algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>usmjerenost gospodarskog subjekta na osnovnu djelatnost i razvoj ključnih kompetencija (područja djelovanja) .</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1699411665"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -10523,80 +10573,50 @@
               <a:t>stjecanje novih potrošača ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="2800" dirty="0"/>
               <a:t>veće zadovoljstvo i zadovoljstvo postojećih kupaca ; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="2800" dirty="0"/>
               <a:t>bolji konkurentski položaj .</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="706592104"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -11218,80 +11238,50 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="hr" sz="2400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="AFAFAF"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ili</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="AFAFAF"/>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="223204535"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -11873,80 +11863,50 @@
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>proizvod je vrijedan i nije ga lako ponoviti </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>tržište dobavljača nije dobro razvijeno </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>okruženje je stabilno </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="853165263"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -12643,80 +12603,50 @@
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>nestabilnost okoliša uzrokuje visok rizik internih ulaganja ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>bavimo se konkurencijom na tržištu dobavljača ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>proizvod se ne tretira kao strateški važan.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4642355"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -15688,80 +15618,50 @@
             <a:off x="662092" y="5845867"/>
             <a:ext cx="6287351" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Slika 3: Razlike u troškovima izrade i kupnje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="159708159"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -17064,80 +16964,50 @@
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>proizvodni proces ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>veličina poduzeća i njegova lokacija ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>mjerna učinkovitost.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1366862093"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -18066,80 +17936,50 @@
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>opis</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2000" i="1" dirty="0"/>
               <a:t> make-or-buy </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>analize </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>outsourcing logistike.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -19220,80 +19060,50 @@
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>- obujam nabave ( proizvodnje ) </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2000" kern="100" dirty="0">
               <a:effectLst/>
               <a:highlight>
                 <a:srgbClr val="FFFFFF"/>
               </a:highlight>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1630834671"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -20151,80 +19961,50 @@
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200" algn="just">
               <a:buClr>
                 <a:srgbClr val="4472C4"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="2200" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Ako je kupnja popraćena dodatnim financijskim izdacima (npr. troškovi prijevoza), tada se uzorak mora modificirati tako da se proširi odgovarajućim komponentama.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="341368840"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -20838,52 +20618,52 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96203708-761C-AEAA-53B3-5BAE01E8D093}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="620204" y="2111907"/>
             <a:ext cx="5475796" cy="3401625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="pole tekstowe 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74F528A8-FBAC-4759-F034-8D6A9B1B3FD3}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="7449500" y="3195533"/>
                 <a:ext cx="2427177" cy="790537"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                 <a:spAutoFit/>
@@ -20924,51 +20704,51 @@
                             <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                           </a:rPr>
                           <m:t>𝑃</m:t>
                         </m:r>
                         <m:r>
                           <a:rPr lang="pl-PL" sz="3600" b="0" i="1" smtClean="0">
                             <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                           </a:rPr>
                           <m:t>−</m:t>
                         </m:r>
                         <m:r>
                           <a:rPr lang="pl-PL" sz="3600" b="0" i="1" smtClean="0">
                             <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                           </a:rPr>
                           <m:t>𝑈𝑉𝐶</m:t>
                         </m:r>
                       </m:den>
                     </m:f>
                   </m:oMath>
                 </a14:m>
                 <a:endParaRPr lang="pl-PL" sz="3600" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="pole tekstowe 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74F528A8-FBAC-4759-F034-8D6A9B1B3FD3}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="7449500" y="3195533"/>
                 <a:ext cx="2427177" cy="790537"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:blipFill>
                 <a:blip r:embed="rId3"/>
                 <a:stretch>
@@ -21223,80 +21003,50 @@
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CD45082-F9FA-4257-95F1-A3BE874D29D5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1046272" y="1737177"/>
             <a:ext cx="4725878" cy="3867792"/>
-          </a:xfrm>
-[...28 lines deleted...]
-            <a:ext cx="4737981" cy="698308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3020653859"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -22832,80 +22582,50 @@
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>p </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, postoji osnova za donošenje odluke o kupnji određenog proizvoda.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1491921428"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -24388,80 +24108,50 @@
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:blipFill>
                 <a:blip r:embed="rId4"/>
                 <a:stretch>
                   <a:fillRect l="-1184" r="-2500"/>
                 </a:stretch>
               </a:blipFill>
             </p:spPr>
             <p:txBody>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:r xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:rPr lang="hr">
                     <a:noFill/>
                   </a:rPr>
                   <a:t> </a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Fallback>
       </mc:AlternateContent>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2342325491"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -28022,80 +27712,50 @@
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1400" dirty="0"/>
               <a:t>jasna usporedba između logističkih troškova unutar tvrtke i logističkih troškova vanjskog pružatelja usluga. Što se tiče zaposlenika, na primjer, ukupni troškovi osoblja organizacije uspoređuju se s ukupnim troškovima osoblja vanjskog entiteta</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1467576693"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -28824,80 +28484,50 @@
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>U sklopu outsourcinga najčešće se outsourcaju područja koja nisu ključne kompetencije pojedine tvrtke, već je samo podupiru.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>Ukoliko logistika nije temeljna djelatnost tvrtke, delegiranje organizacije i/ili provedbe svih ili dijela logističkih procesa kompetentnim dobavljačima specijaliziranim za pružanje logističkih usluga može značajno povećati učinkovitost logističkih procesa .</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2783084890"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -29214,80 +28844,50 @@
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="2800" dirty="0"/>
               <a:t>brži protok i povećana transparentnost informacija ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="2800" dirty="0"/>
               <a:t>učinkovitije korištenje sredstava .</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="924714769"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -29615,80 +29215,50 @@
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="3600" dirty="0"/>
               <a:t>promjene u profitabilnosti ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="3600" dirty="0"/>
               <a:t>promjene prometa ;</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="3600" dirty="0"/>
               <a:t>promjene točke pokrića .</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1987672903"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -30107,80 +29677,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Vanjski poduzeća podnose svoje prijedloge logističkih usluga, trgovinski pregovori i odabir organizacije koja će u konačnici preuzeti logističke usluge.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3161984169"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -30816,80 +30356,50 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: Trocki, 2001</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -31535,80 +31045,50 @@
                           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Mogući problemi s koordinacijom i internom komunikacijom</a:t>
                       </a:r>
                       <a:endParaRPr lang="pl-PL" dirty="0">
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1891706543"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1395236670"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -32064,80 +31544,50 @@
               <a:t>kom godišnje?</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="2400" dirty="0"/>
               <a:t>Pri kojem su obujmu proizvodnje </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2400" dirty="0" err="1"/>
               <a:t>ukupni </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2400" dirty="0"/>
               <a:t>troškovi obje varijante isti ?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3606322390"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -33013,80 +32463,50 @@
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Varijanta </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2400" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Napraviti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> = 210 000 EUR/GOD</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1359817894"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -34420,80 +33840,50 @@
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="4000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Varijantu </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="4000" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Napraviti</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="4000" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2060055893"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -35599,52 +34989,52 @@
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:blipFill>
                 <a:blip r:embed="rId2"/>
                 <a:stretch>
                   <a:fillRect l="-11307" t="-2308" b="-20000"/>
                 </a:stretch>
               </a:blipFill>
             </p:spPr>
             <p:txBody>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:r xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:rPr lang="hr">
                     <a:noFill/>
                   </a:rPr>
                   <a:t> </a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Fallback>
       </mc:AlternateContent>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="pole tekstowe 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E195074E-7675-7C7E-DAF7-4F69E489FCC3}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="3331135" y="3828719"/>
                 <a:ext cx="6984440" cy="794833"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                 <a:spAutoFit/>
@@ -35692,51 +35082,51 @@
                       <a:rPr lang="pl-PL" sz="3600" b="0" i="1" smtClean="0">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                         <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>≈</m:t>
                     </m:r>
                     <m:r>
                       <a:rPr lang="pl-PL" sz="3600" b="0" i="1" smtClean="0">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>5 556 </m:t>
                     </m:r>
                     <m:r>
                       <a:rPr lang="hr-HR" sz="3600" b="0" i="1" smtClean="0">
                         <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                       </a:rPr>
                       <m:t>𝑘𝑜𝑚𝑎𝑑𝑎</m:t>
                     </m:r>
                   </m:oMath>
                 </a14:m>
                 <a:endParaRPr lang="pl-PL" sz="3600" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="pole tekstowe 4">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E195074E-7675-7C7E-DAF7-4F69E489FCC3}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="3331135" y="3828719"/>
                 <a:ext cx="6984440" cy="794833"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:blipFill>
                 <a:blip r:embed="rId3"/>
                 <a:stretch>
@@ -35916,80 +35306,50 @@
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Napravi i kupi Varijante bile bi jednake kada je plan proizvodnje​ približno 5 556 komada </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2533009208"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -36630,94 +35990,314 @@
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="hr" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>Prijelomna točka je točka u kojoj je ukupna prodaja jednaka ukupnim troškovima </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="hr" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>Ako logistika nije temeljna djelatnost poduzeća to trebao bi biti vanjski logistički operater </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1148653"/>
+            <a:ext cx="9144000" cy="4560693"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Authors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna Grzybowska</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ragin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-Skorecka</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna Siemieniak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Piotr </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Cyplik</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Jędrzej Jankowski-Guzy</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Adrianna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Toboła</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-Walaszczyk</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Final</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> version: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>June</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="190280529"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -37906,80 +37486,50 @@
                           <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>održavanje objekata i čistoće, čuvanje arhiva, zaštita ljudi i imovine, menadžerske usluge</a:t>
                       </a:r>
                       <a:endParaRPr lang="pl-PL" sz="1600" kern="100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1942669592"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1263334508"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -38714,80 +38264,50 @@
             <a:r>
               <a:rPr lang="hr" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>dijagram</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> pokazuje evoluciju i povećanje važnosti outsourcinga za moderna poduzeća</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2863694609"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -39776,80 +39296,50 @@
             <a:off x="2971800" y="3809173"/>
             <a:ext cx="1661160" cy="769205"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1885466282"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -41385,80 +40875,50 @@
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>se odnosi na situaciju kada se određena sfera aktivnosti (proces, zadatak, funkcija) obavlja unutar organizacijske strukture poduzeća, ali ne pripada glavnim nadležnostima organizacije. Analiza troškova održavanja i kvalitete, koordinacije i pravovremenosti aktivnosti pokazuje da ne sudjeluje u procesu stvaranja vrijednosti usluga ili proizvoda.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Provizija </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>nastaje kada se određeno područje djelatnosti još nije obavljalo unutar organizacijske strukture poduzeća, a analiza pokazuje da bi bilo potrebno zbog određenih strateških koristi.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3017960629"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -41796,80 +41256,50 @@
               <a:rPr lang="hr" dirty="0"/>
               <a:t>je ulazak u suradnju s vlasnički i kapitalno ovisnim poduzećem.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>Kao rezultat </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>kombinacije </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" dirty="0"/>
               <a:t>kapitalnog i ugovornog outsourcinga s dvije osnovne metode outsourcinga usluga vanjskoj uslužnoj tvrtki, mogu se dobiti četiri osnovne varijante ove metode.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3998811967"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -42903,80 +42333,50 @@
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1012348" y="1636798"/>
             <a:ext cx="3513932" cy="882382"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent2"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent2"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent2"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1464692485"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -43254,58 +42654,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Stvaranje novog dokumenta." ma:contentTypeScope="" ma:versionID="aca9c3aed638770792e41d51f5b3002c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="579197615d40f596e549fe3ba82ec0f2" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -43500,159 +42898,177 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23361047-6CAE-4A82-9141-462B04DAF536}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2859</Words>
+  <Words>2890</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>36</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>375</Paragraphs>
+  <Slides>37</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>36</vt:i4>
+        <vt:i4>37</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="43" baseType="lpstr">
+    <vt:vector size="44" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Cambria Math</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Napredno korištenje proračunske tablice za analizu logističkih podataka</vt:lpstr>
       <vt:lpstr>Dnevni red</vt:lpstr>
       <vt:lpstr>Definicija </vt:lpstr>
       <vt:lpstr>Primjeri outsourcinga usluga</vt:lpstr>
       <vt:lpstr>Evolucija koncepta </vt:lpstr>
       <vt:lpstr>Vrste outsourcinga</vt:lpstr>
       <vt:lpstr>Vrste outsourcinga</vt:lpstr>
       <vt:lpstr>Vrste outsourcinga</vt:lpstr>
       <vt:lpstr>Osnovne vrste outsourcinga</vt:lpstr>
       <vt:lpstr>Osnovne vrste outsourcinga</vt:lpstr>
       <vt:lpstr>Prednosti korištenja outsourcinga u modernim poduzećima</vt:lpstr>
       <vt:lpstr>Prednosti korištenja outsourcinga u modernim poduzećima</vt:lpstr>
       <vt:lpstr>Prednosti korištenja outsourcinga u modernim poduzećima</vt:lpstr>
       <vt:lpstr>Prednosti korištenja outsourcinga u modernim poduzećima</vt:lpstr>
       <vt:lpstr>Napravi ili kupi (Make or Buy) analiza </vt:lpstr>
       <vt:lpstr>Napravi ili kupi analiza </vt:lpstr>
       <vt:lpstr>Napravi ili kupi analiza </vt:lpstr>
       <vt:lpstr>Troškovi izrade naspram kupnje</vt:lpstr>
       <vt:lpstr>Napravi ili kupi analiza </vt:lpstr>
       <vt:lpstr>Napravi ili kupi analiza </vt:lpstr>
       <vt:lpstr>Napravi ili kupi analiza </vt:lpstr>
       <vt:lpstr>Napravi ili kupi analiza </vt:lpstr>
       <vt:lpstr>Napravi ili kupi analiza u kontekstu investicijskih izdataka za proizvodnju</vt:lpstr>
       <vt:lpstr>Napravi ili kupi analiza</vt:lpstr>
       <vt:lpstr>Faze Napravi ili Kupi analizae</vt:lpstr>
       <vt:lpstr>Outsourcing logistike</vt:lpstr>
       <vt:lpstr>Outsourcing logistike</vt:lpstr>
       <vt:lpstr>Pokazatelji </vt:lpstr>
       <vt:lpstr>Faze outsourcinga logistike​</vt:lpstr>
       <vt:lpstr>Prednosti i nedostaci logističkog outsourcinga​</vt:lpstr>
       <vt:lpstr>Napravi ili kupi analiza – primjer 1</vt:lpstr>
       <vt:lpstr>Analiza make-or-buy – primjer 1 ( rješenje )</vt:lpstr>
       <vt:lpstr>Analiza make-or-buy – primjer 1 ( rješenje )</vt:lpstr>
       <vt:lpstr>Analiza make-or-buy – primjer 1 ( rješenje )</vt:lpstr>
       <vt:lpstr>Sažetak</vt:lpstr>
+      <vt:lpstr>Authors:  Katarzyna Grzybowska Katarzyna Ragin-Skorecka Katarzyna Siemieniak Piotr Cyplik Michał Adamczak Jędrzej Jankowski-Guzy Adrianna Toboła-Walaszczyk  Final version: June 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">