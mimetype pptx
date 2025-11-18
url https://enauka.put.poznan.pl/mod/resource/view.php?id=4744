--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,63 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
@@ -75,51 +77,52 @@
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="292" r:id="rId7"/>
     <p:sldId id="293" r:id="rId8"/>
     <p:sldId id="310" r:id="rId9"/>
     <p:sldId id="311" r:id="rId10"/>
     <p:sldId id="312" r:id="rId11"/>
     <p:sldId id="271" r:id="rId12"/>
     <p:sldId id="313" r:id="rId13"/>
     <p:sldId id="262" r:id="rId14"/>
     <p:sldId id="318" r:id="rId15"/>
     <p:sldId id="315" r:id="rId16"/>
     <p:sldId id="317" r:id="rId17"/>
     <p:sldId id="319" r:id="rId18"/>
     <p:sldId id="320" r:id="rId19"/>
     <p:sldId id="289" r:id="rId20"/>
     <p:sldId id="314" r:id="rId21"/>
     <p:sldId id="316" r:id="rId22"/>
     <p:sldId id="321" r:id="rId23"/>
     <p:sldId id="322" r:id="rId24"/>
     <p:sldId id="323" r:id="rId25"/>
     <p:sldId id="324" r:id="rId26"/>
     <p:sldId id="325" r:id="rId27"/>
     <p:sldId id="309" r:id="rId28"/>
-    <p:sldId id="263" r:id="rId29"/>
+    <p:sldId id="336" r:id="rId29"/>
+    <p:sldId id="263" r:id="rId30"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="hr"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -427,73 +430,73 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="80" d="100"/>
-          <a:sy n="80" d="100"/>
+          <a:sx n="112" d="100"/>
+          <a:sy n="112" d="100"/>
         </p:scale>
-        <p:origin x="624" y="48"/>
+        <p:origin x="444" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{087E5785-E13C-456D-9258-7D0943E82113}"/>
     <pc:docChg chg="undo custSel modSld">
       <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{087E5785-E13C-456D-9258-7D0943E82113}" dt="2025-04-23T06:50:15.506" v="264" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="addSp modSp">
         <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{087E5785-E13C-456D-9258-7D0943E82113}" dt="2025-04-23T06:48:24.998" v="217"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:picChg chg="add mod">
           <ac:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{087E5785-E13C-456D-9258-7D0943E82113}" dt="2025-04-23T06:48:24.998" v="217"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:picMk id="3" creationId="{FC5D43BF-53F0-B929-7FA8-6FC8F7206BF9}"/>
           </ac:picMkLst>
         </pc:picChg>
@@ -6802,67 +6805,67 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -7067,80 +7070,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -7361,80 +7334,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -7545,80 +7488,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -7667,80 +7580,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -7789,95 +7672,65 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -8083,165 +7936,639 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37B52003-700B-3704-A6DC-AE53A4BC0EFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7359162" y="6200486"/>
+            <a:ext cx="3994637" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Suf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>inancirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sredstvima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izneseni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>moraju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>podudarati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenjima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (NA). Ni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> NA ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odgovornima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Picture 9" descr="A blue flag with yellow stars&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2B69620-9233-A359-5F14-3F2319A4E81F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...34 lines deleted...]
-        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6468532" y="6338357"/>
-            <a:ext cx="4885267" cy="365125"/>
+            <a:off x="11353799" y="6178259"/>
+            <a:ext cx="785255" cy="647466"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...41 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -8512,220 +8839,170 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...52 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5585547" y="908526"/>
             <a:ext cx="5432301" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
@@ -8832,115 +9109,68 @@
             <a:br>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -9035,51 +9265,51 @@
               <a:t>Optimizacija distribucijske mreže korištenjem gravitacijske točke</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="4000" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -9205,142 +9435,82 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...58 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="2" name="Symbol zastępczy zawartości 7">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39ED8969-A906-B56F-9130-74901BEAE5A8}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="2357717" y="2187388"/>
                 <a:ext cx="9284448" cy="3747247"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
@@ -11098,51 +11268,51 @@
                   <a:effectLst/>
                   <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
               <a:p>
                 <a:pPr marL="457200" lvl="1" indent="0">
                   <a:buNone/>
                 </a:pPr>
                 <a:endParaRPr lang="pl-PL" sz="1200" kern="100" dirty="0">
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
               <a:p>
                 <a:pPr marL="0" indent="0">
                   <a:buNone/>
                 </a:pPr>
                 <a:endParaRPr lang="pl-PL" sz="1200" kern="100" dirty="0">
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="2" name="Symbol zastępczy zawartości 7">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39ED8969-A906-B56F-9130-74901BEAE5A8}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="2357717" y="2187388"/>
                 <a:ext cx="9284448" cy="3747247"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:blipFill>
                 <a:blip r:embed="rId2"/>
                 <a:stretch>
@@ -11256,80 +11426,50 @@
               </a:rPr>
               <a:t>Gravitacijski </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>model u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" kern="100" dirty="0" err="1">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>logističkoj </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>mreži</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5190C5D-D581-377E-4972-6DF06F7D34B1}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -14097,80 +14237,50 @@
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2363238376"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{947A80BB-9694-F5A5-5F4F-F4FD5B647373}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -14265,80 +14375,50 @@
               <a:t>MODEL URAVNOTEŽENE GRAVITACIJE</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="4000" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="pl-PL" sz="4000" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1042971365"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D6FFCE0-E254-BDE3-3C09-2FFA7AD30197}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -14543,80 +14623,50 @@
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6481232" y="1852518"/>
             <a:ext cx="5710768" cy="4189693"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
-        </p:spPr>
-[...28 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2337642332"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32D343F7-6C07-CA6E-C084-FF53B2C8131A}"/>
             </a:ext>
@@ -15948,80 +15998,50 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="3200" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Uravnotežen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>gravitacijski </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="3200" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>model </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2914891285"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{824668E2-9F2F-5863-ABD8-32F6230AE91C}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -17925,80 +17945,50 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="3200" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Uravnotežen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>gravitacijski </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="3200" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>model </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3032917068"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -18085,80 +18075,50 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="3200" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Uravnotežen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>gravitacijski </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="3200" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>model </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2926954728"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32D0AAE6-E5B9-B2E0-EBB9-228C2CA1FB6D}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -20494,80 +20454,50 @@
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>C </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1200" b="1" baseline="-25000" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Lati</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1200" b="1" baseline="-25000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3389183857"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8366B8B9-44FE-F95C-F8EB-2A037AE439B5}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -20665,80 +20595,50 @@
               <a:rPr lang="pl-PL" sz="4000" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="hr" sz="4000" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>U MEĐUNARODNOJ TRGOVINI</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1531229749"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29C115E8-09D4-8CC6-AADF-8C3B72312019}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -20946,80 +20846,50 @@
             </a:extLst>
           </a:blip>
           <a:srcRect l="12957" r="11173"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7046258" y="1852519"/>
             <a:ext cx="5145742" cy="4185988"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="483384813"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -21146,80 +21016,50 @@
               </a:rPr>
               <a:t>Gravitacijski model u međunarodnoj trgovini</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0" err="1">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Sažetak</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{480018EF-09C6-67CF-E5F1-FE437E1B9884}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -22582,80 +22422,50 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1626845" y="359457"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="3200" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Gravitacijski model u međunarodnoj trgovini</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1163388524"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6421429B-CF4D-A9FC-F551-4F0F72099C75}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -25724,80 +25534,50 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1626845" y="359457"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="3200" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Gravitacijski model u međunarodnoj trgovini</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2544732436"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDA14D7F-3105-4538-0FCF-03641B1BF8B5}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -25878,80 +25658,50 @@
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="4000" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>SAŽETAK</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="186538107"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{518E13A1-29E2-C2E2-BDD5-1B1027A16765}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -26199,80 +25949,50 @@
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7046258" y="2088495"/>
             <a:ext cx="5065059" cy="3577198"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="310558379"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -26701,94 +26421,314 @@
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Zhu X. &amp; Fan Y. (2017.) Istraživanje izgradnje regionalne hub-and-spoke logističke mreže u Guangxiju prema modelu gravitacije. Bus Econ Res, 9, 214-217.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2902584338"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1148653"/>
+            <a:ext cx="9144000" cy="4560693"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Authors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna Grzybowska</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ragin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-Skorecka</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna Siemieniak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Piotr </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Cyplik</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Jędrzej Jankowski-Guzy</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Adrianna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Toboła</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-Walaszczyk</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Final</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> version: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>June</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="190280529"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -26824,80 +26764,50 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
-          </a:xfrm>
-[...28 lines deleted...]
-            <a:ext cx="4737981" cy="698308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4020019421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -27014,80 +26924,50 @@
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2800" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3075742281"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -27275,80 +27155,50 @@
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Govindan </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>i dr., 2017.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1291843314"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E648A448-9CEA-F14F-4944-23D3D53545C8}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -27470,80 +27320,50 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E942D4D-DE98-2FD2-0CFF-7439985726F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="582520868"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1673412" y="1685365"/>
           <a:ext cx="7676776" cy="3881718"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2751051459"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12BDBDDF-1DF5-9043-A446-4917BD840040}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -27996,80 +27816,50 @@
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="1400" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>mogućnost proširenja objekta.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1598684154"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C64E6F5-A325-C3B1-D378-E55A3797013E}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -28392,80 +28182,50 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="1400" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>mogućnost budućeg proširenja u skladu s potrebama proizvodnog procesa i zahtjevima arhitektonsko-građevinskih tijela.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1400" kern="100" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1751319438"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -28563,80 +28323,50 @@
             </a:br>
             <a:r>
               <a:rPr lang="hr" sz="4000" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>U LOGISTIČKOJ MREŽI</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2800" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="678146576"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BFAA59C-EF97-A960-5A86-840812EDEB28}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -28841,80 +28571,50 @@
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6624917" y="1852519"/>
             <a:ext cx="5809130" cy="4057650"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
-        </p:spPr>
-[...28 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4256343604"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -29194,61 +28894,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Stvaranje novog dokumenta." ma:contentTypeScope="" ma:versionID="aca9c3aed638770792e41d51f5b3002c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="579197615d40f596e549fe3ba82ec0f2" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -29439,149 +29128,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CA853BA-6766-45B6-95D7-7027897E2E66}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CA853BA-6766-45B6-95D7-7027897E2E66}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2016</Words>
+  <Words>2047</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>25</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>211</Paragraphs>
+  <Slides>26</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>25</vt:i4>
+        <vt:i4>26</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="32" baseType="lpstr">
+    <vt:vector size="33" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Cambria Math</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Napredno korištenje proračunske tablice za analizu logističkih podataka</vt:lpstr>
       <vt:lpstr>Dnevni red</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Logistička mreža</vt:lpstr>
       <vt:lpstr>Logistička mreža</vt:lpstr>
       <vt:lpstr>Logistička mreža</vt:lpstr>
       <vt:lpstr>Logistička mreža</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Gravitacijski model u logističkoj mreži</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Uravnotežen gravitacijski model </vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Gravitacijski model u međunarodnoj trgovini</vt:lpstr>
       <vt:lpstr>Gravitacijski model u međunarodnoj trgovini</vt:lpstr>
       <vt:lpstr>Gravitacijski model u međunarodnoj trgovini</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Sažetak</vt:lpstr>
       <vt:lpstr>Literatura:</vt:lpstr>
+      <vt:lpstr>Authors:  Katarzyna Grzybowska Katarzyna Ragin-Skorecka Katarzyna Siemieniak Piotr Cyplik Michał Adamczak Jędrzej Jankowski-Guzy Adrianna Toboła-Walaszczyk  Final version: June 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji !</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">