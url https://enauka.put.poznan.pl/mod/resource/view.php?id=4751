--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,75 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
@@ -115,51 +117,52 @@
     <p:sldId id="261" r:id="rId17"/>
     <p:sldId id="297" r:id="rId18"/>
     <p:sldId id="298" r:id="rId19"/>
     <p:sldId id="262" r:id="rId20"/>
     <p:sldId id="267" r:id="rId21"/>
     <p:sldId id="295" r:id="rId22"/>
     <p:sldId id="296" r:id="rId23"/>
     <p:sldId id="299" r:id="rId24"/>
     <p:sldId id="300" r:id="rId25"/>
     <p:sldId id="301" r:id="rId26"/>
     <p:sldId id="302" r:id="rId27"/>
     <p:sldId id="303" r:id="rId28"/>
     <p:sldId id="275" r:id="rId29"/>
     <p:sldId id="274" r:id="rId30"/>
     <p:sldId id="305" r:id="rId31"/>
     <p:sldId id="306" r:id="rId32"/>
     <p:sldId id="307" r:id="rId33"/>
     <p:sldId id="308" r:id="rId34"/>
     <p:sldId id="270" r:id="rId35"/>
     <p:sldId id="304" r:id="rId36"/>
     <p:sldId id="282" r:id="rId37"/>
     <p:sldId id="283" r:id="rId38"/>
     <p:sldId id="284" r:id="rId39"/>
     <p:sldId id="285" r:id="rId40"/>
     <p:sldId id="309" r:id="rId41"/>
-    <p:sldId id="263" r:id="rId42"/>
+    <p:sldId id="336" r:id="rId42"/>
+    <p:sldId id="263" r:id="rId43"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="hr"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -455,82 +458,82 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="80" d="100"/>
-          <a:sy n="80" d="100"/>
+          <a:sx n="112" d="100"/>
+          <a:sy n="112" d="100"/>
         </p:scale>
-        <p:origin x="624" y="48"/>
+        <p:origin x="444" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId47" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId48" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId49" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId48" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{5F5099D0-4E66-45DB-A4C4-9A99DF4EE08B}"/>
     <pc:docChg chg="custSel modSld">
       <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{5F5099D0-4E66-45DB-A4C4-9A99DF4EE08B}" dt="2025-04-23T07:40:45.156" v="402"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="addSp modSp mod">
         <pc:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{5F5099D0-4E66-45DB-A4C4-9A99DF4EE08B}" dt="2025-04-23T07:29:47.765" v="6"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Davor Dujak" userId="bfb324a9-4809-4493-a995-7f4ea2a7c175" providerId="ADAL" clId="{5F5099D0-4E66-45DB-A4C4-9A99DF4EE08B}" dt="2025-04-23T07:29:47.765" v="6"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="5" creationId="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -19729,67 +19732,67 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -19994,80 +19997,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -20288,80 +20261,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -20472,80 +20415,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -20594,80 +20507,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -20716,95 +20599,65 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -21010,165 +20863,639 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2750AC1C-DF7F-68F2-72E6-9D1D0A025530}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7359162" y="6200486"/>
+            <a:ext cx="3994637" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Suf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>inancirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sredstvima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izneseni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>moraju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>podudarati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenjima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (NA). Ni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> NA ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odgovornima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Picture 9" descr="A blue flag with yellow stars&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32295F8D-50F3-9388-1320-9174FD22ECB0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...34 lines deleted...]
-        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6468532" y="6338357"/>
-            <a:ext cx="4885267" cy="365125"/>
+            <a:off x="11353799" y="6178259"/>
+            <a:ext cx="785255" cy="647466"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...41 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -21439,272 +21766,222 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...52 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5585547" y="908526"/>
             <a:ext cx="5432301" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
@@ -21825,125 +22102,78 @@
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -22033,51 +22263,51 @@
               <a:rPr lang="hr" sz="4400" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Upravljanje zalihama</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -22203,110 +22433,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...58 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -22367,80 +22537,50 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1519855059"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="580465" y="1674040"/>
           <a:ext cx="11509664" cy="4351338"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="223903694"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -22572,80 +22712,50 @@
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" spc="-10" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="pl-PL" sz="1800" spc="-10" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="1800" spc="-10" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Provođenje kombinirane ABZ/XYZ analize omogućuje podjelu razmatranog asortimana u 9 skupina za koje se mogu poduzeti različita rješenja u vezi s održavanjem i obnavljanjem zaliha (Krzyżaniak &amp; Cyplik, 2008.).</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" spc="-10" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2064350011"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -23297,80 +23407,50 @@
                         <a:lnSpc>
                           <a:spcPct val="115000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr" sz="2000" dirty="0"/>
                         <a:t>prognoze potražnje</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="52853" marR="52853" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3527221338"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="205647548"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -23473,80 +23553,50 @@
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>USLUGE ZA KORISNIKE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2800" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2863694609"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -23847,80 +23897,50 @@
               <a:t>služba za korisnike kao filozofija – uključuje stvaranje okruženja i organizacijske kulture koja ima za cilj osigurati najvišu razinu zadovoljstva korisnika kroz optimalnu uslugu na svim razinama poslovanja tvrtke.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1664482481"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -24232,80 +24252,50 @@
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="2" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2562091"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -24805,80 +24795,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="549835" y="3991010"/>
             <a:ext cx="1360920" cy="1145765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -25335,80 +25295,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="549835" y="3991010"/>
             <a:ext cx="1360920" cy="1145765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1698311198"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -25505,80 +25435,50 @@
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2800" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1871113589"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -25768,80 +25668,50 @@
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>potreba začinjavanja nekih materijala iz tehnoloških razloga.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3035050474"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -25974,80 +25844,50 @@
               <a:t>Sustavi nadopunjavanja zaliha </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Troškovi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0" err="1">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>zaliha</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -26110,80 +25950,50 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AB17429-F6DF-B90B-5DA4-820D55F079E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2547125513"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2032000" y="719666"/>
           <a:ext cx="8128000" cy="5418667"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3153569472"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -26316,80 +26126,50 @@
             <a:r>
               <a:rPr lang="hr" sz="1800" b="1" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4048468335"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -26509,80 +26289,50 @@
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr" sz="1800" b="1" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>špekulativne dionice </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>stvaraju se u očekivanju povećanja cijena, promjena tečaja ili promjena u društveno-političkoj dimenziji.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3479602340"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -26628,80 +26378,50 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13921A9F-AF62-BF53-F27F-B2916F44A58B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1606822367"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2032000" y="1481668"/>
           <a:ext cx="8128000" cy="4656665"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="19109900"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -27175,80 +26895,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="505011" y="3991010"/>
             <a:ext cx="1360920" cy="1145765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="210697012"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -27521,52 +27211,52 @@
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="1800" b="1" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Sigurnosne zalihe, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>nerotirajuće zalihe namijenjene su za sprječavanje hitnih zastoja u proizvodnji ili distribuciji te su tampon za kašnjenja u isporukama i ispunjenju narudžbi, ovisno o razini korisničke usluge u probabilističkom pristupu (PSL) .</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-        <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="11" name="Symbol zastępczy zawartości 7">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABE6C12E-C486-66B3-B785-F437B75B963D}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="2351520" y="2635624"/>
                 <a:ext cx="9284448" cy="3514163"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="95000"/>
@@ -28413,51 +28103,51 @@
                 </a:pPr>
                 <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="002060"/>
                   </a:solidFill>
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
               <a:p>
                 <a:pPr lvl="1"/>
                 <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
               <a:p>
                 <a:pPr marL="0" indent="0">
                   <a:buNone/>
                 </a:pPr>
                 <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                   <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns="">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="11" name="Symbol zastępczy zawartości 7">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABE6C12E-C486-66B3-B785-F437B75B963D}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="2351520" y="2635624"/>
                 <a:ext cx="9284448" cy="3514163"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:blipFill>
                 <a:blip r:embed="rId2"/>
                 <a:stretch>
@@ -28490,80 +28180,50 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="400146" y="3429000"/>
             <a:ext cx="1360920" cy="1145765"/>
-          </a:xfrm>
-[...28 lines deleted...]
-            <a:ext cx="4737981" cy="698308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3032136012"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -29463,80 +29123,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="505011" y="3991010"/>
             <a:ext cx="1360920" cy="1145765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3242524010"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -29633,80 +29263,50 @@
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2800" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="338953840"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -30179,80 +29779,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="505011" y="3991010"/>
             <a:ext cx="1360920" cy="1145765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="139684507"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -30782,80 +30352,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="505011" y="3991010"/>
             <a:ext cx="1360920" cy="1145765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1904389246"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -30952,80 +30492,50 @@
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2800" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3075742281"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -31564,80 +31074,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="505011" y="3991010"/>
             <a:ext cx="1360920" cy="1145765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3304876617"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -31723,80 +31203,50 @@
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>TROŠKOVI ZALIHA</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2800" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2204340122"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -31874,80 +31324,50 @@
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="1800" b="1" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Troškovi zaliha </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>proizlaze iz potrebe korištenja financijskih sredstava u različitim fazama njihove akumulacije i skladištenja. Oni uključuju troškove koji se odnose na cijeli životni ciklus zaliha, počevši od kupnje sirovina, preko njihovog skladištenja, do procesa proizvodnje i distribucije (Śliwczyński, 2008.).</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="583180717"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -32002,80 +31422,50 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2721180008"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="838200" y="1274618"/>
           <a:ext cx="10515600" cy="4902345"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2725079165"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -32686,80 +32076,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="361576" y="4466139"/>
             <a:ext cx="1360920" cy="1145765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1877806604"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -33372,80 +32732,50 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="505011" y="3991010"/>
             <a:ext cx="1360920" cy="1145765"/>
-          </a:xfrm>
-[...28 lines deleted...]
-            <a:ext cx="4737981" cy="698308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="891343638"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -34034,80 +33364,50 @@
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent1">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="505011" y="3991010"/>
             <a:ext cx="1360920" cy="1145765"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3861971316"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -35335,94 +34635,314 @@
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Awam </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>za inženjerstvo, znanost i tehnologiju, 1(1).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2902584338"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1148653"/>
+            <a:ext cx="9144000" cy="4560693"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Authors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna Grzybowska</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ragin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-Skorecka</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Katarzyna Siemieniak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Piotr </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Cyplik</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Jędrzej Jankowski-Guzy</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Adrianna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Toboła</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-Walaszczyk</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Final</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> version: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>June</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="190280529"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -35454,80 +34974,50 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
-          </a:xfrm>
-[...28 lines deleted...]
-            <a:ext cx="4737981" cy="698308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4020019421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -35943,80 +35433,50 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="2000" b="1" dirty="0"/>
               <a:t>Upravljanje zalihama </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>odnosi se na proces nadzora i kontrole razine zaliha, razine skladišta i njihovog skladištenja u poduzeću. To uključuje odlučivanje o tome koliko zaliha držati, kada ponovno naručiti ili obnoviti zalihe i kako optimizirati korištenje zaliha kako bi se zadovoljila potražnja uz minimiziranje troškova i maksimiziranje učinkovitosti (Song et al., 2020.). </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1291843314"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -36139,80 +35599,50 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="2000" b="1" dirty="0"/>
               <a:t>Cilj upravljanja zalihama </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>je osigurati da pravi proizvodi budu dostupni u pravim količinama, u pravo vrijeme i na pravom mjestu kako bi se zadovoljile potrebe kupaca uz izbjegavanje nedostatka zaliha, prevelikih zaliha i povezanih troškova (Jain et al., 2022), ( </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0" err="1"/>
               <a:t>Matusiak </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="2000" dirty="0"/>
               <a:t>, 2022).</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1766093328"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -36298,80 +35728,50 @@
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>OSNOVNI MODELI KLASIFIKACIJE ZALIHA</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="2800" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="678146576"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -36516,80 +35916,50 @@
             </a:r>
             <a:r>
               <a:rPr lang="hr" sz="1800" dirty="0"/>
               <a:t>i sur., 2000).</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr" sz="1800" dirty="0"/>
               <a:t>Postupak podjele stavki proizvoda prema ABC analizi temelji se na jasnom kriteriju klasifikacije, a to je određeni postotak vrijednosti prometa (Krzyżaniak &amp; Cyplik, 2008).</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="829316039"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -36650,80 +36020,50 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="496920925"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="571500" y="1700934"/>
           <a:ext cx="11371118" cy="4351338"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2926954728"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -36878,80 +36218,50 @@
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>skupina Y su artikli s nižom kvantitativnom potražnjom, sa sezonskim fluktuacijama potražnje ili pokazuju jasan trend potražnje, za koje su prognoze prosječne točnosti,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr" sz="1800" kern="100" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>skupina Z uključuje stavke koje se sporo kreću s neredovitom potražnjom i niskom točnošću predviđanja potražnje.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1958736975"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -37229,50 +36539,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Stvaranje novog dokumenta." ma:contentTypeScope="" ma:versionID="aca9c3aed638770792e41d51f5b3002c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="579197615d40f596e549fe3ba82ec0f2" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -37463,172 +36793,168 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E0AFA5A-1B66-420F-B88A-6C07296938B0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E0AFA5A-1B66-420F-B88A-6C07296938B0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>3161</Words>
+  <Words>3192</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>38</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>290</Paragraphs>
+  <Slides>39</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>38</vt:i4>
+        <vt:i4>39</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="44" baseType="lpstr">
+    <vt:vector size="45" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Cambria Math</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Napredno korištenje proračunske tablice za analizu logističkih podataka</vt:lpstr>
       <vt:lpstr>Dnevni red</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Definicija zaliha</vt:lpstr>
       <vt:lpstr>Definicija zaliha</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>ABC analiza</vt:lpstr>
       <vt:lpstr>ABC analiza – koraci </vt:lpstr>
       <vt:lpstr>XYZ analiza</vt:lpstr>
       <vt:lpstr>XYZ analiza – koraci </vt:lpstr>
       <vt:lpstr>ABC/XYZ analiza</vt:lpstr>
       <vt:lpstr>Pristup s 9 okvira za ABC-XYZ</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Razina usluge za korisnike </vt:lpstr>
       <vt:lpstr>Razina usluge za korisnike </vt:lpstr>
       <vt:lpstr>Vjerojatnost razine korisničke usluge</vt:lpstr>
       <vt:lpstr>Razina usluge korisnicima - kvantitativno</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Funkcije zaliha​</vt:lpstr>
       <vt:lpstr>Podjela zaliha​</vt:lpstr>
       <vt:lpstr>Zalihe prema mjestu u opskrbnom lancu</vt:lpstr>
       <vt:lpstr>Zalihe prema kriteriju uzroka nastanka</vt:lpstr>
       <vt:lpstr>Elementi strukture </vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Struktura zaliha – višak zaliha</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Nadopunjavanje zaliha – slobodne zalihe</vt:lpstr>
       <vt:lpstr>Nadopunjavanje sustavi – točka ponovnog naručivanja</vt:lpstr>
       <vt:lpstr>Nadopunjavanje sustavi – maksimalna zaliha</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Troškovi zaliha</vt:lpstr>
       <vt:lpstr>Troškovi zaliha</vt:lpstr>
       <vt:lpstr>Troškovi nadopunjavanja zaliha</vt:lpstr>
       <vt:lpstr>Troškovi držanja zaliha</vt:lpstr>
       <vt:lpstr>Troškovi manjka</vt:lpstr>
       <vt:lpstr>Izvori</vt:lpstr>
+      <vt:lpstr>Authors:  Katarzyna Grzybowska Katarzyna Ragin-Skorecka Katarzyna Siemieniak Piotr Cyplik Michał Adamczak Jędrzej Jankowski-Guzy Adrianna Toboła-Walaszczyk  Final version: June 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">