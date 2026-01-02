--- v0 (2025-10-01)
+++ v1 (2026-01-02)
@@ -1,97 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" bookmarkIdSeed="7">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="267" r:id="rId8"/>
     <p:sldId id="272" r:id="rId9"/>
     <p:sldId id="273" r:id="rId10"/>
     <p:sldId id="274" r:id="rId11"/>
     <p:sldId id="275" r:id="rId12"/>
     <p:sldId id="276" r:id="rId13"/>
     <p:sldId id="277" r:id="rId14"/>
     <p:sldId id="278" r:id="rId15"/>
     <p:sldId id="279" r:id="rId16"/>
     <p:sldId id="280" r:id="rId17"/>
     <p:sldId id="281" r:id="rId18"/>
     <p:sldId id="282" r:id="rId19"/>
     <p:sldId id="283" r:id="rId20"/>
-    <p:sldId id="263" r:id="rId21"/>
+    <p:sldId id="290" r:id="rId21"/>
+    <p:sldId id="263" r:id="rId22"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="hr"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -388,585 +391,385 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="58" d="100"/>
-          <a:sy n="58" d="100"/>
+          <a:sx n="112" d="100"/>
+          <a:sy n="112" d="100"/>
         </p:scale>
-        <p:origin x="102" y="1254"/>
+        <p:origin x="444" y="90"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}"/>
-[...1 lines deleted...]
-      <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:16:39.254" v="285" actId="20577"/>
+    <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}"/>
+    <pc:docChg chg="custSel delSld modSld">
+      <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:37:51.104" v="33" actId="2696"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:47:35.759" v="2"/>
+      <pc:sldChg chg="addSp delSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:24:37.387" v="1"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:47:35.759" v="2"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:24:37.387" v="1"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
-            <ac:spMk id="5" creationId="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
+            <ac:spMk id="16" creationId="{A652B028-E509-4A62-83DB-7C434E9DFE3B}"/>
           </ac:spMkLst>
         </pc:spChg>
+        <pc:picChg chg="del">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:24:35.775" v="0" actId="478"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2920479427" sldId="256"/>
+            <ac:picMk id="15" creationId="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+          </ac:picMkLst>
+        </pc:picChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:49:24.936" v="5" actId="790"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:24:54.599" v="3"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1952772968" sldId="262"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:49:24.936" v="5" actId="790"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:24:54.599" v="3"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1952772968" sldId="262"/>
-            <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+            <ac:spMk id="6" creationId="{E4174A6E-98AF-4DF1-9DDB-72FA57A657E7}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:47:00.228" v="1"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:36.992" v="17"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4020019421" sldId="263"/>
         </pc:sldMkLst>
-        <pc:spChg chg="del">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:46:55.600" v="0" actId="478"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:36.992" v="17"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="4020019421" sldId="263"/>
-            <ac:spMk id="3" creationId="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
-[...15 lines deleted...]
-            <ac:spMk id="6" creationId="{6219F35B-CFF9-4D9C-A8D3-708EC804A1F6}"/>
+            <ac:spMk id="4" creationId="{ECBD2994-6D28-4616-B326-4CF87A38C726}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:16:39.254" v="285" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:24:50.881" v="2"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1254930911" sldId="264"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:15:44.819" v="210" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:24:50.881" v="2"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1254930911" sldId="264"/>
-            <ac:spMk id="7" creationId="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
-[...7 lines deleted...]
-            <ac:spMk id="8" creationId="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+            <ac:spMk id="5" creationId="{A524B7BB-0B4E-4ADB-B49E-6D9474AE5857}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:51:48.266" v="18" actId="6549"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:24:57.186" v="4"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1329896045" sldId="267"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:51:48.266" v="18" actId="6549"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:24:57.186" v="4"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1329896045" sldId="267"/>
-            <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+            <ac:spMk id="6" creationId="{D81C4AF4-661D-4078-9E12-481F77EB136D}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:picChg chg="add mod modCrop">
-[...14 lines deleted...]
-        </pc:picChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:52:39.139" v="23" actId="1076"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:00.313" v="5"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3521909197" sldId="272"/>
         </pc:sldMkLst>
-        <pc:picChg chg="add mod">
-[...1 lines deleted...]
-          <ac:picMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:00.313" v="5"/>
+          <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3521909197" sldId="272"/>
-            <ac:picMk id="2" creationId="{F7F9C18C-24F4-4CC4-BE53-75767130D137}"/>
-[...9 lines deleted...]
-        </pc:picChg>
+            <ac:spMk id="7" creationId="{51D21BC0-68A1-4C5D-AF08-64E953D9D606}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:54:14.411" v="48" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:02.920" v="6"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="513750705" sldId="273"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:54:14.411" v="48" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:02.920" v="6"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="513750705" sldId="273"/>
-            <ac:spMk id="3" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="11" creationId="{6126E402-4EB5-4CB0-BE09-D31AA4A2F5D6}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="mod">
-[...22 lines deleted...]
-        </pc:picChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:56:00.427" v="69" actId="1076"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:05.612" v="7"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="195660814" sldId="274"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:55:42.816" v="64" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:05.612" v="7"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="195660814" sldId="274"/>
-            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="10" creationId="{543D1513-3417-41A6-8F93-D3B6B59F6F7E}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="mod">
-[...22 lines deleted...]
-        </pc:picChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:57:14.899" v="81" actId="1076"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:08.064" v="8"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4141129513" sldId="275"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:56:35.192" v="73" actId="790"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:08.064" v="8"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="4141129513" sldId="275"/>
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+            <ac:spMk id="8" creationId="{DE6BB785-A511-4E92-9FB1-9498D105F444}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="mod">
-[...22 lines deleted...]
-        </pc:picChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:58:11.973" v="87" actId="790"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:10.396" v="9"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="324942775" sldId="276"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T16:57:30.013" v="82"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:10.396" v="9"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="324942775" sldId="276"/>
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
-[...7 lines deleted...]
-            <ac:spMk id="7" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="5" creationId="{B8BDFD51-421A-49B6-B482-0CE998970CD3}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:00:12.135" v="96" actId="790"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:13.311" v="10"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1714049655" sldId="277"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:00:12.135" v="96" actId="790"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:13.311" v="10"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1714049655" sldId="277"/>
-            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
-[...15 lines deleted...]
-            <ac:spMk id="7" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="8" creationId="{BE18E9BF-1A95-47DB-9A84-2D2B43AC0855}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:01:32.796" v="105" actId="1076"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:15.991" v="11"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4033219378" sldId="278"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:01:32.796" v="105" actId="1076"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:15.991" v="11"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="4033219378" sldId="278"/>
-            <ac:spMk id="3" creationId="{00000000-0000-0000-0000-000000000000}"/>
-[...7 lines deleted...]
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+            <ac:spMk id="5" creationId="{6FF6F70B-F9AA-4613-BAD6-C3FA38E339A8}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:05:29.416" v="153" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:18.606" v="12"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2159684107" sldId="279"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod modGraphic">
-[...1 lines deleted...]
-          <ac:graphicFrameMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:18.606" v="12"/>
+          <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2159684107" sldId="279"/>
-            <ac:graphicFrameMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-        </pc:graphicFrameChg>
+            <ac:spMk id="5" creationId="{8AA2168C-B353-45EE-981B-532E7C10460E}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:07:35.432" v="161" actId="1076"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:22.415" v="13"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="101900035" sldId="280"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="del">
-[...1 lines deleted...]
-          <ac:graphicFrameMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:22.415" v="13"/>
+          <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="101900035" sldId="280"/>
-            <ac:graphicFrameMk id="4" creationId="{00000000-0000-0000-0000-000000000000}"/>
-[...41 lines deleted...]
-        </pc:picChg>
+            <ac:spMk id="6" creationId="{ED29142D-83EE-43D2-9332-B45489F06487}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:09:29.295" v="193" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:27.019" v="14"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="394663578" sldId="281"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:09:08.810" v="164" actId="123"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:27.019" v="14"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="394663578" sldId="281"/>
-            <ac:spMk id="9" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="7" creationId="{379245B5-B63E-485A-A901-6E57A7458156}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:graphicFrameChg chg="modGraphic">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:10:32.258" v="199" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:30.023" v="15"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3847577616" sldId="282"/>
         </pc:sldMkLst>
-        <pc:spChg chg="del">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:10:27.026" v="196" actId="478"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:30.023" v="15"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3847577616" sldId="282"/>
-            <ac:spMk id="3" creationId="{00000000-0000-0000-0000-000000000000}"/>
-[...7 lines deleted...]
-            <ac:spMk id="4" creationId="{2A7ABF7B-CC9E-4058-AD66-3EB2ABD1EAEE}"/>
+            <ac:spMk id="3" creationId="{050DAEA6-AE12-4491-B2BB-CEC7532DF841}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:11:50.969" v="203" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:34.208" v="16"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1367260989" sldId="283"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:11:50.969" v="203" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:25:34.208" v="16"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1367260989" sldId="283"/>
-            <ac:spMk id="4" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="5" creationId="{10D7FC07-2728-4713-A315-7BC366C70AF5}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp del">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:11:59.040" v="204" actId="2696"/>
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:37:51.104" v="33" actId="2696"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="4294948721" sldId="284"/>
+          <pc:sldMk cId="1458738133" sldId="289"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-05-04T17:11:05.517" v="200"/>
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{D5BCCA3B-A04D-4175-A2A8-24D728FB488B}" dt="2025-10-24T11:26:42.877" v="32" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="4294948721" sldId="284"/>
-            <ac:spMk id="3" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="1458738133" sldId="289"/>
+            <ac:spMk id="5" creationId="{4111F4BD-3358-46B1-9609-9F31A909894F}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -1171,80 +974,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1465,80 +1238,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1649,80 +1392,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1771,80 +1484,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1893,95 +1576,65 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -2187,165 +1840,639 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B8522C0-1B75-574B-E31F-A7048A37DD89}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7359162" y="6200486"/>
+            <a:ext cx="3994637" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Suf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>inancirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sredstvima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izneseni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>moraju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>podudarati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenjima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (NA). Ni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> NA ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odgovornima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Picture 9" descr="A blue flag with yellow stars&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD65FEF8-CD5A-0832-AFF2-5FE4B80FD51A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="hqprint">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...34 lines deleted...]
-        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6468532" y="6338357"/>
-            <a:ext cx="4885267" cy="365125"/>
+            <a:off x="11353799" y="6178259"/>
+            <a:ext cx="785255" cy="647466"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...41 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -2616,188 +2743,138 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/t-test/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/statistical-tests/#nonparametric" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/chi-square-tests/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/one-way-anova/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/simple-linear-regression/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/t-test/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/statistical-tests/#nonparametric" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/chi-square-tests/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/one-way-anova/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/simple-linear-regression/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dept.clcillinois.edu/mth/oer/IntroductoryStatistics.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openstax.org/details/books/introductory-statistics-2e" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dept.clcillinois.edu/mth/oer/IntroductoryStatistics.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.khanacademy.org/math/statistics-probability" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/category/statistics/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.uqu.edu.sa/_/mskhayat/files/MySubjects/20178FS%20Elementary%20Statistics/Introductory%20Statistics%20(7th%20Ed).pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://byjus.com/maths/statistics/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.umn.edu/opentextbooks/textbooks/196" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=VPZD_aij8H0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saylordotorg.github.io/text_introductory-statistics/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Tareq-Alodat-2/publication/340511098_INTRODUCTION_TO_STATISTICS_MADE_EASY/links/5e8de3dc4585150839c7b58a/INTRODUCTION-TO-STATISTICS-MADE-EASY.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.openstax.org/oscms-prodcms/media/documents/IntroductoryStatistics-OP_i6tAI7e.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=LMSyiAJm99g" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinestatbook.com/Online_Statistics_Education.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.libretexts.org/Bookshelves/Introductory_Statistics" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geeksforgeeks.org/introduction-of-statistics-and-its-types/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/BWbgiJz0_TA?si=wTNnNud2uKSF_9Mg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/median/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/mean/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/standard-deviation/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/mode/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/median/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/mean/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/standard-deviation/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/mode/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...52 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
@@ -2865,115 +2942,68 @@
               <a:t>Business Analytics Skills </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-GB" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -3005,51 +3035,51 @@
               <a:rPr lang="hr" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>projekta – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -3175,80 +3205,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6DF4095-31B2-811F-E7E2-492B8C792067}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5925440" y="659349"/>
             <a:ext cx="5648456" cy="2183467"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
@@ -8829,50 +8829,171 @@
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4111F4BD-3358-46B1-9609-9F31A909894F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4769192"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit fontScale="97500"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" kern="1200">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Autori:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3700" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, Kristijan Brglez, Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>​</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Zadnja verzija: Lipanj 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="649892556"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
@@ -12437,95 +12558,95 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3a4bc1c2e803e34ab25283c57d356cd6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78687c9cd23a33d19b0c7b75dbe954e0" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Oznake slike" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
@@ -12545,88 +12666,88 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f4652e19-0f91-4064-a28d-12f01e91685a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9bddfac-6dc9-4958-8f35-4d0da3af229b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="V skupni rabi z" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="V skupni rabi s podrobnostmi" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Vrsta vsebine"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Naslov"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -12672,171 +12793,172 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{785816CE-F248-453D-BEEE-8E4EC1B6766F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE92E7B7-77FD-47BE-B5FA-21E601133D43}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1401</Words>
+  <Words>1828</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Široki zaslon</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>17</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>169</Paragraphs>
+  <Slides>18</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Korišteni fontovi</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi slajdova</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>17</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="23" baseType="lpstr">
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Statističke metode za analizu logističkih podataka</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Uloga i važnost statistike u poslovnoj analitici</vt:lpstr>
       <vt:lpstr>Normalna distribucija</vt:lpstr>
       <vt:lpstr>Empirijsko pravilo</vt:lpstr>
       <vt:lpstr>Formula normalne krivulje</vt:lpstr>
       <vt:lpstr>Standardna normalna distribucija</vt:lpstr>
       <vt:lpstr>Određivanje vjerojatnosti korištenjem  z -distribucije</vt:lpstr>
       <vt:lpstr>Sampling-distribucija</vt:lpstr>
       <vt:lpstr>Centralni granični teorem i sampling-distribucija </vt:lpstr>
       <vt:lpstr>Testna statistika</vt:lpstr>
       <vt:lpstr>Vrste testnih statistika</vt:lpstr>
       <vt:lpstr>Standardna pogreška i interval pouzdanosti</vt:lpstr>
       <vt:lpstr>Standardna pogreška i interval pouzdanosti</vt:lpstr>
-      <vt:lpstr>PowerPoint prezentacija</vt:lpstr>
-      <vt:lpstr>PowerPoint prezentacija</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">