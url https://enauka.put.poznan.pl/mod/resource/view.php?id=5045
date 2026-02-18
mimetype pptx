--- v0 (2025-10-01)
+++ v1 (2026-02-18)
@@ -1,134 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
     <p:sldMasterId id="2147483661" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="257" r:id="rId7"/>
     <p:sldId id="437" r:id="rId8"/>
     <p:sldId id="435" r:id="rId9"/>
     <p:sldId id="436" r:id="rId10"/>
     <p:sldId id="258" r:id="rId11"/>
     <p:sldId id="434" r:id="rId12"/>
     <p:sldId id="274" r:id="rId13"/>
     <p:sldId id="273" r:id="rId14"/>
     <p:sldId id="275" r:id="rId15"/>
     <p:sldId id="259" r:id="rId16"/>
     <p:sldId id="271" r:id="rId17"/>
     <p:sldId id="277" r:id="rId18"/>
     <p:sldId id="268" r:id="rId19"/>
     <p:sldId id="261" r:id="rId20"/>
     <p:sldId id="269" r:id="rId21"/>
     <p:sldId id="272" r:id="rId22"/>
     <p:sldId id="276" r:id="rId23"/>
     <p:sldId id="270" r:id="rId24"/>
     <p:sldId id="262" r:id="rId25"/>
     <p:sldId id="438" r:id="rId26"/>
     <p:sldId id="266" r:id="rId27"/>
     <p:sldId id="278" r:id="rId28"/>
-    <p:sldId id="267" r:id="rId29"/>
+    <p:sldId id="289" r:id="rId29"/>
+    <p:sldId id="267" r:id="rId30"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="7559675" cy="10691813"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="hr"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -229,434 +233,479 @@
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="64" d="100"/>
-          <a:sy n="64" d="100"/>
+          <a:sx n="106" d="100"/>
+          <a:sy n="106" d="100"/>
         </p:scale>
-        <p:origin x="96" y="990"/>
+        <p:origin x="756" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="-342"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}"/>
-[...14 lines deleted...]
-    <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}"/>
+    <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}"/>
     <pc:docChg chg="custSel modSld">
-      <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:31:09.332" v="212"/>
+      <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:46.899" v="27"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:11:59.528" v="20"/>
+      <pc:sldChg chg="addSp delSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:37:49.459" v="3" actId="478"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="256"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:11:36.873" v="18"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:37:46.673" v="2"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="256"/>
-            <ac:spMk id="91" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="14" creationId="{C8F64C50-E33A-42BC-B4F1-41CE6C64BFFE}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="mod">
-[...1 lines deleted...]
-          <ac:spMkLst>
+        <pc:picChg chg="add del">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:37:44.762" v="1"/>
+          <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="256"/>
-            <ac:spMk id="94" creationId="{00000000-0000-0000-0000-000000000000}"/>
-[...4 lines deleted...]
-          <ac:spMkLst>
+            <ac:picMk id="2" creationId="{6E317C3E-3866-46B4-AABB-36AC9B408C61}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="del">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:37:49.459" v="3" actId="478"/>
+          <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="256"/>
-            <ac:spMk id="95" creationId="{00000000-0000-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-        </pc:spChg>
+            <ac:picMk id="98" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:picMkLst>
+        </pc:picChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:12:58.094" v="31" actId="20577"/>
+      <pc:sldChg chg="addSp modSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:38:48.849" v="5" actId="1036"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="257"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:12:05.937" v="26" actId="20577"/>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:38:48.849" v="5" actId="1036"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="257"/>
-            <ac:spMk id="99" creationId="{00000000-0000-0000-0000-000000000000}"/>
-[...7 lines deleted...]
-            <ac:spMk id="100" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="4" creationId="{C56CF681-2607-48A0-8A75-7819DD870B53}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:16:25.502" v="61" actId="404"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:38:58.808" v="9"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1283555088" sldId="258"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:16:25.502" v="61" actId="404"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:38:58.808" v="9"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1283555088" sldId="258"/>
-            <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="5" creationId="{37FB8833-B171-4340-8A24-558543F506BB}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:29:34.076" v="211" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:13.445" v="14"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="259"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:13.445" v="14"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="259"/>
+            <ac:spMk id="5" creationId="{98BE20E6-34CB-4E47-AB7B-D2340527BA14}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:25.017" v="18"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="261"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:25.017" v="18"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="261"/>
+            <ac:spMk id="4" creationId="{ECCE1E44-25F6-4787-BC25-753A5A4D2DFE}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:36.350" v="23"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="262"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:29:34.076" v="211" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:36.350" v="23"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="262"/>
-            <ac:spMk id="114" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="5" creationId="{3D2F53C0-05D4-4E32-87E0-DAF481E4C710}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:11:02.752" v="7" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:42.232" v="25"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="266"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:42.232" v="25"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="266"/>
+            <ac:spMk id="4" creationId="{BA1AFA5A-0238-4ABD-B808-F5261F9B25D5}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:46.899" v="27"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="267"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:11:02.752" v="7" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:46.899" v="27"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="267"/>
-            <ac:spMk id="127" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="4" creationId="{E391473A-7B0A-469A-A078-2E9F3E67B914}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:24:45.341" v="170" actId="6549"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:21.554" v="17"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1734625239" sldId="268"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:24:45.341" v="170" actId="6549"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:21.554" v="17"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1734625239" sldId="268"/>
-            <ac:spMk id="105" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="4" creationId="{E743DBD9-24CD-494D-8EE0-6EBE578880F4}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:28:31.171" v="189" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:27.349" v="19"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="541305173" sldId="269"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:27.349" v="19"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="541305173" sldId="269"/>
+            <ac:spMk id="4" creationId="{755464B1-1B41-4C63-8F1D-6A0202456052}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:33.923" v="22"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3795078662" sldId="270"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:28:31.171" v="189" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:33.923" v="22"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3795078662" sldId="270"/>
-            <ac:spMk id="111" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="4" creationId="{61E7D16B-2A71-41F8-9DD9-A28CD41DE189}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:23:49.533" v="162" actId="1076"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:15.581" v="15"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3938609928" sldId="271"/>
         </pc:sldMkLst>
-        <pc:spChg chg="ord">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:23:46.461" v="161" actId="166"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:15.581" v="15"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3938609928" sldId="271"/>
-            <ac:spMk id="10" creationId="{15FB9986-97FE-2208-9078-E3AF295BEEA9}"/>
+            <ac:spMk id="5" creationId="{7A2DE33C-A96B-4F9A-AD0A-1A98C7C48687}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:picChg chg="add mod">
-[...1 lines deleted...]
-          <ac:picMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:29.252" v="20"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="16559152" sldId="272"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:29.252" v="20"/>
+          <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="3938609928" sldId="271"/>
-[...10 lines deleted...]
-        </pc:picChg>
+            <pc:sldMk cId="16559152" sldId="272"/>
+            <ac:spMk id="5" creationId="{58F6725C-8482-4F72-9397-6D4D1E8BCB65}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:21:37.881" v="157" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:08.606" v="12"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3719117435" sldId="273"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:21:37.881" v="157" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:08.606" v="12"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3719117435" sldId="273"/>
-            <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="5" creationId="{941D6F51-6D56-40D2-811C-9792898E3262}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:17:51.475" v="77" actId="1076"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:06.087" v="11"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1419681172" sldId="274"/>
         </pc:sldMkLst>
-        <pc:picChg chg="del">
-[...1 lines deleted...]
-          <ac:picMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:06.087" v="11"/>
+          <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1419681172" sldId="274"/>
-            <ac:picMk id="2" creationId="{C1A74A1A-03D7-806D-87E2-68BDFE2FC5CA}"/>
-[...4 lines deleted...]
-          <ac:picMkLst>
+            <ac:spMk id="5" creationId="{475CA053-2B71-4A75-A202-A56FA3B10288}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:10.817" v="13"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="388892531" sldId="275"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:10.817" v="13"/>
+          <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="1419681172" sldId="274"/>
-[...2 lines deleted...]
-        </pc:picChg>
+            <pc:sldMk cId="388892531" sldId="275"/>
+            <ac:spMk id="5" creationId="{5D9050AD-FDC9-4B4F-9BBC-7F5DFC068AA7}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:27:44.520" v="173" actId="14100"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:31.646" v="21"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4059295034" sldId="276"/>
         </pc:sldMkLst>
-        <pc:picChg chg="del">
-[...1 lines deleted...]
-          <ac:picMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:31.646" v="21"/>
+          <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="4059295034" sldId="276"/>
-            <ac:picMk id="2" creationId="{68F8DDF5-0B01-3AE1-9B9A-EACE00DD2F41}"/>
-[...4 lines deleted...]
-          <ac:picMkLst>
+            <ac:spMk id="4" creationId="{51EC1E68-D8EA-419F-8444-D2FACB6918AE}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:17.716" v="16"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3275584542" sldId="277"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:17.716" v="16"/>
+          <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="4059295034" sldId="276"/>
-[...2 lines deleted...]
-        </pc:picChg>
+            <pc:sldMk cId="3275584542" sldId="277"/>
+            <ac:spMk id="6" creationId="{587C76F7-CAE1-41FE-A50F-B16831F9B9A3}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:31:09.332" v="212"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:44.849" v="26"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4167233608" sldId="278"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:11:14.296" v="17" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:44.849" v="26"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="4167233608" sldId="278"/>
-            <ac:spMk id="125" creationId="{00000000-0000-0000-0000-000000000000}"/>
-[...7 lines deleted...]
-            <ac:spMk id="126" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="4" creationId="{AC9FD8D3-6AAE-4B5D-BEA7-56AD4F8A48ED}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:17:20.077" v="73" actId="113"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:01.177" v="10"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4243192384" sldId="434"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:17:20.077" v="73" actId="113"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:01.177" v="10"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="4243192384" sldId="434"/>
-            <ac:spMk id="102" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="5" creationId="{A681B2B7-FA27-4B14-926E-EF08F79832E1}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:14:44.035" v="41" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:38:54.152" v="7"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="957197095" sldId="435"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:14:44.035" v="41" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:38:54.152" v="7"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="957197095" sldId="435"/>
-            <ac:spMk id="100" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <ac:spMk id="9" creationId="{3195DFF2-0AE9-48A7-9E3F-ED0921A40FF4}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:14:17.063" v="40" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:38:56.383" v="8"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="516918703" sldId="436"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:38:56.383" v="8"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="516918703" sldId="436"/>
+            <ac:spMk id="7" creationId="{673CBC82-D0ED-4A30-96B7-F9DC6E510A1C}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:38:51.589" v="6"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="777026037" sldId="437"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F4B3FBB9-5DB8-4CD7-B6F9-6166D22976DD}" dt="2025-05-04T19:14:17.063" v="40" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:38:51.589" v="6"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="777026037" sldId="437"/>
-            <ac:spMk id="2" creationId="{A73A595F-3B6F-93D4-04B0-07D26862F901}"/>
+            <ac:spMk id="4" creationId="{F3CF4E4A-995F-46D9-BFD7-B449239F6530}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:38.783" v="24"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3078110176" sldId="438"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{F1F87027-B1A8-4CAD-AAE8-794C2DBD20E8}" dt="2025-10-27T06:39:38.783" v="24"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3078110176" sldId="438"/>
+            <ac:spMk id="5" creationId="{5EC842A0-77AE-41A3-B88C-83380127643A}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
-  </pc:docChgLst>
-[...25 lines deleted...]
-    <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{0C57C158-D8E9-FFDD-3882-FC282FB1398E}"/>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -686,55 +735,59 @@
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -3997,51 +4050,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="sl-SI"/>
               <a:t>Peta raven</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Označba mesta datuma 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5AFA4A7B-F2F2-4AD2-9E5C-4556BDE03182}" type="datetimeFigureOut">
               <a:rPr lang="sl-SI" smtClean="0"/>
-              <a:t>4. 05. 2025</a:t>
+              <a:t>7. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sl-SI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Označba mesta številke diapozitiva 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2BEEAE32-DC5A-4659-A2D3-69A6C58F66D9}" type="slidenum">
               <a:rPr lang="sl-SI" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sl-SI"/>
@@ -4379,51 +4432,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="sl-SI"/>
               <a:t>Peta raven</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Označba mesta datuma 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5AFA4A7B-F2F2-4AD2-9E5C-4556BDE03182}" type="datetimeFigureOut">
               <a:rPr lang="sl-SI" smtClean="0"/>
-              <a:t>4. 05. 2025</a:t>
+              <a:t>7. 11. 2025</a:t>
             </a:fld>
             <a:endParaRPr lang="sl-SI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Označba mesta številke diapozitiva 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2BEEAE32-DC5A-4659-A2D3-69A6C58F66D9}" type="slidenum">
               <a:rPr lang="sl-SI" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="sl-SI"/>
@@ -4615,50 +4668,314 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9544156" y="56131"/>
             <a:ext cx="2378320" cy="864000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="618742574"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
+<file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="693647686"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title, Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
@@ -5794,55 +6111,55 @@
           <p:nvPr>
             <p:ph type="sldNum" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D624CC2F-C12B-4E99-B367-B15EB1E626B8}" type="slidenum">
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -5911,73 +6228,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1523880" y="1122480"/>
             <a:ext cx="9143640" cy="2387160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
@@ -6143,73 +6437,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="609480" y="1604520"/>
             <a:ext cx="10972440" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="t">
@@ -6371,50 +6642,639 @@
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
               </a:rPr>
               <a:t>Sedma raven orisa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="pole tekstowe 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{704F5B70-EEAD-C187-9EC2-652A8A8BEEFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7359162" y="6200486"/>
+            <a:ext cx="3994637" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Suf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>inancirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sredstvima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izneseni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>moraju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>podudarati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenjima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (NA). Ni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> NA ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odgovornima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 9" descr="A blue flag with yellow stars&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB812DAD-BC2C-4F0C-5213-5910256124B2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11353799" y="6178259"/>
+            <a:ext cx="785255" cy="647466"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
     <p:sldLayoutId id="2147483660" r:id="rId12"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
@@ -6703,51 +7563,51 @@
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="45" name="Obraz 6"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId16"/>
+          <a:blip r:embed="rId17"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289080" y="169200"/>
             <a:ext cx="1097640" cy="1023120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="pole tekstowe 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172160"/>
             <a:ext cx="1674000" cy="394560"/>
@@ -6781,73 +7641,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608840" y="365040"/>
             <a:ext cx="9744840" cy="1116360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
@@ -7113,91 +7950,658 @@
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Piąty poziom</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...8 lines deleted...]
-        </p:blipFill>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="pole tekstowe 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1D5CEF6-4FDF-4263-E215-030DF6D3A25D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7814160" y="6158880"/>
-            <a:ext cx="3590640" cy="462960"/>
+            <a:off x="7359162" y="6200486"/>
+            <a:ext cx="3994637" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="0">
-[...1 lines deleted...]
-          </a:ln>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Suf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>inancirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sredstvima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izneseni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>moraju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>podudarati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenjima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (NA). Ni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> NA ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odgovornima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 9" descr="A blue flag with yellow stars&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C06FFCA-CE48-970E-A2A5-B123E3B4A63D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId18" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11353799" y="6178259"/>
+            <a:ext cx="785255" cy="647466"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483662" r:id="rId1"/>
     <p:sldLayoutId id="2147483663" r:id="rId2"/>
     <p:sldLayoutId id="2147483664" r:id="rId3"/>
     <p:sldLayoutId id="2147483665" r:id="rId4"/>
     <p:sldLayoutId id="2147483666" r:id="rId5"/>
     <p:sldLayoutId id="2147483667" r:id="rId6"/>
     <p:sldLayoutId id="2147483668" r:id="rId7"/>
     <p:sldLayoutId id="2147483669" r:id="rId8"/>
     <p:sldLayoutId id="2147483670" r:id="rId9"/>
     <p:sldLayoutId id="2147483671" r:id="rId10"/>
     <p:sldLayoutId id="2147483672" r:id="rId11"/>
     <p:sldLayoutId id="2147483673" r:id="rId12"/>
     <p:sldLayoutId id="2147483674" r:id="rId13"/>
     <p:sldLayoutId id="2147483675" r:id="rId14"/>
+    <p:sldLayoutId id="2147483676" r:id="rId15"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -7439,219 +8843,166 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tableau.com/learn/articles/business-intelligence/bi-business-analytics" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britannica.com/topic/just-in-time-manufacturing" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...55 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="89" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700600" y="345240"/>
             <a:ext cx="4966920" cy="1752120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
@@ -7793,97 +9144,74 @@
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-GB" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-GB" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="93" name="pole tekstowe 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170640" y="6462720"/>
             <a:ext cx="6095520" cy="333360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
@@ -8033,51 +9361,51 @@
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Predavanje</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="2800" spc="-1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
               <a:ea typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="96" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4"/>
+          <a:blip r:embed="rId3"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964520" y="0"/>
             <a:ext cx="1226880" cy="429120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97" name="Dowolny kształt: kształt 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169200" y="93240"/>
             <a:ext cx="1625400" cy="1599840"/>
@@ -8154,73 +9482,50 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" tIns="45000" rIns="90000" bIns="45000" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -13707,50 +15012,171 @@
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:ea typeface="Calibri" panose="020F0502020204030204"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4167233608"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4111F4BD-3358-46B1-9609-9F31A909894F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4769192"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit fontScale="97500"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" kern="1200">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Autori:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3700" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, Kristijan Brglez, Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>​</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Zadnja verzija: Lipanj 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1458738133"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="127" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -17481,104 +18907,106 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="ea3c6b89e5b2f63f9c673131913526a4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d298d80043a1406bbee35aad13b0ffa" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3a4bc1c2e803e34ab25283c57d356cd6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78687c9cd23a33d19b0c7b75dbe954e0" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tagi obrazów" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
@@ -17598,88 +19026,88 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f4652e19-0f91-4064-a28d-12f01e91685a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9bddfac-6dc9-4958-8f35-4d0da3af229b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Udostępnione dla — szczegóły" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ zawartości"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tytuł"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -17725,173 +19153,171 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{725F0AC8-B28C-44E2-864B-414F53520290}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45B2E4B7-9F2B-4476-8F87-3F044BC2AE95}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07865333-F602-4D5B-8541-4202A1D0A798}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDDCF46D-6960-4AB2-B3F4-CE68214B1BFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45B2E4B7-9F2B-4476-8F87-3F044BC2AE95}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{725F0AC8-B28C-44E2-864B-414F53520290}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1726</Words>
+  <Words>1829</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Široki zaslon</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>24</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>140</Paragraphs>
+  <Slides>25</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Korišteni fontovi</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi slajdova</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>24</vt:i4>
+        <vt:i4>25</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="33" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>STATISTIČKE METODE ZA ANALIZU LOGISTIČKIH PODATAKA</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Operacijska istraživanja (OR)</vt:lpstr>
       <vt:lpstr>Operacijska istraživanja</vt:lpstr>
       <vt:lpstr>Primjeri upotrebe</vt:lpstr>
       <vt:lpstr>Operacijska istraživanja u logistici</vt:lpstr>
       <vt:lpstr>Strateško logističko planiranje</vt:lpstr>
       <vt:lpstr>Strateško logističko planiranje</vt:lpstr>
       <vt:lpstr>SCOR</vt:lpstr>
       <vt:lpstr>Dizajn za Six Sigma (DFSS)</vt:lpstr>
       <vt:lpstr>Poslovna inteligencija i analitika</vt:lpstr>
       <vt:lpstr>SOP (1/2)</vt:lpstr>
       <vt:lpstr>SOP (2/2)</vt:lpstr>
       <vt:lpstr>Poslovna analitika</vt:lpstr>
       <vt:lpstr>Sustavi za podršku odlučivanju</vt:lpstr>
       <vt:lpstr>Primjer: Višekriterijski proces odlučivanja</vt:lpstr>
       <vt:lpstr>Primjer MCDM-a (1/2)</vt:lpstr>
       <vt:lpstr>Primjer MCDM-a (2/2)</vt:lpstr>
       <vt:lpstr>MCDM postupak</vt:lpstr>
       <vt:lpstr>Inženjerstvo temeljeno na znanju (KBE)</vt:lpstr>
       <vt:lpstr>Strateško upravljanje logistikom (OR + KBE)</vt:lpstr>
       <vt:lpstr>Sažetak</vt:lpstr>
       <vt:lpstr>Literatura</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:subject/>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>sl-SI</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>