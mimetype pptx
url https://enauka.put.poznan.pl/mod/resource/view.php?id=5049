--- v0 (2025-10-01)
+++ v1 (2026-01-02)
@@ -1,84 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="289" r:id="rId7"/>
     <p:sldId id="290" r:id="rId8"/>
     <p:sldId id="281" r:id="rId9"/>
     <p:sldId id="291" r:id="rId10"/>
     <p:sldId id="282" r:id="rId11"/>
     <p:sldId id="293" r:id="rId12"/>
     <p:sldId id="292" r:id="rId13"/>
@@ -86,51 +87,52 @@
     <p:sldId id="294" r:id="rId15"/>
     <p:sldId id="295" r:id="rId16"/>
     <p:sldId id="285" r:id="rId17"/>
     <p:sldId id="286" r:id="rId18"/>
     <p:sldId id="267" r:id="rId19"/>
     <p:sldId id="261" r:id="rId20"/>
     <p:sldId id="268" r:id="rId21"/>
     <p:sldId id="269" r:id="rId22"/>
     <p:sldId id="296" r:id="rId23"/>
     <p:sldId id="270" r:id="rId24"/>
     <p:sldId id="271" r:id="rId25"/>
     <p:sldId id="272" r:id="rId26"/>
     <p:sldId id="273" r:id="rId27"/>
     <p:sldId id="274" r:id="rId28"/>
     <p:sldId id="275" r:id="rId29"/>
     <p:sldId id="297" r:id="rId30"/>
     <p:sldId id="276" r:id="rId31"/>
     <p:sldId id="277" r:id="rId32"/>
     <p:sldId id="278" r:id="rId33"/>
     <p:sldId id="298" r:id="rId34"/>
     <p:sldId id="279" r:id="rId35"/>
     <p:sldId id="280" r:id="rId36"/>
     <p:sldId id="288" r:id="rId37"/>
     <p:sldId id="266" r:id="rId38"/>
     <p:sldId id="283" r:id="rId39"/>
-    <p:sldId id="263" r:id="rId40"/>
+    <p:sldId id="299" r:id="rId40"/>
+    <p:sldId id="263" r:id="rId41"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="hr"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -225,50 +227,51 @@
             <p14:sldId id="294"/>
             <p14:sldId id="295"/>
             <p14:sldId id="285"/>
             <p14:sldId id="286"/>
             <p14:sldId id="267"/>
             <p14:sldId id="261"/>
             <p14:sldId id="268"/>
             <p14:sldId id="269"/>
             <p14:sldId id="296"/>
             <p14:sldId id="270"/>
             <p14:sldId id="271"/>
             <p14:sldId id="272"/>
             <p14:sldId id="273"/>
             <p14:sldId id="274"/>
             <p14:sldId id="275"/>
             <p14:sldId id="297"/>
             <p14:sldId id="276"/>
             <p14:sldId id="277"/>
             <p14:sldId id="278"/>
             <p14:sldId id="298"/>
             <p14:sldId id="279"/>
             <p14:sldId id="280"/>
             <p14:sldId id="288"/>
             <p14:sldId id="266"/>
             <p14:sldId id="283"/>
+            <p14:sldId id="299"/>
             <p14:sldId id="263"/>
           </p14:sldIdLst>
         </p14:section>
       </p14:sectionLst>
     </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
@@ -279,987 +282,669 @@
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="F24D0B"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="015BA6"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="62" d="100"/>
-          <a:sy n="62" d="100"/>
+          <a:sx n="112" d="100"/>
+          <a:sy n="112" d="100"/>
         </p:scale>
-        <p:origin x="108" y="1164"/>
+        <p:origin x="444" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}"/>
+    <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}"/>
     <pc:docChg chg="custSel modSld">
-      <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}" dt="2025-05-05T13:32:11.377" v="42" actId="478"/>
+      <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:14.998" v="36"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp mod">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}" dt="2025-05-05T13:32:04.167" v="40" actId="27636"/>
+      <pc:sldChg chg="addSp delSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:36.579" v="1"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}" dt="2025-05-05T13:30:30.240" v="0"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:36.579" v="1"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
-            <ac:spMk id="5" creationId="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
+            <ac:spMk id="17" creationId="{F4AB1B7B-F8CC-4D87-9117-1FE959D3258D}"/>
           </ac:spMkLst>
         </pc:spChg>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}" dt="2025-05-05T13:32:04.167" v="40" actId="27636"/>
+        <pc:picChg chg="del">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:35.137" v="0" actId="478"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2920479427" sldId="256"/>
+            <ac:picMk id="15" creationId="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:22.769" v="16"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2863694609" sldId="261"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:22.769" v="16"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="2920479427" sldId="256"/>
-            <ac:spMk id="16" creationId="{D9ECDBAE-4B2C-A863-0E4B-D66D17C12BD1}"/>
+            <pc:sldMk cId="2863694609" sldId="261"/>
+            <ac:spMk id="6" creationId="{F4318CFB-4A75-4E93-BF7C-6E760E67154A}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp mod">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}" dt="2025-05-05T13:31:21.152" v="27" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:14.998" v="36"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="4020019421" sldId="263"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}" dt="2025-05-05T13:31:21.152" v="27" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:14.998" v="36"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="4020019421" sldId="263"/>
-            <ac:spMk id="3" creationId="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+            <ac:spMk id="4" creationId="{FABF09A4-67E4-42AD-A4B3-158B8C843D8C}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp mod">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}" dt="2025-05-05T13:31:09.368" v="12" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:47.983" v="2"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1254930911" sldId="264"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}" dt="2025-05-05T13:31:09.368" v="12" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:47.983" v="2"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1254930911" sldId="264"/>
-            <ac:spMk id="7" creationId="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+            <ac:spMk id="4" creationId="{D97FC346-0CB2-47B9-879A-8EE1AA3E2E70}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="addSp delSp modSp mod">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}" dt="2025-05-05T13:32:11.377" v="42" actId="478"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:06.113" v="34"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3298298427" sldId="266"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:06.113" v="34"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3298298427" sldId="266"/>
+            <ac:spMk id="4" creationId="{0545338F-9352-4F6B-84C8-867107243E2D}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:20.504" v="15"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1275616081" sldId="267"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:20.504" v="15"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1275616081" sldId="267"/>
+            <ac:spMk id="7" creationId="{2C278EBC-C90B-4FC2-9C10-3E7101163F3C}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:25.081" v="17"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2312904848" sldId="268"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:25.081" v="17"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2312904848" sldId="268"/>
+            <ac:spMk id="6" creationId="{3A14990F-D486-4820-955A-0C7C6C5376B4}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:27.333" v="18"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3277160422" sldId="269"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:27.333" v="18"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3277160422" sldId="269"/>
+            <ac:spMk id="4" creationId="{4E533E27-E539-4467-BD51-F0FE008B7590}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:32.044" v="20"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1349695546" sldId="270"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:32.044" v="20"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1349695546" sldId="270"/>
+            <ac:spMk id="9" creationId="{EDE587E6-49D9-4668-A3B0-A4164AFA9C1F}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:34.256" v="21"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="520768526" sldId="271"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:34.256" v="21"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="520768526" sldId="271"/>
+            <ac:spMk id="6" creationId="{0651BE96-9FCD-46F4-9608-667747A35D2E}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:36.638" v="22"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1743278951" sldId="272"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:36.638" v="22"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1743278951" sldId="272"/>
+            <ac:spMk id="7" creationId="{6C9FBF23-B164-47B5-992B-0FEB0CE53128}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:39.030" v="23"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3385341165" sldId="273"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:39.030" v="23"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3385341165" sldId="273"/>
+            <ac:spMk id="7" creationId="{D7C001D1-7A3D-4FBE-96A2-9DD8002A27A3}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:41.737" v="24"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4131337870" sldId="274"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:41.737" v="24"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4131337870" sldId="274"/>
+            <ac:spMk id="7" creationId="{9F9EE249-3201-4B33-B68A-7697F22D51C3}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:43.972" v="25"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1156489943" sldId="275"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:43.972" v="25"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1156489943" sldId="275"/>
+            <ac:spMk id="5" creationId="{200231DB-B9C4-4965-9C46-32584D5E8F62}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:48.183" v="27"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3675291485" sldId="276"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:48.183" v="27"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3675291485" sldId="276"/>
+            <ac:spMk id="6" creationId="{8255EE6F-4C4F-418F-AE16-977A8B8C8682}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:50.143" v="28"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2554000485" sldId="277"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:50.143" v="28"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2554000485" sldId="277"/>
+            <ac:spMk id="7" creationId="{77FA274E-2004-4CBA-8EC3-C4452D81FB9E}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:54.891" v="30"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="180172119" sldId="278"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:54.891" v="30"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="180172119" sldId="278"/>
+            <ac:spMk id="6" creationId="{35028D79-2E89-410F-B824-6887BF403202}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:58.869" v="31"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1358501400" sldId="279"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:58.869" v="31"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1358501400" sldId="279"/>
+            <ac:spMk id="6" creationId="{C629A503-9B65-41A6-A535-9DBA1F531086}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:01.808" v="32"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2300781915" sldId="280"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:01.808" v="32"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2300781915" sldId="280"/>
+            <ac:spMk id="9" creationId="{70DB4BFD-6821-4FD2-9529-634F46B2A4B2}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:55.052" v="5"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="335570440" sldId="281"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:55.052" v="5"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="335570440" sldId="281"/>
+            <ac:spMk id="6" creationId="{5E05A4E7-6A6C-405A-BF4C-4DFDBED2FC19}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:00.283" v="7"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1919803319" sldId="282"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:00.283" v="7"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1919803319" sldId="282"/>
+            <ac:spMk id="6" creationId="{1B3D3DEC-DD51-402E-B91F-0855CABE97C3}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:11.500" v="35"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3636844302" sldId="283"/>
         </pc:sldMkLst>
-        <pc:spChg chg="add del mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{62F970F1-A8DB-429C-9DE0-DAF22399FEBB}" dt="2025-05-05T13:32:11.377" v="42" actId="478"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:11.500" v="35"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3636844302" sldId="283"/>
-            <ac:spMk id="3" creationId="{428199B0-A2E8-64FA-0C4A-C7FCE567344D}"/>
-[...23 lines deleted...]
-            <ac:spMk id="8" creationId="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+            <ac:spMk id="4" creationId="{E951538A-FCBF-4ADD-9024-148469173B37}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-    </pc:docChg>
-[...484 lines deleted...]
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:25:45.664" v="230" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:08.442" v="10"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1888912412" sldId="284"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:25:05.545" v="225" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:08.442" v="10"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1888912412" sldId="284"/>
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
-[...7 lines deleted...]
-            <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+            <ac:spMk id="6" creationId="{B7B26945-75E2-4BDB-9303-E31EF6BEA7A6}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:30:15.281" v="395" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:16.165" v="13"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1620835638" sldId="285"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:30:15.281" v="395" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:16.165" v="13"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1620835638" sldId="285"/>
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
-[...7 lines deleted...]
-            <ac:spMk id="6" creationId="{EE253EDD-5C86-E9F2-0218-74A105A4EB79}"/>
+            <ac:spMk id="5" creationId="{3C49608C-C1CA-4A08-940E-4A0DD908E6C0}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:31:47.137" v="452" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:18.131" v="14"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="947620364" sldId="286"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:30:31.710" v="397" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:18.131" v="14"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="947620364" sldId="286"/>
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
-[...7 lines deleted...]
-            <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+            <ac:spMk id="6" creationId="{D7F84E73-BA0B-4844-9D37-334E075099E2}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:56:21.962" v="1213" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:04.054" v="33"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2838744864" sldId="288"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:56:21.962" v="1213" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:43:04.054" v="33"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2838744864" sldId="288"/>
-            <ac:spMk id="8" creationId="{E938844E-5C21-B0EC-8150-45B7A1F3DDEA}"/>
+            <ac:spMk id="4" creationId="{9736AB1D-80ED-433B-A88A-D18B46D3085E}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:16:47.526" v="1" actId="123"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:50.826" v="3"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3131270457" sldId="289"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:16:47.526" v="1" actId="123"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:50.826" v="3"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3131270457" sldId="289"/>
-            <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+            <ac:spMk id="6" creationId="{5BA6DBA1-41BE-4B29-B172-33F435750117}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:17:50.478" v="19" actId="6549"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:52.917" v="4"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1053199266" sldId="290"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:17:50.478" v="19" actId="6549"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:52.917" v="4"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1053199266" sldId="290"/>
-            <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+            <ac:spMk id="6" creationId="{25836D22-D5CF-47CB-B0A9-7CD7F440D637}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:18:59.606" v="47" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:57.906" v="6"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2188218153" sldId="291"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:18:59.606" v="47" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:41:57.906" v="6"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2188218153" sldId="291"/>
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+            <ac:spMk id="5" creationId="{8EFAC374-DABE-4D10-A2D5-F1EAA3DCA873}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:24:54.481" v="223" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:06.082" v="9"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="416360013" sldId="292"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:24:34.415" v="199" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:06.082" v="9"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="416360013" sldId="292"/>
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
-[...7 lines deleted...]
-            <ac:spMk id="6" creationId="{0089F0D5-B96F-4A64-4319-4949124E76B8}"/>
+            <ac:spMk id="8" creationId="{C783E304-8304-41CA-98D6-410E00D7BEF5}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:24:26.799" v="197" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:03.688" v="8"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2102866834" sldId="293"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:20:46.782" v="57" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:03.688" v="8"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2102866834" sldId="293"/>
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
-[...7 lines deleted...]
-            <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+            <ac:spMk id="6" creationId="{96E0B1AD-9DED-430F-A596-15B4D3E2031F}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:26:35.345" v="272" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:10.368" v="11"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2709333619" sldId="294"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:26:01.450" v="232" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:10.368" v="11"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2709333619" sldId="294"/>
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
-[...7 lines deleted...]
-            <ac:spMk id="8" creationId="{8B45ABC3-69C2-88DD-AEBB-02D9454E116E}"/>
+            <ac:spMk id="5" creationId="{91E618E5-700A-4AFB-B5D6-59A505216239}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:29:29.438" v="357" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:14.018" v="12"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1150244619" sldId="295"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:26:42.963" v="274" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:14.018" v="12"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1150244619" sldId="295"/>
-            <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
-[...7 lines deleted...]
-            <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+            <ac:spMk id="6" creationId="{1F914D87-4811-40DF-BC7F-8E4207EB5713}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:38:14.744" v="630" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:29.712" v="19"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1058675830" sldId="296"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:38:14.744" v="630" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:29.712" v="19"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1058675830" sldId="296"/>
-            <ac:spMk id="2" creationId="{AF697325-8BCA-B448-0837-308C16D93043}"/>
-[...7 lines deleted...]
-            <ac:spMk id="3" creationId="{890E598F-7C79-93EF-34E2-445960AA8C3F}"/>
+            <ac:spMk id="6" creationId="{AADC22BE-656B-4FD9-B85C-CBFCF8CBCA7C}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:48:05.637" v="957" actId="14100"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:46.134" v="26"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2857694266" sldId="297"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:47:52.464" v="956" actId="6549"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:46.134" v="26"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2857694266" sldId="297"/>
-            <ac:spMk id="5" creationId="{BB9ECB4B-2DC3-07D3-292D-178373C0CD2C}"/>
-[...7 lines deleted...]
-            <ac:spMk id="7" creationId="{CFD28D58-0E73-5C5E-AE8A-AE42B3132AAD}"/>
+            <ac:spMk id="6" creationId="{8CB3AF3C-FD80-461C-875F-78D9B4F0EE95}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:54:13.223" v="1146" actId="20577"/>
+      <pc:sldChg chg="addSp">
+        <pc:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:52.275" v="29"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3064205183" sldId="298"/>
         </pc:sldMkLst>
-        <pc:spChg chg="mod">
-          <ac:chgData name="jelena franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{2E72DEA0-EFD3-41EE-BE26-EF092DC865C8}" dt="2025-05-05T14:54:13.223" v="1146" actId="20577"/>
+        <pc:spChg chg="add">
+          <ac:chgData name="Jelena Franjković" userId="db421b58-4577-4f18-b93d-16e533ccff6a" providerId="ADAL" clId="{198563BA-2A4A-40F6-8453-135BB4A8C6FC}" dt="2025-10-27T06:42:52.275" v="29"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3064205183" sldId="298"/>
-            <ac:spMk id="8" creationId="{E938844E-5C21-B0EC-8150-45B7A1F3DDEA}"/>
+            <ac:spMk id="5" creationId="{2496A33C-73A2-463C-A5A7-4A038317ADF6}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -1464,80 +1149,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1758,80 +1413,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1942,80 +1567,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -2064,80 +1659,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -2186,95 +1751,65 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -2480,165 +2015,639 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="pole tekstowe 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF4FBB6B-3270-F838-C9F8-95BEA4FC8327}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7359162" y="6200486"/>
+            <a:ext cx="3994637" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Suf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>inancirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sredstvima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izneseni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>moraju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>podudarati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stavovima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mišljenjima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (NA). Ni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Europska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> NA ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odgovornima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Picture 9" descr="A blue flag with yellow stars&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D6CBCB7-76FE-3085-13D8-CAD0D937A555}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...34 lines deleted...]
-        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6468532" y="6338357"/>
-            <a:ext cx="4885267" cy="365125"/>
+            <a:off x="11353799" y="6178259"/>
+            <a:ext cx="785255" cy="647466"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...41 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -2909,264 +2918,214 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stat-help.com/notes.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17045/sthlmuni.10321829.v2" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...52 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
@@ -3251,125 +3210,78 @@
             <a:br>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -3401,51 +3313,51 @@
               <a:rPr lang="hr" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>projekta – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -3571,80 +3483,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{110F3A6A-A454-D5C2-2F69-9C3F24E5458F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5925440" y="659349"/>
             <a:ext cx="5648456" cy="2183467"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
@@ -15201,50 +15083,171 @@
               <a:effectLst/>
               <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3636844302"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4111F4BD-3358-46B1-9609-9F31A909894F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4769192"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit fontScale="97500"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3200" b="1" kern="1200">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Autori:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="3700" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, Kristijan Brglez, Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>​</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Zadnja verzija: Lipanj 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1458738133"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -17172,95 +17175,95 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3a4bc1c2e803e34ab25283c57d356cd6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78687c9cd23a33d19b0c7b75dbe954e0" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Oznake slike" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
@@ -17280,88 +17283,88 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f4652e19-0f91-4064-a28d-12f01e91685a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9bddfac-6dc9-4958-8f35-4d0da3af229b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="V skupni rabi z" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="V skupni rabi s podrobnostmi" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Vrsta vsebine"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Naslov"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -17427,170 +17430,170 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA070CC7-61FB-44DB-8051-F113ADE8A0EF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{968EA0EA-7E1A-4B38-81C5-7D8BDE83D464}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2892</Words>
+  <Words>2936</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Široki zaslon</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>36</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>228</Paragraphs>
+  <Slides>37</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Korišteni fontovi</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi slajdova</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>36</vt:i4>
+        <vt:i4>37</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="42" baseType="lpstr">
       <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Statističke metode za analizu logističkih podataka</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>O SPSS softveru</vt:lpstr>
       <vt:lpstr>O SPSS softveru</vt:lpstr>
       <vt:lpstr>Osnovne funkcije 1</vt:lpstr>
       <vt:lpstr>Osnovne funkcije 1</vt:lpstr>
       <vt:lpstr>Osnovne funkcije 2</vt:lpstr>
       <vt:lpstr>Osnovne funkcije 2</vt:lpstr>
       <vt:lpstr>Osnovne funkcije 2</vt:lpstr>
       <vt:lpstr>Osnovne funkcije 3</vt:lpstr>
       <vt:lpstr>Osnovne funkcije 3</vt:lpstr>
       <vt:lpstr>Osnovne funkcije 4</vt:lpstr>
       <vt:lpstr>Osnovne funkcije 4</vt:lpstr>
       <vt:lpstr>Osnovne funkcije 5</vt:lpstr>
       <vt:lpstr>Objašnjenje testa normalnosti</vt:lpstr>
       <vt:lpstr>Histogram</vt:lpstr>
       <vt:lpstr>Primjer histograma</vt:lpstr>
       <vt:lpstr>QQ-grafikon</vt:lpstr>
       <vt:lpstr>QQ-grafikon</vt:lpstr>
       <vt:lpstr>Primjer QQ-grafikona</vt:lpstr>
       <vt:lpstr>Test normalnosti</vt:lpstr>
       <vt:lpstr>Primjer testa normalnosti</vt:lpstr>
       <vt:lpstr>Studentov T-test</vt:lpstr>
       <vt:lpstr>Studentov T-test</vt:lpstr>
       <vt:lpstr>Korelacija</vt:lpstr>
       <vt:lpstr>Korelacija</vt:lpstr>
       <vt:lpstr>Korelacija</vt:lpstr>
       <vt:lpstr>Hi-kvadrat test</vt:lpstr>
       <vt:lpstr>Hi-kvadrat test</vt:lpstr>
       <vt:lpstr>ANOVA test</vt:lpstr>
       <vt:lpstr>ANOVA test</vt:lpstr>
       <vt:lpstr>ANOVA test</vt:lpstr>
       <vt:lpstr>ANOVA test - Scenarij</vt:lpstr>
       <vt:lpstr>Sažetak</vt:lpstr>
       <vt:lpstr>Literatura</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">