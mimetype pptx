--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,142 +1,146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
     <p:sldMasterId id="2147483661" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="257" r:id="rId7"/>
     <p:sldId id="258" r:id="rId8"/>
     <p:sldId id="259" r:id="rId9"/>
     <p:sldId id="261" r:id="rId10"/>
     <p:sldId id="280" r:id="rId11"/>
     <p:sldId id="272" r:id="rId12"/>
     <p:sldId id="268" r:id="rId13"/>
     <p:sldId id="262" r:id="rId14"/>
     <p:sldId id="281" r:id="rId15"/>
     <p:sldId id="273" r:id="rId16"/>
     <p:sldId id="269" r:id="rId17"/>
     <p:sldId id="263" r:id="rId18"/>
     <p:sldId id="282" r:id="rId19"/>
     <p:sldId id="274" r:id="rId20"/>
     <p:sldId id="270" r:id="rId21"/>
     <p:sldId id="264" r:id="rId22"/>
     <p:sldId id="275" r:id="rId23"/>
     <p:sldId id="271" r:id="rId24"/>
     <p:sldId id="265" r:id="rId25"/>
     <p:sldId id="277" r:id="rId26"/>
     <p:sldId id="278" r:id="rId27"/>
     <p:sldId id="279" r:id="rId28"/>
     <p:sldId id="266" r:id="rId29"/>
     <p:sldId id="276" r:id="rId30"/>
-    <p:sldId id="267" r:id="rId31"/>
+    <p:sldId id="335" r:id="rId31"/>
+    <p:sldId id="267" r:id="rId32"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="7559675" cy="10691813"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="sl-SI"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -235,2107 +239,125 @@
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{2CA668A5-882C-DCBE-4053-83C9FDBFCE31}" v="2" dt="2025-02-18T09:04:58.535"/>
+    <p1510:client id="{BC71CD3C-A9B3-38D1-BF0E-79459CAE7A05}" v="5" dt="2025-11-07T11:53:13.626"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15620"/>
+    <p:restoredLeft sz="15466" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="82" d="100"/>
-          <a:sy n="82" d="100"/>
+          <a:sx n="134" d="100"/>
+          <a:sy n="134" d="100"/>
         </p:scale>
-        <p:origin x="691" y="58"/>
+        <p:origin x="1194" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId38" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4D3134C5-C860-D804-8428-98D9F9D28D61}"/>
+    <pc:chgData name="Katarzyna Siemieniak" userId="S::katarzyna.siemieniak@put.poznan.pl::538121d7-eb2f-445b-a440-fa2218d8cb7d" providerId="AD" clId="Web-{BC71CD3C-A9B3-38D1-BF0E-79459CAE7A05}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4D3134C5-C860-D804-8428-98D9F9D28D61}" dt="2024-10-03T05:15:15.762" v="58" actId="20577"/>
+      <pc:chgData name="Katarzyna Siemieniak" userId="S::katarzyna.siemieniak@put.poznan.pl::538121d7-eb2f-445b-a440-fa2218d8cb7d" providerId="AD" clId="Web-{BC71CD3C-A9B3-38D1-BF0E-79459CAE7A05}" dt="2025-11-07T11:53:13.626" v="6" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Roman Gumzej" userId="S::roman.gumzej@um.si::39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="AD" clId="Web-{4D3134C5-C860-D804-8428-98D9F9D28D61}" dt="2024-10-03T05:11:51.764" v="44" actId="20577"/>
-[...53 lines deleted...]
-        <pc:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{39DE8AFF-1C1B-4E3D-8DAC-BCA0E9FE3594}" dt="2024-10-02T11:15:05.322" v="636" actId="404"/>
+        <pc:chgData name="Katarzyna Siemieniak" userId="S::katarzyna.siemieniak@put.poznan.pl::538121d7-eb2f-445b-a440-fa2218d8cb7d" providerId="AD" clId="Web-{BC71CD3C-A9B3-38D1-BF0E-79459CAE7A05}" dt="2025-11-07T11:53:13.626" v="6" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="0" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{39DE8AFF-1C1B-4E3D-8DAC-BCA0E9FE3594}" dt="2024-10-02T11:15:05.322" v="636" actId="404"/>
-[...1451 lines deleted...]
-          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:44:23.403" v="4" actId="20577"/>
+          <ac:chgData name="Katarzyna Siemieniak" userId="S::katarzyna.siemieniak@put.poznan.pl::538121d7-eb2f-445b-a440-fa2218d8cb7d" providerId="AD" clId="Web-{BC71CD3C-A9B3-38D1-BF0E-79459CAE7A05}" dt="2025-11-07T11:53:13.626" v="6" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="0" sldId="256"/>
             <ac:spMk id="94" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
-      </pc:sldChg>
-[...5 lines deleted...]
-        </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Roman Gumzej" userId="39b5f2aa-645e-44ce-a9a1-d6838aa53dea" providerId="ADAL" clId="{B74B0C3A-F6C8-454F-9502-3676DED050AE}" dt="2023-12-12T10:45:19.893" v="16" actId="20577"/>
+          <ac:chgData name="Katarzyna Siemieniak" userId="S::katarzyna.siemieniak@put.poznan.pl::538121d7-eb2f-445b-a440-fa2218d8cb7d" providerId="AD" clId="Web-{BC71CD3C-A9B3-38D1-BF0E-79459CAE7A05}" dt="2025-11-07T11:52:58.782" v="2" actId="1076"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="257"/>
-            <ac:spMk id="100" creationId="{00000000-0000-0000-0000-000000000000}"/>
+            <pc:sldMk cId="0" sldId="256"/>
+            <ac:spMk id="95" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
-      </pc:sldChg>
-[...467 lines deleted...]
-        </pc:picChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
@@ -5580,50 +3602,54 @@
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -8794,50 +6820,309 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{45FEF593-29DA-428E-9A0D-79E7F08CDFE2}" type="slidenum">
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title">
+  <p:cSld name="1_Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2721578283"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title, Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
@@ -9246,51 +7531,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1523880" y="1122480"/>
             <a:ext cx="9143640" cy="11066760"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="sl-SI" sz="3200" b="0" strike="noStrike" spc="-1">
+            <a:endParaRPr lang="sl-SI" sz="3200" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{BCA0EF5C-8DCE-4CDB-A88D-1D4F5B59241E}" type="slidenum">
               <a:t>‹#›</a:t>
@@ -9973,55 +8258,55 @@
           <p:nvPr>
             <p:ph type="sldNum" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D624CC2F-C12B-4E99-B367-B15EB1E626B8}" type="slidenum">
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -10090,73 +8375,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1523880" y="1122480"/>
             <a:ext cx="9143640" cy="2387160"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
@@ -10322,73 +8584,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="PlaceHolder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="609480" y="1604520"/>
             <a:ext cx="10972440" cy="3977280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="t">
@@ -10550,50 +8789,411 @@
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="283"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="45000"/>
               <a:buFont typeface="Wingdings" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
               </a:rPr>
               <a:t>Sedma raven orisa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FBFDC54-646F-FB5D-40BC-E25E0DEAFB34}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8145163" y="6210956"/>
+            <a:ext cx="3416807" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Obraz 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FD4CC8D-799D-8714-1A64-0CA25E690C36}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11471275" y="6088380"/>
+            <a:ext cx="720725" cy="769620"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
     <p:sldLayoutId id="2147483660" r:id="rId12"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
@@ -10882,51 +9482,51 @@
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="45" name="Obraz 6"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId14"/>
+          <a:blip r:embed="rId15"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289080" y="169200"/>
             <a:ext cx="1097640" cy="1023120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="pole tekstowe 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172160"/>
             <a:ext cx="1674000" cy="394560"/>
@@ -10960,73 +9560,50 @@
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608840" y="365040"/>
             <a:ext cx="9744840" cy="1116360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
@@ -11292,89 +9869,428 @@
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Piąty poziom</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...8 lines deleted...]
-        </p:blipFill>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{484F902D-BD0A-5461-133F-38AEA9EBC718}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7814160" y="6158880"/>
-            <a:ext cx="3590640" cy="462960"/>
+            <a:off x="8145163" y="6210956"/>
+            <a:ext cx="3416807" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="0">
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Obraz 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31710A7F-F3FA-D608-23AF-3AD54C1BD314}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId16" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11471275" y="6088380"/>
+            <a:ext cx="720725" cy="769620"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483662" r:id="rId1"/>
     <p:sldLayoutId id="2147483663" r:id="rId2"/>
     <p:sldLayoutId id="2147483664" r:id="rId3"/>
     <p:sldLayoutId id="2147483665" r:id="rId4"/>
     <p:sldLayoutId id="2147483666" r:id="rId5"/>
     <p:sldLayoutId id="2147483667" r:id="rId6"/>
     <p:sldLayoutId id="2147483668" r:id="rId7"/>
     <p:sldLayoutId id="2147483669" r:id="rId8"/>
     <p:sldLayoutId id="2147483670" r:id="rId9"/>
     <p:sldLayoutId id="2147483671" r:id="rId10"/>
     <p:sldLayoutId id="2147483672" r:id="rId11"/>
     <p:sldLayoutId id="2147483673" r:id="rId12"/>
+    <p:sldLayoutId id="2147483674" r:id="rId13"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -11616,51 +10532,51 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
@@ -11688,51 +10604,55 @@
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ccl.northwestern.edu/netlogo/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jaamsim.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
@@ -11879,192 +10799,169 @@
           <a:blip r:embed="rId2"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618120" y="908640"/>
             <a:ext cx="4518360" cy="4211640"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="91" name="pole tekstowe 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411840" y="5378400"/>
-            <a:ext cx="4791600" cy="1339560"/>
+            <a:ext cx="4791600" cy="1352763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" tIns="45000" rIns="90000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" b="1" strike="noStrike" spc="-1">
+              <a:rPr lang="pl-PL" sz="2800" b="1" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
-            <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1">
+            <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1" strike="noStrike" spc="-1">
+              <a:rPr lang="en-US" sz="1800" b="1" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1">
+              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
             <a:br>
-              <a:rPr sz="1800"/>
+              <a:rPr sz="1800" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1">
+              <a:rPr lang="en-US" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1">
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1">
+            <a:endParaRPr lang="sl-SI" sz="1800" b="0" strike="noStrike" spc="-1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...21 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="93" name="pole tekstowe 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170640" y="6462720"/>
             <a:ext cx="6095520" cy="333360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
@@ -12092,122 +10989,123 @@
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Project number – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="1600" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="94" name="Tytuł 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5700600" y="2195640"/>
+            <a:off x="5779041" y="2610258"/>
             <a:ext cx="4966920" cy="1637280"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
-          <a:bodyPr anchor="b">
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="b">
             <a:normAutofit fontScale="80151" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="6000" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>M</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="6000" b="0" strike="noStrike" spc="-1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>odeliranje simulacija i analiza</a:t>
             </a:r>
-            <a:endParaRPr lang="sl-SI" sz="6000" b="0" strike="noStrike" spc="-1" dirty="0">
+            <a:endParaRPr lang="sl-SI" sz="6000" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="95" name="Tytuł 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5700600" y="4075200"/>
+            <a:off x="5779041" y="4534641"/>
             <a:ext cx="4966920" cy="842040"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
@@ -12223,51 +11121,51 @@
               <a:rPr lang="pl-PL" sz="2800" b="0" strike="noStrike" spc="-1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma"/>
                 <a:ea typeface="Tahoma"/>
               </a:rPr>
               <a:t>Slides</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="96" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4"/>
+          <a:blip r:embed="rId3"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964520" y="0"/>
             <a:ext cx="1226880" cy="429120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="0">
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97" name="Dowolny kształt: kształt 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169200" y="93240"/>
             <a:ext cx="1625400" cy="1599840"/>
@@ -12346,69 +11244,76 @@
           </a:effectRef>
           <a:fontRef idx="minor"/>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="90000" tIns="45000" rIns="90000" bIns="45000" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" defTabSz="914400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1800" b="0" strike="noStrike" spc="-1">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="98" name="Obraz 14"/>
-          <p:cNvPicPr/>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D007F393-DEEF-29F7-64C2-F7FA6CFB1F67}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
-          <a:stretch/>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925600" y="5851800"/>
-            <a:ext cx="5207040" cy="671400"/>
+            <a:off x="8266116" y="6037065"/>
+            <a:ext cx="3884235" cy="820935"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="0">
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -22415,50 +21320,261 @@
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2741703512"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Autori:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-BA" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Svetlana Nikoličić, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kristijan</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> Brglez , Maja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fošner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Roman </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gumzej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Rebeka Kovačič Lukman, Benjamin </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marcen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Marinko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maslarić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Boško </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Matović</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Finala verzija: jun 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="127" name="PlaceHolder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -29636,95 +28752,115 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f77c99be7a86767cf8852e2977576506">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="86103960ca44d5c9df2a8fb84c243902">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f0b528dcbc4ce96b8fc80b5cec964086" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tagi obrazów" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
@@ -29744,88 +28880,88 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f4652e19-0f91-4064-a28d-12f01e91685a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9bddfac-6dc9-4958-8f35-4d0da3af229b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Udostępnione dla — szczegóły" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ zawartości"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tytuł"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -29870,175 +29006,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE4EE2AE-CBF8-49C4-BA83-0C70F1D2BF27}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A6FE479-D6DB-485B-935F-942D6B2F9D1F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BED458A8-329A-420D-ABA4-27E3447C62D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D278E909-6694-4B26-B8D9-391776B77D4D}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1422</Words>
+  <Words>1463</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>26</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>160</Paragraphs>
+  <Slides>27</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>26</vt:i4>
+        <vt:i4>27</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="34" baseType="lpstr">
-[...5 lines deleted...]
-      <vt:lpstr>Wingdings</vt:lpstr>
+    <vt:vector size="29" baseType="lpstr">
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>STATISTIČKE METODE ZA ANALIZU LOGISTIČKIH PODATAKA</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Simulacije u logistici</vt:lpstr>
       <vt:lpstr>SMA entiteti</vt:lpstr>
       <vt:lpstr>Diskretna simulacija događaja (DES, Discrete Event Simulation )</vt:lpstr>
       <vt:lpstr>DES Konstrukti</vt:lpstr>
       <vt:lpstr>DES u proizvodnji primer</vt:lpstr>
       <vt:lpstr>Diskretna simulacija događaja</vt:lpstr>
       <vt:lpstr>Dinamika sistema (SD, System Dynamics)</vt:lpstr>
       <vt:lpstr>SD Konstrukti</vt:lpstr>
       <vt:lpstr>SD u SC primer</vt:lpstr>
       <vt:lpstr>Dinamika sistema</vt:lpstr>
       <vt:lpstr>Simulacija zasnovana na agentima (ABS, Agent-Based Simulation)</vt:lpstr>
       <vt:lpstr>ABS Konstrukti</vt:lpstr>
       <vt:lpstr>ABS SC primer</vt:lpstr>
       <vt:lpstr>Simulacija zasnovana na agentima</vt:lpstr>
       <vt:lpstr>NS Konstrukti</vt:lpstr>
       <vt:lpstr>NS TN primer</vt:lpstr>
       <vt:lpstr>Network simulation</vt:lpstr>
       <vt:lpstr>Pregled simulacionih projekata</vt:lpstr>
       <vt:lpstr>Simulacija sistema</vt:lpstr>
       <vt:lpstr>Eksperimenti, scenariji, replike</vt:lpstr>
       <vt:lpstr>Rezultati Simulacija</vt:lpstr>
       <vt:lpstr>Zaključak</vt:lpstr>
       <vt:lpstr>Literatura</vt:lpstr>
+      <vt:lpstr>Autori:  Sanja Bojić, Svetlana Nikoličić, Kristijan Brglez , Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić  Finala verzija: jun 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji!</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:subject/>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>sl-SI</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D1A4C46F9DF340B00409C6B9ED12C1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="PresentationFormat">
     <vt:lpwstr>Panoramiczny</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Slides">
     <vt:i4>6</vt:i4>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>