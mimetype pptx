--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,105 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="269" r:id="rId7"/>
     <p:sldId id="268" r:id="rId8"/>
     <p:sldId id="271" r:id="rId9"/>
     <p:sldId id="272" r:id="rId10"/>
     <p:sldId id="273" r:id="rId11"/>
     <p:sldId id="262" r:id="rId12"/>
     <p:sldId id="266" r:id="rId13"/>
     <p:sldId id="274" r:id="rId14"/>
     <p:sldId id="275" r:id="rId15"/>
     <p:sldId id="276" r:id="rId16"/>
     <p:sldId id="278" r:id="rId17"/>
     <p:sldId id="279" r:id="rId18"/>
     <p:sldId id="280" r:id="rId19"/>
     <p:sldId id="277" r:id="rId20"/>
     <p:sldId id="281" r:id="rId21"/>
     <p:sldId id="284" r:id="rId22"/>
     <p:sldId id="283" r:id="rId23"/>
-    <p:sldId id="263" r:id="rId24"/>
+    <p:sldId id="335" r:id="rId24"/>
+    <p:sldId id="263" r:id="rId25"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -209,102 +212,118 @@
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="86" d="100"/>
-          <a:sy n="86" d="100"/>
+          <a:sx n="81" d="100"/>
+          <a:sy n="81" d="100"/>
         </p:scale>
-        <p:origin x="475" y="67"/>
+        <p:origin x="595" y="67"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+</file>
+
+<file path=ppt/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.wmf"/></Relationships>
+</file>
+
+<file path=ppt/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.wmf"/></Relationships>
+</file>
+
+<file path=ppt/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.wmf"/></Relationships>
+</file>
+
+<file path=ppt/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.wmf"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -509,80 +528,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -803,80 +792,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -987,80 +946,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1109,80 +1038,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1231,80 +1130,370 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="4" name="Obraz 3">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3FED6E7-0302-CCE5-9FC1-77D8D9CA6ABA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E67534B9-58B3-B82B-1BE6-1BBE0C0200C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
-        </p:nvPicPr>
-[...5 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7814239" y="6159042"/>
-            <a:ext cx="3590855" cy="463336"/>
+            <a:off x="8297587" y="6228532"/>
+            <a:ext cx="3136054" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
@@ -1525,165 +1714,411 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99F8ECCA-1680-7701-A041-A35D0ED2B565}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8297587" y="6228532"/>
+            <a:ext cx="3136054" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Obraz 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BEC3DC5-1A3F-926B-B3C4-A21E845AD976}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="hqprint">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11433641" y="6088380"/>
+            <a:ext cx="720725" cy="769620"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -1954,123 +2389,127 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto3.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto3.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto4.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto4.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto5.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto5.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dept.clcillinois.edu/mth/oer/IntroductoryStatistics.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openstax.org/details/books/introductory-statistics-2e" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dept.clcillinois.edu/mth/oer/IntroductoryStatistics.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.khanacademy.org/math/statistics-probability" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=WWqE7YHR4Jc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=F_mfuifKzgw" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/category/statistics/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=xZ_z8KWkhXE" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.uqu.edu.sa/_/mskhayat/files/MySubjects/20178FS%20Elementary%20Statistics/Introductory%20Statistics%20(7th%20Ed).pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://byjus.com/maths/statistics/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=HBdJGj_7FHQ" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=9Q5ErbQF_vk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.umn.edu/opentextbooks/textbooks/196" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=P8hT5nDai6A" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.khanacademy.org/math/statistics-probability/describing-relationships-quantitative-data/more-on-regression/v/regression-line-example" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saylordotorg.github.io/text_introductory-statistics/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Tareq-Alodat-2/publication/340511098_INTRODUCTION_TO_STATISTICS_MADE_EASY/links/5e8de3dc4585150839c7b58a/INTRODUCTION-TO-STATISTICS-MADE-EASY.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.khanacademy.org/math/ap-statistics/bivariate-data-ap/correlation-coefficient-r/v/correlation-coefficient-intuition-examples" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.openstax.org/oscms-prodcms/media/documents/IntroductoryStatistics-OP_i6tAI7e.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=owI7zxCqNY0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=4EXNedimDMs" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinestatbook.com/Online_Statistics_Education.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=dQNpSa-bq4M" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.libretexts.org/Bookshelves/Introductory_Statistics" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geeksforgeeks.org/introduction-of-statistics-and-its-types/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=ZkjP5RJLQF4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=11c9cs6WpJU" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.wmf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.wmf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.wmf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject4.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.wmf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -2232,125 +2671,78 @@
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -2390,51 +2782,51 @@
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -2560,80 +2952,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C23A5442-C014-77E5-D09D-B09E50EECA5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5925440" y="659349"/>
             <a:ext cx="5648456" cy="2183467"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
@@ -2819,50 +3181,138 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="4400" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Linearna regresija sa jednim i višestrukim regresorima</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBEE891F-ABDF-F6C9-A2DD-7B516703E421}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8458200" y="6077662"/>
+            <a:ext cx="3692151" cy="780338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DC755BF-88F4-4DA0-9229-090DCFF6BF2C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6265985" y="4623197"/>
+            <a:ext cx="4967366" cy="842557"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="6000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Predavanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -9119,50 +9569,261 @@
               <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Autori:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-BA" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Svetlana Nikoličić, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kristijan</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> Brglez , Maja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fošner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Roman </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gumzej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Rebeka Kovačič Lukman, Benjamin </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marcen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Marinko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maslarić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Boško </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Matović</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Finala verzija: jun 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -10256,67 +10917,67 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="19" name="Object 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1506198325"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="783679" y="3055585"/>
           <a:ext cx="6088062" cy="1217613"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj name="Equation" r:id="rId2" imgW="1143000" imgH="228600" progId="Equation.3">
+                <p:oleObj spid="_x0000_s1027" name="Equation" r:id="rId3" imgW="1143000" imgH="228600" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
-                <p:oleObj name="Equation" r:id="rId2" imgW="1143000" imgH="228600" progId="Equation.3">
+                <p:oleObj name="Equation" r:id="rId3" imgW="1143000" imgH="228600" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="13314" name="Object 3"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
-                      <a:blip r:embed="rId3">
+                      <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </p:blipFill>
                     <p:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="783679" y="3055585"/>
                         <a:ext cx="6088062" cy="1217613"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
@@ -14470,67 +15131,67 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="42" name="Object 43"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3824369571"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5028730" y="1720301"/>
           <a:ext cx="3878263" cy="776288"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj name="Equation" r:id="rId2" imgW="1143000" imgH="228600" progId="Equation.3">
+                <p:oleObj spid="_x0000_s2051" name="Equation" r:id="rId3" imgW="1143000" imgH="228600" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
-                <p:oleObj name="Equation" r:id="rId2" imgW="1143000" imgH="228600" progId="Equation.3">
+                <p:oleObj name="Equation" r:id="rId3" imgW="1143000" imgH="228600" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="14376" name="Object 43"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
-                      <a:blip r:embed="rId3">
+                      <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </p:blipFill>
                     <p:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="5028730" y="1720301"/>
                         <a:ext cx="3878263" cy="776288"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="bg1"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
@@ -15396,67 +16057,67 @@
             <a:chExt cx="4608" cy="2380"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
             <p:cNvPr id="5" name="Object 3"/>
             <p:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </p:cNvGraphicFramePr>
             <p:nvPr>
               <p:extLst>
                 <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                   <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="465584557"/>
                 </p:ext>
               </p:extLst>
             </p:nvPr>
           </p:nvGraphicFramePr>
           <p:xfrm>
             <a:off x="1564" y="2693"/>
             <a:ext cx="2390" cy="695"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
               <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
                 <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                  <p:oleObj name="Equation" r:id="rId2" imgW="875920" imgH="253890" progId="Equation.3">
+                  <p:oleObj spid="_x0000_s3075" name="Equation" r:id="rId3" imgW="875920" imgH="253890" progId="Equation.3">
                     <p:embed/>
                   </p:oleObj>
                 </mc:Choice>
                 <mc:Fallback>
-                  <p:oleObj name="Equation" r:id="rId2" imgW="875920" imgH="253890" progId="Equation.3">
+                  <p:oleObj name="Equation" r:id="rId3" imgW="875920" imgH="253890" progId="Equation.3">
                     <p:embed/>
                     <p:pic>
                       <p:nvPicPr>
                         <p:cNvPr id="15365" name="Object 3"/>
                         <p:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </p:cNvPicPr>
                         <p:nvPr/>
                       </p:nvPicPr>
                       <p:blipFill>
-                        <a:blip r:embed="rId3">
+                        <a:blip r:embed="rId4">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </p:blipFill>
                       <p:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="1564" y="2693"/>
                           <a:ext cx="2390" cy="695"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
@@ -17066,67 +17727,67 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Object 6"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1031905455"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1932885" y="3861387"/>
           <a:ext cx="8008938" cy="785813"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj name="Equation" r:id="rId2" imgW="2705100" imgH="266700" progId="Equation.3">
+                <p:oleObj spid="_x0000_s4099" name="Equation" r:id="rId3" imgW="2705100" imgH="266700" progId="Equation.3">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
-                <p:oleObj name="Equation" r:id="rId2" imgW="2705100" imgH="266700" progId="Equation.3">
+                <p:oleObj name="Equation" r:id="rId3" imgW="2705100" imgH="266700" progId="Equation.3">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="16388" name="Object 6"/>
                       <p:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </p:cNvPicPr>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
-                      <a:blip r:embed="rId3">
+                      <a:blip r:embed="rId4">
                         <a:extLst>
                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                             <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                           </a:ext>
                         </a:extLst>
                       </a:blip>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </p:blipFill>
                     <p:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="1932885" y="3861387"/>
                         <a:ext cx="8008938" cy="785813"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="accent5">
                           <a:lumMod val="20000"/>
                           <a:lumOff val="80000"/>
                           <a:alpha val="46000"/>
                         </a:schemeClr>
@@ -18568,95 +19229,95 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f77c99be7a86767cf8852e2977576506">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="86103960ca44d5c9df2a8fb84c243902">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f0b528dcbc4ce96b8fc80b5cec964086" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tagi obrazów" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
@@ -18676,88 +19337,88 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f4652e19-0f91-4064-a28d-12f01e91685a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9bddfac-6dc9-4958-8f35-4d0da3af229b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Udostępnione dla — szczegóły" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ zawartości"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tytuł"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -18803,167 +19464,168 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D770EB17-73F9-473A-BFCA-8862220218F9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{881545E8-78CF-4BF0-A032-424BE8A941C5}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1695</Words>
+  <Words>1737</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>20</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>146</Paragraphs>
+  <Slides>21</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Embedded OLE Servers</vt:lpstr>
+        <vt:lpstr>Osadzone serwery OLE</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>20</vt:i4>
+        <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="28" baseType="lpstr">
+    <vt:vector size="29" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Cambria Math</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Equation</vt:lpstr>
       <vt:lpstr>STATISTIČKE METODE ZA ANALIZU LOGISTIČKIH PODATAKA</vt:lpstr>
       <vt:lpstr>Uvod u Regresionu analizu</vt:lpstr>
       <vt:lpstr>Korelacija naspram regresije</vt:lpstr>
       <vt:lpstr>Uvod u regresionu analizu</vt:lpstr>
       <vt:lpstr>Model jednostavne linearne regresije</vt:lpstr>
       <vt:lpstr>Model jednostavne linearne regresije</vt:lpstr>
       <vt:lpstr>Jednačina jednostavne linearne regresije (Linija Predviđanja)</vt:lpstr>
       <vt:lpstr>Metod najmanjih kvadrata</vt:lpstr>
       <vt:lpstr>Interpretacija nagiba i intercepta</vt:lpstr>
       <vt:lpstr>Primer jednostavne linearne regresije</vt:lpstr>
       <vt:lpstr>Primer jednostavne linearne regresije</vt:lpstr>
       <vt:lpstr>Primer jednostavne linearne regresije</vt:lpstr>
       <vt:lpstr>Model višestruke regresije</vt:lpstr>
       <vt:lpstr>Regresioni model i regresiona jednačina</vt:lpstr>
       <vt:lpstr>Procena jednačine višestruke regresije</vt:lpstr>
       <vt:lpstr>Primer jednostavne višestruke regresije</vt:lpstr>
       <vt:lpstr>Simple Multiple Regression  Example</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Autori:  Sanja Bojić, Svetlana Nikoličić, Kristijan Brglez , Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić  Finala verzija: jun 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji!</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">