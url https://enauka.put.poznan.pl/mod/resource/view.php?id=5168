--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,115 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483661" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId5"/>
-[...21 lines deleted...]
-    <p:sldId id="263" r:id="rId27"/>
+    <p:sldId id="256" r:id="rId6"/>
+    <p:sldId id="264" r:id="rId7"/>
+    <p:sldId id="262" r:id="rId8"/>
+    <p:sldId id="294" r:id="rId9"/>
+    <p:sldId id="295" r:id="rId10"/>
+    <p:sldId id="296" r:id="rId11"/>
+    <p:sldId id="281" r:id="rId12"/>
+    <p:sldId id="284" r:id="rId13"/>
+    <p:sldId id="297" r:id="rId14"/>
+    <p:sldId id="298" r:id="rId15"/>
+    <p:sldId id="308" r:id="rId16"/>
+    <p:sldId id="299" r:id="rId17"/>
+    <p:sldId id="286" r:id="rId18"/>
+    <p:sldId id="300" r:id="rId19"/>
+    <p:sldId id="301" r:id="rId20"/>
+    <p:sldId id="302" r:id="rId21"/>
+    <p:sldId id="303" r:id="rId22"/>
+    <p:sldId id="304" r:id="rId23"/>
+    <p:sldId id="305" r:id="rId24"/>
+    <p:sldId id="306" r:id="rId25"/>
+    <p:sldId id="307" r:id="rId26"/>
+    <p:sldId id="266" r:id="rId27"/>
+    <p:sldId id="335" r:id="rId28"/>
+    <p:sldId id="263" r:id="rId29"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -236,73 +246,73 @@
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" v="9" dt="2023-11-15T12:03:04.375"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="93" d="100"/>
+          <a:sy n="93" d="100"/>
         </p:scale>
-        <p:origin x="486" y="96"/>
+        <p:origin x="221" y="77"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}"/>
     <pc:docChg chg="undo custSel addSld delSld modSld sldOrd">
       <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:10:08.203" v="1848" actId="27636"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:30:26.285" v="68" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:29:59.071" v="20" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="2" creationId="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -3978,64 +3988,84 @@
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -4274,50 +4304,142 @@
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Only title">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2655929196"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5005,52 +5127,825 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1160915478"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1518190415"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Slide with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1499486805"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Slide with picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3251627873"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -5684,140 +6579,810 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="365126"/>
+            <a:ext cx="9745133" cy="1116542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8B49A-91DD-E2E0-C046-13FDB51AFF31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3747761172"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483662" r:id="rId1"/>
+    <p:sldLayoutId id="2147483663" r:id="rId2"/>
+    <p:sldLayoutId id="2147483664" r:id="rId3"/>
+    <p:sldLayoutId id="2147483665" r:id="rId4"/>
+    <p:sldLayoutId id="2147483666" r:id="rId5"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="1" kern="1200">
+          <a:solidFill>
+            <a:srgbClr val="1065AB"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="pl-PL"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
+</file>
+
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
@@ -5877,399 +7442,97 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...240 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3823DD-8D25-872F-C72C-4C503464DBA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11038544" y="5638402"/>
             <a:ext cx="1079500" cy="1094088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...58 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
@@ -6834,57 +8097,446 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1050" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F61E19F-8F60-5E6B-E54C-310ED9817DDA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539680" y="5293868"/>
+            <a:ext cx="4997035" cy="1354217"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Business Analytics Skills </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FD464C5-F9DA-EE98-E692-5DB938BCF19F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-42796" y="6378243"/>
+            <a:ext cx="6096000" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2800" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Project </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -7209,50 +8861,195 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDD3E24B-AD3C-1F47-013A-8D821A16E1A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="906965458"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -7534,50 +9331,195 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA9461FF-AF0B-2C0D-82DB-3FAEEB1B4386}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2183018816"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -7809,97 +9751,216 @@
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2555239" y="1282064"/>
             <a:ext cx="6902027" cy="4737735"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5747A99F-309F-FB51-EEAB-0F53F8D47F07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4206360" y="5960019"/>
             <a:ext cx="3094117" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
-          <a:extLst>
-[...26 lines deleted...]
-          </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1100" dirty="0"/>
               <a:t>Slika. Podatkovni model Chinook podatkovne baze.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3628622933"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
@@ -9016,50 +11077,195 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35DA8DEA-422E-6AE7-FD2E-C8337853330C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3938375118"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -9347,50 +11553,195 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77F600B1-4189-F1FF-FF8D-55730E730C6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2861317885"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -9586,72 +11937,50 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" dirty="0"/>
               <a:t>Poizvedovanje v SQL bazi podatkov z uporabo </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>R</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...20 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rectangle 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BE0C52D-3117-3D34-4E3F-28F86AECEB75}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7941733" y="2103337"/>
             <a:ext cx="2965877" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
@@ -9681,50 +12010,217 @@
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1100" dirty="0"/>
               <a:t>Slika. Primer poizvedovanja v SQL bazi podatkov.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6791C668-EB9B-A4BE-15B1-874DB676DAC6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2851572" y="1117600"/>
+            <a:ext cx="5090161" cy="5591280"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1807208138"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -10020,50 +12516,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F68451AE-1ABB-CB8E-F504-B214179BD4D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1280184724"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -10359,50 +13000,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2E312CE-EF08-A055-DC0C-B3136615B456}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3184436210"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -10859,50 +13645,195 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8987D447-97D1-17C3-03AE-93659DE7093F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2071562616"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -11230,50 +14161,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E0AF243-24C0-E39B-777C-3181B1281E82}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2863236846"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -11716,50 +14792,195 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -12049,50 +15270,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B588FD2B-88AC-59DC-210C-561EA9E9CE82}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="245855388"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -12379,50 +15745,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31ADBB4F-F28D-8E2C-44DF-236E601A315A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4074030925"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -12577,50 +16088,228 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Povzetek</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E99353B1-67F9-28C6-B663-AFA5D18EF6A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11449974" y="6143117"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8CB5FFF-5DAF-ADD7-2752-395981DFC33B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10298651" cy="4346574"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
@@ -14643,97 +18332,416 @@
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>informacij</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1987704"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kristijan Brglez</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maja Fošner</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Roman Gumzej</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Rebeka Kovačič Lukman</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Benjamin Marcen</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marinko Maslarić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Boško Matović</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Slika 1">
+          <p:cNvPr id="4" name="Slika 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E99353B1-67F9-28C6-B663-AFA5D18EF6A3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D2DBB4D-44B1-FF0F-408D-86BF94EFFDCC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11449974" y="6143117"/>
+            <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -14947,50 +18955,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB3FC530-E9AC-232F-CB03-F26F7B6FEF49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4020019421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -15893,50 +20046,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{940AE08F-591C-5CD8-9685-4BC745B8C562}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -16937,50 +21235,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{884EFCDD-3970-1CCE-908D-48DE82235EA4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="938163935"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -17905,50 +22348,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77C7E60A-78E7-5807-AD4D-22F729ED01A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1788943429"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -18170,50 +22758,195 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDE79BDD-AD6C-1FF4-B986-F2A5D358B848}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2632262666"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -18596,50 +23329,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDFF4C90-4D49-0E2D-170E-DD282AC0FBBB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1021420716"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -18937,50 +23815,195 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D2C7314-BAB7-16AD-C069-E312D841A1B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3549849075"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -19263,50 +24286,195 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1848C534-5650-5910-A0A4-4CB73A048576}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6438582" y="6100782"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2439055558"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -19574,85 +24742,360 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Motyw pakietu Office">
+  <a:themeElements>
+    <a:clrScheme name="Pakiet Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Pakiet Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Pakiet Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="e39e5a21f07b79f5f02b47bb518c1032">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4e78d507071451a3820eedd449fec3a" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -19841,150 +25284,172 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07B7A8E5-7669-499A-9F00-12A898014590}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5616C87-51CC-4B51-ABA6-B5D03C1C8B16}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2633</Words>
+  <Words>3555</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>23</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>151</Paragraphs>
+  <Slides>24</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>23</vt:i4>
+        <vt:i4>24</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="27" baseType="lpstr">
+    <vt:vector size="29" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
+      <vt:lpstr>1_Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Statistične metode za analizo logističnih podatkov</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Kaj je poslovna analitika?</vt:lpstr>
       <vt:lpstr>Kaj je poslovna analitika?</vt:lpstr>
       <vt:lpstr>Kaj je poslovna analitika?</vt:lpstr>
       <vt:lpstr>Kaj je poslovna analitika?</vt:lpstr>
       <vt:lpstr>Kaj je poslovna analitika?</vt:lpstr>
       <vt:lpstr>Kaj je R?</vt:lpstr>
       <vt:lpstr>Namestitev R and R Studio</vt:lpstr>
       <vt:lpstr>Namestitev R and R Studio</vt:lpstr>
       <vt:lpstr>Namestitev R and R Studio</vt:lpstr>
       <vt:lpstr>SQL in kako je vezan na PA in R?</vt:lpstr>
       <vt:lpstr>SQL in kako je vezan na PA in R?</vt:lpstr>
       <vt:lpstr>Poizvedovanje v SQL bazi podatkov z uporabo R</vt:lpstr>
       <vt:lpstr>Poizvedovanje v SQL bazi podatkov z uporabo R</vt:lpstr>
       <vt:lpstr>Poizvedovanje v SQL bazi podatkov z uporabo R</vt:lpstr>
       <vt:lpstr>Poizvedovanje v SQL bazi podatkov z uporabo R</vt:lpstr>
       <vt:lpstr>Prikaz SQL baze podatkov in izdelava poročila</vt:lpstr>
       <vt:lpstr>Prikaz SQL baze podatkov in izdelava poročila</vt:lpstr>
       <vt:lpstr>Prikaz SQL baze podatkov in izdelava poročila</vt:lpstr>
       <vt:lpstr>Prikaz SQL baze podatkov in izdelava poročila</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji: Sanja Bojić Kristijan Brglez Maja Fošner Roman Gumzej Rebeka Kovačič Lukman Benjamin Marcen Marinko Maslarić Boško Matović Dejan Mirčetić  Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">