--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -7,91 +7,93 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="294" r:id="rId8"/>
     <p:sldId id="295" r:id="rId9"/>
     <p:sldId id="281" r:id="rId10"/>
     <p:sldId id="296" r:id="rId11"/>
     <p:sldId id="297" r:id="rId12"/>
     <p:sldId id="298" r:id="rId13"/>
     <p:sldId id="301" r:id="rId14"/>
     <p:sldId id="302" r:id="rId15"/>
     <p:sldId id="299" r:id="rId16"/>
     <p:sldId id="300" r:id="rId17"/>
     <p:sldId id="303" r:id="rId18"/>
     <p:sldId id="266" r:id="rId19"/>
-    <p:sldId id="263" r:id="rId20"/>
+    <p:sldId id="335" r:id="rId20"/>
+    <p:sldId id="263" r:id="rId21"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -379,102 +381,102 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="486" y="96"/>
+        <p:origin x="125" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -679,80 +681,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -973,80 +945,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1157,80 +1099,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1279,80 +1191,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1401,80 +1283,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
@@ -1697,160 +1549,531 @@
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="11" name="Slika 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9C1FC2D-51DE-9862-369D-9F1F79A54469}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId8"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11054113" y="5709961"/>
+            <a:ext cx="1063931" cy="1079889"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...8 lines deleted...]
-          </a:extLst>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Symbol zastępczy stopki 4">
+          <p:cNvPr id="12" name="pole tekstowe 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B83F9DA6-3C1E-F259-137C-1C439C9EBD54}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3806E18-57BD-0F41-9FAD-CFDE1ECF07AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6468532" y="6338357"/>
-            <a:ext cx="4885267" cy="365125"/>
+            <a:off x="6086748" y="6051186"/>
+            <a:ext cx="4967365" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...2 lines deleted...]
-              <a:defRPr sz="600">
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              </a:defRPr>
-[...6 lines deleted...]
-            </a:r>
+              </a:rPr>
+              <a:t>Sofinancirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> s </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>strani</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...19 lines deleted...]
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stališča</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mnenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> so </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>izključno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>mnenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>avtorja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>jev</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) in ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odražajo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>nujno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>stališč</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Nacionalna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>agencija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>zanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>prevzemata</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0" err="1">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>odgovornosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
@@ -2124,599 +2347,180 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...30 lines deleted...]
-
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.wmf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...52 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...367 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -2842,80 +2646,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95EC64E4-931A-A117-F444-CDA4C6CEA2AA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5925440" y="659349"/>
             <a:ext cx="5648456" cy="2183467"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
@@ -3102,223 +2876,265 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Napovedovanje povpraševanja, vizualizacija in inženiring časovnih vrst v dobavnih verigah</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Slika 1">
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="6" name="Grupa 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{965F7B51-CDB9-37B6-BB39-0D241603835B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15FB150D-D43D-5D77-65A6-384CBF4D7592}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...6 lines deleted...]
-        <p:spPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
-            <a:off x="11054029" y="5676836"/>
-            <a:ext cx="1063931" cy="1079889"/>
+            <a:off x="-170560" y="5378273"/>
+            <a:ext cx="6096000" cy="1422929"/>
+            <a:chOff x="-170560" y="5378273"/>
+            <a:chExt cx="6096000" cy="1422929"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...40 lines deleted...]
-              <a:defRPr sz="1800" kern="1200">
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="pole tekstowe 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E75472FC-8586-CD40-B9C9-501654F4C92D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="411916" y="5378273"/>
+              <a:ext cx="4997035" cy="1354217"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1">
+                      <a:lumMod val="50000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>BAS4SC</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1">
+                      <a:lumMod val="50000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1800" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1">
+                      <a:lumMod val="50000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Business Analytics Skills </a:t>
+              </a:r>
+              <a:br>
+                <a:rPr lang="en-GB" sz="1800" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1">
+                      <a:lumMod val="50000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+              </a:br>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1800" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1">
+                      <a:lumMod val="50000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                  <a:effectLst/>
+                  <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>for the Future-proof Supply Chains </a:t>
+              </a:r>
+              <a:endParaRPr lang="en-GB" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...87 lines deleted...]
-              <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              </a:rPr>
-[...9 lines deleted...]
-      </p:sp>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-GB" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="pole tekstowe 8">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{630DA305-12C3-95C1-9D30-A2787AF3AE0C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="-170560" y="6462648"/>
+              <a:ext cx="6096000" cy="338554"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle>
+              <a:defPPr>
+                <a:defRPr lang="pl-PL"/>
+              </a:defPPr>
+              <a:lvl1pPr algn="ctr">
+                <a:defRPr sz="2800" b="1">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1">
+                      <a:lumMod val="50000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                </a:defRPr>
+              </a:lvl1pPr>
+            </a:lstStyle>
+            <a:p>
+              <a:r>
+                <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                  <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Project </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                  <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>number</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                  <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -4579,223 +4395,50 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sl-SI" sz="600" i="1" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Q</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sl-SI" sz="600" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> z minimiziranjem AIC. Za modele, pri katerih je d + D &lt; 2, dovolimo interakcijski izraz. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3531301968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -5056,223 +4699,50 @@
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1537501" y="1381476"/>
             <a:ext cx="8780184" cy="4585001"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2664226028"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -7736,393 +7206,80 @@
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Picture 18"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="601133" y="3436673"/>
             <a:ext cx="4583546" cy="1575594"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="93253723"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...138 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>Napovedi</a:t>
             </a:r>
@@ -8486,83 +7643,50 @@
               <a:t>model</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="231F20"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-GB" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...31 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3534469839"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -8823,223 +7947,50 @@
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1486278" y="1374014"/>
             <a:ext cx="9350543" cy="4831859"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="420293385"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -9739,237 +8690,416 @@
             </a:r>
             <a:r>
               <a:rPr lang="sr-Cyrl-CS" sz="1800" baseline="-25000" dirty="0"/>
               <a:t>52</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" baseline="-25000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1987704"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kristijan Brglez</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maja Fošner</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Roman Gumzej</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Rebeka Kovačič Lukman</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Benjamin Marcen</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marinko Maslarić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Boško Matović</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Slika 1">
+          <p:cNvPr id="4" name="Slika 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D7EFCC2-C951-16B3-DBA2-AA68F8BA8B74}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D2DBB4D-44B1-FF0F-408D-86BF94EFFDCC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11449974" y="6143117"/>
+            <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...138 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10006,223 +9136,50 @@
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4020019421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -10401,223 +9358,50 @@
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>značilnosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>časovnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>vrst</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
-          </a:p>
-[...171 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -11566,223 +10350,50 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uspešno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>načrtujejo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> in </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -12721,223 +11332,50 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>verige</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>zmanjševanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>stroškov</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
-          </a:p>
-[...171 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3739626067"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -13779,223 +12217,50 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>izzivov</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>še</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>povečeval</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
-          </a:p>
-[...171 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2734370229"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -14502,223 +12767,50 @@
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
                 <a:r>
                   <a:rPr lang="sl-SI" sz="1000" b="1" dirty="0">
                     <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                     <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                     <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                   </a:rPr>
                   <a:t>Napovedovanje in vrednotenje napovedi</a:t>
                 </a:r>
                 <a:endParaRPr lang="en-GB" sz="1000" b="1" dirty="0">
                   <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1021420716"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -14992,223 +13084,50 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1608666" y="1408961"/>
             <a:ext cx="7941734" cy="4095115"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="53975263"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -15455,223 +13374,50 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2345267" y="1481668"/>
             <a:ext cx="6758093" cy="3838152"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="99929863"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -16035,223 +13781,50 @@
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Picture 21"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5122332" y="5104056"/>
             <a:ext cx="1570567" cy="679572"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="119928956"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -16529,61 +14102,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -16774,159 +14336,171 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{599C2F7F-DEB9-47F6-8B32-7847611BDFF5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1833</Words>
+  <Words>1078</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>16</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>106</Paragraphs>
+  <Slides>17</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Vdelani OLE strežniki</vt:lpstr>
+        <vt:lpstr>Osadzone serwery OLE</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>17</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
+    <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Equation</vt:lpstr>
       <vt:lpstr>Statistical methods for analysing logistics data</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Kaj je povpraševanje strank in napovedovanje povpraševanja?</vt:lpstr>
       <vt:lpstr>Kaj je povpraševanje strank in napovedovanje povpraševanja?</vt:lpstr>
       <vt:lpstr>Kaj je povpraševanje strank in napovedovanje povpraševanja?</vt:lpstr>
       <vt:lpstr>Napovedovanje povpraševanja v živilski industriji</vt:lpstr>
       <vt:lpstr>Napovedovanje povpraševanja v živilski industriji</vt:lpstr>
       <vt:lpstr>Napovedovanje povpraševanja v živilski industriji</vt:lpstr>
       <vt:lpstr>Napovedovanje povpraševanja v živilski industriji</vt:lpstr>
       <vt:lpstr>Napovedovanje povpraševanja v živilski industriji</vt:lpstr>
       <vt:lpstr>Napovedovanje povpraševanja v živilski industriji</vt:lpstr>
       <vt:lpstr>Napovedovanje povpraševanja v živilski industriji</vt:lpstr>
       <vt:lpstr>Napovedi o prihodnjem povpraševanju</vt:lpstr>
       <vt:lpstr>Napovedovanje povpraševanja v živilski industriji</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji: Sanja Bojić Kristijan Brglez Maja Fošner Roman Gumzej Rebeka Kovačič Lukman Benjamin Marcen Marinko Maslarić Boško Matović Dejan Mirčetić  Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Najlepša hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">