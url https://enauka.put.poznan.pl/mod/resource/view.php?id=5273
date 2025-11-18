--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,91 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...24 lines deleted...]
-  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="/docProps/thumbnail.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/ppt/presentation.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483655" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="360" r:id="rId27"/>
-[...13 lines deleted...]
-    <p:sldId id="374" r:id="rId41"/>
+    <p:sldId id="360" r:id="rId6"/>
+    <p:sldId id="361" r:id="rId7"/>
+    <p:sldId id="362" r:id="rId8"/>
+    <p:sldId id="363" r:id="rId9"/>
+    <p:sldId id="364" r:id="rId10"/>
+    <p:sldId id="365" r:id="rId11"/>
+    <p:sldId id="366" r:id="rId12"/>
+    <p:sldId id="367" r:id="rId13"/>
+    <p:sldId id="368" r:id="rId14"/>
+    <p:sldId id="369" r:id="rId15"/>
+    <p:sldId id="370" r:id="rId16"/>
+    <p:sldId id="371" r:id="rId17"/>
+    <p:sldId id="372" r:id="rId18"/>
+    <p:sldId id="373" r:id="rId19"/>
+    <p:sldId id="335" r:id="rId20"/>
+    <p:sldId id="374" r:id="rId21"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -373,87 +382,110 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="486" y="96"/>
+        <p:origin x="192" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide27.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide32.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide22.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="/ppt/tableStyles.xml" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide28.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide33.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide23.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide34.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide29.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide24.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide35.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="/ppt/presProps.xml" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide25.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide30.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide36.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="/ppt/viewProps.xml" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide31.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide26.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId133" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -701,51 +733,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -885,55 +917,921 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId6" /></Relationships>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4126027454"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3536285201"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Slide with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3676640816"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Slide with picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1550982254"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Only title">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3220555002"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -1077,51 +1975,51 @@
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
@@ -1149,51 +2047,51 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -1251,51 +2149,51 @@
               <a:t>Izražena stališča in mnenja so izključno stališča in mnenja avtorjev in ne odražajo nujno stališč Evropske unije ali Izvajalske agencije za izobraževanje in kulturo (EACEA).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Evropska unija in agencija EACEA ne moreta biti odgovorni zanje.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
-    <p:sldLayoutId id="2147483654" r:id="rId3"/>
+    <p:sldLayoutId id="2147483654" r:id="rId2"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="1065AB"/>
           </a:solidFill>
           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -1551,96 +2449,781 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide22.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId4" /></Relationships>
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="365126"/>
+            <a:ext cx="9745133" cy="1116542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8B49A-91DD-E2E0-C046-13FDB51AFF31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="490330007"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483656" r:id="rId1"/>
+    <p:sldLayoutId id="2147483657" r:id="rId2"/>
+    <p:sldLayoutId id="2147483658" r:id="rId3"/>
+    <p:sldLayoutId id="2147483659" r:id="rId4"/>
+    <p:sldLayoutId id="2147483660" r:id="rId5"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="1" kern="1200">
+          <a:solidFill>
+            <a:srgbClr val="1065AB"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="pl-PL"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide23.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide24.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image14.jpg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide25.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide26.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image15.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide27.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image17.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image16.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image19.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image18.png" Id="rId4" /></Relationships>
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide28.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide29.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image20.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide30.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image21.jpg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide31.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image23.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image22.jpg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image25.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image24.png" Id="rId4" /></Relationships>
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide32.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image26.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide33.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image28.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image27.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image29.png" Id="rId4" /></Relationships>
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide34.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image27.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image30.jpg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId4" /></Relationships>
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide35.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image31.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide36.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -1730,383 +3313,97 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...224 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3823DD-8D25-872F-C72C-4C503464DBA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11038544" y="5638402"/>
             <a:ext cx="1079500" cy="1094088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...58 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
@@ -2169,57 +3466,62 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0">
+              <a:rPr lang="pl-PL" sz="2800">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Predavanje</a:t>
+              <a:t>Predavanja</a:t>
             </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -2557,74 +3859,3440 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1050" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{787EB8C3-5333-72B9-71C0-F8B92CE79E6A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="411916" y="5378273"/>
+            <a:ext cx="4997035" cy="1354217"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Business Analytics Skills </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18DBC38F-5C1A-6B69-832A-6442FBC96F72}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-170560" y="6462648"/>
+            <a:ext cx="6096000" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="2800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Project </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4199239554"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CBD47A-6621-2C22-CE22-52312FCE5B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Humanitarni projekt USAID </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>(2021-2022)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5FE784D-1DCB-8BD1-4294-FD22C778A8EC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Prediktivna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>oskrbovalna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> veriga za načrtovanje družine v Slonokoščeni obali</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Oblikovanje platforme BDA na podlagi umetne inteligence za napovedovanje porabe kontracepcijskih sredstev in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>spremljajoče</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>oskrbovalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> verige za 25 milijonov uporabnikov na 1752 lokacijah.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Cilj:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Naredite svet boljši, tako da ljudem v državah v razvoju pomagate zagotoviti boljšo zdravstveno oskrbo.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Google Shape;826;p11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{894CF3E2-4554-6ACC-CBF0-9CE5D06FC654}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1219200" y="2801968"/>
+            <a:ext cx="2878138" cy="2011362"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Google Shape;827;p11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A50C17A-81DD-F3A2-6AAF-D186E41B7765}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8562975" y="2827368"/>
+            <a:ext cx="2406650" cy="1985962"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Google Shape;828;p11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF733565-F5D0-15A2-D1A2-81B7789DD6D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4589463" y="2827368"/>
+            <a:ext cx="3400425" cy="663575"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Google Shape;825;p11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C861DE1-0F25-DCB8-3283-63C86B9BC0B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9812337" y="-4733"/>
+            <a:ext cx="2314575" cy="665162"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D18C038-07A1-D008-25F0-B9B337150CF4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="PoljeZBesedilom 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40BEC6CB-508D-EFB3-DA60-344E2D6C7BC9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="PoljeZBesedilom 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E5A0F51-6B3C-FC61-522D-A34C32DDBC5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2418586058"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="500"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="1000"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="8" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="1500"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="9" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="500"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="11" dur="1000"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="12" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="3000"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="13" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="500"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="6"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="15" dur="1000"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="6"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101121F9-E39A-3A4A-6E4A-7DCD29AD9F85}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5145350" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Oblikovna struktura sistema BDA za zdravstveno varstvo Slonokoščene obale. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Sistem je zelo krhek, težko ga je modelirati. Glavne omejitve: nezanesljivi podatki (90 % časa modeliranja), slabo usklajevanje med odločevalci, ozadje IT </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>itd.)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Predstavljena BDA bo služila kot DSS za nosilce odločanja na operativni, taktični in strateški ravni v oskrbovalni verigi zdravstvenega varstva v Slonokoščeni obali.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
+              <a:t>Predstavitev sistema DSS</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Google Shape;835;p12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A5B190A-C0F1-F662-1604-23598C5463CF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5892800" y="49213"/>
+            <a:ext cx="6280150" cy="6792912"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="487465509"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="2000"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CBD47A-6621-2C22-CE22-52312FCE5B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>Carlsberg FSS (2015-2018)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5FE784D-1DCB-8BD1-4294-FD22C778A8EC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>V tej študiji primera je razvit sistem FSS. Model je razvit za enega od vodilnih proizvajalcev pijač na evropskem trgu.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Cilj:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Ustvarite sistem FSS, ki bo: </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>izdelavo natančnih napovedi za zmanjšanje skupnih stroškov načrtovanja in poslovanja,</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>oblikovanje sistema FSS za skladno medsektorsko odločanje (proizvodnja, trženje, finance in trženje).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Google Shape;849;p14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEAC53C-AAE6-0D8D-34F5-DA7AB575AD8E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9676660" y="22225"/>
+            <a:ext cx="2497878" cy="812276"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Google Shape;848;p14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E42EC527-8C48-83E7-6140-5CBDBEBFF005}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3376613" y="2528888"/>
+            <a:ext cx="1933575" cy="1781175"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Google Shape;850;p14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E235E8AE-38DF-005C-3537-CFE76C3FCFEC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7064375" y="2527300"/>
+            <a:ext cx="1665288" cy="1820863"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Slika 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8F34684-9965-484A-10E5-52FC20173280}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B48FACCC-BC37-5192-6C8B-F53F6CD505C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A14EDD9C-A90F-A801-84FB-45361815CF65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4171109052"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="1500"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="1000"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="2250"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1000"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DB57B5B-89A9-FBC6-12D0-5E5F785DD410}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>Struktura </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>oskrbovalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t> verige</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="hr-HR" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Google Shape;858;p15" descr="C:\Users\ASUS\OneDrive\Doktorat\Doktorat\8. Boosting the performance\prateci materijal\lanacsnabdevanja.jpg">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F228DD6-B439-D90C-2A5D-7534E20B0A10}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3236728" y="1369866"/>
+            <a:ext cx="6516704" cy="4118267"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Google Shape;859;p15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB0C980D-6CD9-0092-F6AF-06C6EE0E6808}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2817812" y="5614389"/>
+            <a:ext cx="6556375" cy="400069"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Distribucijsko omrežje pivovarn z </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0" err="1">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>več</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="2000" b="1" i="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t> prodajalci</a:t>
+            </a:r>
+            <a:endParaRPr sz="1200" dirty="0">
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Google Shape;857;p15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AF57DBC-5C3A-4604-6C5D-B3D0E1C7D180}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9925234" y="22225"/>
+            <a:ext cx="2249303" cy="902789"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49E42D57-3055-F4FE-120B-48B5EE85014D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F99295D8-8DAD-E687-5C17-C0F65BC76E07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6EE50C1-48F4-0185-595A-C6B7B4475C47}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="826839755"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="2000"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="8" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="2000"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="9" presetID="2" presetClass="entr" presetSubtype="4" fill="hold" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="6"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:anim calcmode="lin" valueType="num">
+                                      <p:cBhvr additive="base">
+                                        <p:cTn id="11" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="6"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>ppt_y</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:tavLst>
+                                        <p:tav tm="0">
+                                          <p:val>
+                                            <p:strVal val="#ppt_y+1"/>
+                                          </p:val>
+                                        </p:tav>
+                                        <p:tav tm="100000">
+                                          <p:val>
+                                            <p:strVal val="#ppt_y"/>
+                                          </p:val>
+                                        </p:tav>
+                                      </p:tavLst>
+                                    </p:anim>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1053CFD8-6165-90AD-BF2E-B93B3EEB7ABB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>Carlsberg FSS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Google Shape;865;p16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43E4C460-AACE-8F98-A09E-B6067A7FD0B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1152524" y="1481668"/>
+            <a:ext cx="10210800" cy="5206470"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{296E0AB4-975E-6F14-8F1F-2BE3818FBEE8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3062355698"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="2000"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D2DBB4D-44B1-FF0F-408D-86BF94EFFDCC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Hvala za vašo pozornost</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10964589" y="0"/>
+            <a:ext cx="1227411" cy="429442"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C9BF90B-BF8F-A9A3-B516-D511EFA23B27}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2567B517-3A39-5819-58FB-9743DF4232AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BB507AF-7FA0-1304-D7B6-C79171F98B21}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3204633400"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -2824,375 +7492,165 @@
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F75B813-9F37-67C3-98DE-C281153587E6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{023E8404-5BD8-6AB0-A436-8F5F58769AED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6455834" y="6213237"/>
-            <a:ext cx="5011392" cy="461665"/>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...4 lines deleted...]
-              <a:defRPr sz="1800" kern="1200">
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:prstClr val="black"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...87 lines deleted...]
-              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...67 lines deleted...]
-              <a:defRPr sz="1800" kern="1200">
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
-                  <a:schemeClr val="tx1"/>
+                  <a:prstClr val="black"/>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-[...87 lines deleted...]
-              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2615399098"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -3526,50 +7984,153 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B150450E-9C4A-008B-1FD9-3F50E2BE9892}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1794834822"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -3622,51 +8183,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -20910,50 +25471,153 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="201" name="PoljeZBesedilom 200">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A1B293E-E5C2-C55D-4A77-8BA50F1C5893}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3848276774"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
@@ -22121,51 +26785,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -25886,50 +30550,153 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="PoljeZBesedilom 41">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DA692B5-99E6-5C57-11D0-0831EFF0276C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2364173634"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
@@ -26158,51 +30925,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -26611,50 +31378,153 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCDED676-EACF-4252-6585-7F9265BF5EC7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1905960398"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
@@ -26842,51 +31712,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -27144,64 +32014,167 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B51C742D-FA27-9F06-D5DB-8ADFC73F8D74}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3472644837"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CBD47A-6621-2C22-CE22-52312FCE5B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -27499,50 +32472,153 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5278196E-0A57-970B-9222-1EA9313DD81C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1752057516"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
@@ -27613,51 +32689,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101121F9-E39A-3A4A-6E4A-7DCD29AD9F85}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -27815,2524 +32891,50 @@
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
-</p:sld>
-[...2472 lines deleted...]
-  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -30587,73 +33189,360 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="rId1" /></Relationships>
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Motyw pakietu Office">
+  <a:themeElements>
+    <a:clrScheme name="Pakiet Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Pakiet Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Pakiet Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps2.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps3.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="e39e5a21f07b79f5f02b47bb518c1032">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4e78d507071451a3820eedd449fec3a" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -30842,253 +33731,167 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{414D8471-AAF9-4097-B684-350E9A30D346}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>15584</Words>
+  <Words>1905</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>125</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>168</Paragraphs>
+  <Slides>16</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>125</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="136" baseType="lpstr">
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Century Gothic</vt:lpstr>
       <vt:lpstr>Helvetica Neue Light</vt:lpstr>
       <vt:lpstr>Lato Light</vt:lpstr>
-      <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-      <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-[...20 lines deleted...]
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
+      <vt:lpstr>1_Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Ključni stebri poslovne analitike</vt:lpstr>
       <vt:lpstr>Utemeljitev za analitiko</vt:lpstr>
       <vt:lpstr>Izboljšano sprejemanje odločitev</vt:lpstr>
       <vt:lpstr>Trendi v industriji in izobraževanju</vt:lpstr>
       <vt:lpstr>Študije primerov (poglobljen potop)</vt:lpstr>
       <vt:lpstr>Better Factory (2021-2022)</vt:lpstr>
-      <vt:lpstr>PowerPointova predstavitev</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Humanitarni projekt USAID (2021-2022)</vt:lpstr>
-      <vt:lpstr>PowerPointova predstavitev</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Carlsberg FSS (2015-2018)</vt:lpstr>
       <vt:lpstr>Struktura oskrbovalne verige </vt:lpstr>
       <vt:lpstr>Carlsberg FSS</vt:lpstr>
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
-[...87 lines deleted...]
-      <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:keywords>, docId:F2A99F8EF04D0C3272D2238BAD644D0C</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">