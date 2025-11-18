--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,97 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/slides/slide69.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...25 lines deleted...]
-  <Override PartName="/ppt/slides/slide63.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="/docProps/thumbnail.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/ppt/presentation.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483661" r:id="rId5"/>
+    <p:sldMasterId id="2147483661" r:id="rId4"/>
+    <p:sldMasterId id="2147483665" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="392" r:id="rId59"/>
-[...16 lines deleted...]
-    <p:sldId id="409" r:id="rId76"/>
+    <p:sldId id="392" r:id="rId6"/>
+    <p:sldId id="393" r:id="rId7"/>
+    <p:sldId id="394" r:id="rId8"/>
+    <p:sldId id="395" r:id="rId9"/>
+    <p:sldId id="396" r:id="rId10"/>
+    <p:sldId id="397" r:id="rId11"/>
+    <p:sldId id="398" r:id="rId12"/>
+    <p:sldId id="399" r:id="rId13"/>
+    <p:sldId id="400" r:id="rId14"/>
+    <p:sldId id="401" r:id="rId15"/>
+    <p:sldId id="402" r:id="rId16"/>
+    <p:sldId id="403" r:id="rId17"/>
+    <p:sldId id="404" r:id="rId18"/>
+    <p:sldId id="405" r:id="rId19"/>
+    <p:sldId id="406" r:id="rId20"/>
+    <p:sldId id="407" r:id="rId21"/>
+    <p:sldId id="408" r:id="rId22"/>
+    <p:sldId id="335" r:id="rId23"/>
+    <p:sldId id="409" r:id="rId24"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -379,90 +387,113 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="486" y="96"/>
+        <p:origin x="125" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide58.xml" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide69.xml" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster2.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide59.xml" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide64.xml" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="/ppt/tableStyles.xml" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide54.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide65.xml" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide70.xml" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide55.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide60.xml" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide71.xml" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide66.xml" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide61.xml" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="/ppt/presProps.xml" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide56.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide67.xml" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide62.xml" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide57.xml" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="/ppt/viewProps.xml" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide68.xml" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide63.xml" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId133" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster2.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster2.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -707,51 +738,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -891,55 +922,921 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image4.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout6.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme2.xml" Id="rId6" /></Relationships>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1736742197"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2052148759"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Slide with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3066452490"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Slide with picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2240744133"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Only title">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1062335394"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -1083,51 +1980,51 @@
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
@@ -1155,51 +2052,51 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -1257,51 +2154,51 @@
               <a:t>Izražena stališča in mnenja so izključno stališča in mnenja avtorjev in ne odražajo nujno stališč Evropske unije ali Izvajalske agencije za izobraževanje in kulturo (EACEA).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Evropska unija in agencija EACEA ne moreta biti odgovorni zanje.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483662" r:id="rId1"/>
-    <p:sldLayoutId id="2147483664" r:id="rId3"/>
+    <p:sldLayoutId id="2147483664" r:id="rId2"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="1065AB"/>
           </a:solidFill>
           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -1557,105 +2454,793 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide54.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image32.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout6.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image33.png" Id="rId4" /></Relationships>
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="365126"/>
+            <a:ext cx="9745133" cy="1116542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8B49A-91DD-E2E0-C046-13FDB51AFF31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="80573222"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483666" r:id="rId1"/>
+    <p:sldLayoutId id="2147483667" r:id="rId2"/>
+    <p:sldLayoutId id="2147483668" r:id="rId3"/>
+    <p:sldLayoutId id="2147483669" r:id="rId4"/>
+    <p:sldLayoutId id="2147483670" r:id="rId5"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="1" kern="1200">
+          <a:solidFill>
+            <a:srgbClr val="1065AB"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="pl-PL"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide55.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide56.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eqains.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide57.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image39.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide58.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide59.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image40.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide60.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide61.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image41.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide62.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide63.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image42.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eqains.com/" TargetMode="External" Id="rId3" /></Relationships>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide64.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide65.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide66.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image43.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide67.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image44.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide68.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image45.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide69.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide70.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide71.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image33.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout6.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/slide54.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -1745,383 +3330,97 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...224 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3823DD-8D25-872F-C72C-4C503464DBA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11038544" y="5638402"/>
             <a:ext cx="1079500" cy="1094088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...58 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
@@ -2184,57 +3483,62 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0">
+              <a:rPr lang="pl-PL" sz="2800">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Predavanje</a:t>
-            </a:r>
+              <a:t>Predavanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -2572,236 +3876,1100 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1050" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E4794EA-D5A5-9E4A-FF6F-8976D33471AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539680" y="5293868"/>
+            <a:ext cx="4997035" cy="1354217"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Business Analytics Skills </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="pole tekstowe 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{569E3361-9F1C-493B-F4E0-2813E571DD6F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-42796" y="6378243"/>
+            <a:ext cx="6096000" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2800" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Project </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1405581018"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide55.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Tytuł 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
+              <a:t>Kanali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> za podatke in znanje ML</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5" descr="https://lh7-us.googleusercontent.com/rqKvI50KPsG40GmiTZ7lZjj3ospjcsECo9lBQy9yg7ZEmDdRwwvezmLvYc45qEGxltTsvQ1b7Qb-OmBC5fPRkI3-0yHtwm3E8nOnis3anG-497jcgwbwyukzzSbVivDoxEaFCjJthZm_JuqHMSvgwg"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1978105" y="1370539"/>
+            <a:ext cx="7296674" cy="4557589"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2578442" y="5816998"/>
+            <a:ext cx="6096000" cy="314894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Slika 4. Potek podatkov in znanja ML za podjetje Equilibrium AI </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0563C1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>(https://eqains.com/)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B0E3929-E27B-CDC2-5B13-E5E4A83251A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{861228C5-8884-653D-7347-F5E33D034173}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63A80AAE-7BF5-3978-1FFC-8041416D9D4C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="501735244"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
+              <a:t>Kanali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> za podatke in znanje ML</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...9 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
-[...40 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Ključni element: ML modeli so ključnega pomena pri izpeljavi zaključkov o poslovnih procesih v podatkovni analitiki.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Reševanje specifičnih težav SC: Za reševanje specifičnih problemov oskrbne verige je treba izpopolniti arhitekturo aplikacij za splošno poslovno obveščanje in modele ML.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Rešitev družbe Equilibrium AI: Equilibrium AI je razvil platformo AI &amp; ML za preoblikovanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>operacij</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>oskrbovalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> verige, povečanje operativne učinkovitosti, izboljšanje odločanja in doseganje ciljev podjetja.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Pregled: Podatkovni in znanjski cevovod Equilibrium AI vključuje zaledne in sprednje operacije za ustvarjanje vrednosti za uporabnike.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Pridobivanje podatkov: Podatki se pridobivajo iz podatkovnih zbirk, sistemov za načrtovanje virov podjetja, aplikacij, ravnih datotek in spletnih/internetnih virov.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0"/>
+              <a:t>N</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>alagalniki</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> podatkov: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>Vnaprej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>programirani</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> nalagalniki podatkov čistijo in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>predobdelujejo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> podatke iz različnih virov.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Slika 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37F12447-35DE-6CD9-3047-A441BEFC4199}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B58761A-EC19-DF76-B9C9-C1618F2F61B2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PoljeZBesedilom 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE2A54DD-804E-0084-7D11-544F94A6552E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AACF68C8-9093-4933-0096-1FB4D6FE92AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6455834" y="6213237"/>
             <a:ext cx="5011392" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
@@ -2892,188 +5060,349 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6860A3C4-AF5C-DE16-B33A-02D25D86BD0E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2106160303"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3470976159"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide56.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
+              <a:t>Kanali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> za podatke in znanje ML</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>Strojno učenje je podskupina umetne inteligence, ki vključuje razvoj algoritmov in statističnih modelov, ki računalnikom omogočajo izvajanje nalog, ne da bi bili za to izrecno programirani. Glavni cilj strojnega učenja je omogočiti računalnikom, da se učijo iz podatkov in sčasoma izboljšajo svoje delovanje brez človeškega posredovanja.</a:t>
+              <a:t>Koraki </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>predhodne obdelave</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>: Preverjanje napačnih vnosov, nelogičnih vrednosti, odstopanj in združevanje zunanjih dejavnikov z notranjimi podatki.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Pomen zunanjih dejavnikov: Zunanji dejavniki, kot so vremenski podatki, indeks cen življenjskih potrebščin in demografske značilnosti, obogatijo nabor podatkov za modele ML.</a:t>
             </a:r>
             <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
-[...1 lines deleted...]
-          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>Predhodno obdelani </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>ML izhaja iz tega vprašanja: ali lahko računalnik preseže "tisto, kar mu znamo naročiti", in se sam nauči, kako opraviti določeno nalogo? Ali nas lahko računalnik preseneti? Namesto da bi programerji ročno oblikovali pravila za obdelavo podatkov, bi se lahko računalnik samodejno naučil teh pravil s pregledovanjem podatkov?</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:t>podatki: Po </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>predobdelavi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>se podatki zaznavajo, odstranjujejo šumi, oblikujejo značilnosti ter razdelijo na učne in testne množice.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Izhod: Faza izhoda vključuje vizualizacijo podatkov, razvoj ML in AI ter izmenjavo podatkov, včasih brez uporabe ML modela za namene poročanja.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Učinek: Vpliv: ML modeli in vpogledi, pridobljeni na podlagi podatkov, prispevajo k informiranemu sprejemanju odločitev in organizacijskemu uspehu pri </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>delovanju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>oskrbovalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> verige.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Slika 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAE8D706-7C0E-0BFF-7074-015A38208F58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6787C40-FEAF-C06E-1DBC-F77443421AFB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PoljeZBesedilom 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B0F5DB1-C673-226A-1A04-01250F8C8E1E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EB039F2-E832-03A3-794F-251886D29A5D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6455834" y="6213237"/>
             <a:ext cx="5011392" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
@@ -3164,64 +5493,4251 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AEABD2B-17A6-81E4-CE76-0F124224C365}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2750502261"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
+              <a:t>Kanali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> za podatke in znanje ML</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1721708" y="1127441"/>
+            <a:ext cx="8213123" cy="4853229"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3163330" y="5891768"/>
+            <a:ext cx="6096000" cy="314894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Slika 5. Tipični vizualizacijski del platforme ML v SC.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E70B12F9-C7F2-9C0E-3F74-6D04B82452AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DBFB1B5-8347-DFCE-0235-F55B11DFBF06}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5135781-4A23-5C14-B98B-1B280F97C0AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3506908945"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0" err="1"/>
+              <a:t>oslovni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t> podatki ML in SC</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3163330" y="5891768"/>
+            <a:ext cx="6096000" cy="261610"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Slika 6. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0"/>
+              <a:t>Statistične značilnosti izdelkov v verigi preskrbe s hrano (povzeto za vse izdelke).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1100" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="C:\Users\Logistika\Desktop\draftovi\Features.png"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1762897" y="1135679"/>
+            <a:ext cx="8204886" cy="4828516"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20A289CA-8EB3-AA04-4CD0-17B6D6BF6C70}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94FA671D-F743-B0A5-E92D-F8C5AD4C3A04}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{325451CC-E1A0-D1CC-930F-6C1DFA129A3B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="991268595"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>ML </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>poslovni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
+              <a:t>problem </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>SC</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1160377" y="1219141"/>
+            <a:ext cx="9344025" cy="4943475"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9720D454-6FEB-4A20-F34D-06AEDD8ADCEE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51E2757E-1920-722E-0908-988D913E7FD5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B0DD0CC-6F66-1EE6-18B8-A655FC25A79A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3124027922"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Tytuł 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Povzetek</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244600" y="1842559"/>
+            <a:ext cx="10298651" cy="3626908"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Vključitev strojnega učenja (ML) v procese poslovnega obveščanja (BI) pomeni revolucijo pri sprejemanju odločitev, ki temeljijo na podatkih. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Platforma AI &amp; ML družbe Equilibrium AI spreminja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>delovanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>oskrbovalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> verige, saj izboljšuje učinkovitost in sprejemanje odločitev. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>Predobdelava podatkov, vključno z ekstrakcijo in čiščenjem podatkov, je ključnega pomena za učinkovitost modelov ML. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0">
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Zunanji dejavniki obogatijo nabore podatkov za modele ML in prispevajo k natančnejšim vpogledom. </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Inženiring lastnosti, vključno z izbiro in preoblikovanjem spremenljivk, pomembno vpliva na napovedno moč ML modelov v BI.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{189FAE71-CE6F-804F-A545-36151A67B9D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9396990C-230E-64BC-A2A8-CE46B601CEB7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E1C3BEB-FA48-821F-D751-415CE0F80475}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1340622621"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07F91CA0-3052-6A69-B68E-332CEED95A02}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Tytuł 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E699F12E-DA83-9FA1-5148-CDC4D71FC429}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Povzetek</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BA74302-D0BA-352F-C774-3AF53A73A2CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244600" y="1842559"/>
+            <a:ext cx="10298651" cy="3626908"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Rešitve</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>avtomatizirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> ML (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>AutoML</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>poenostavijo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>izbiro</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>modela</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>nastavitev</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>hiperparametrov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>zaradi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>česar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>napredna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>analitika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>bolj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>dostopna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0">
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Obdelava</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>podatkov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> v </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>realnem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>času</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>napovedna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>analitika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>povečujeta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>odpornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>oskrbovalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>verige</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> z </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>ugotavljanjem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>morebitnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>motenj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>še</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>preden</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>pojavijo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0">
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Razložljivost in razumljivost modelov ML sta bistvenega pomena za pridobitev zaupanja zainteresiranih strani in zagotavljanje skladnosti z zakonodajo.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" dirty="0">
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>Rešitve AI in ML v oblaku omogočajo skalabilnost in integracijo na več stičnih </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>točkah</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t>oskrbovalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:latin typeface="Tahoma"/>
+                <a:ea typeface="Tahoma"/>
+                <a:cs typeface="Tahoma"/>
+              </a:rPr>
+              <a:t> verige.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:latin typeface="Tahoma"/>
+              <a:ea typeface="Tahoma"/>
+              <a:cs typeface="Tahoma"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Na koncu modeli ML in vpogledi, pridobljeni iz podatkovne analitike, omogočajo informirano sprejemanje odločitev in spodbujajo organizacijski uspeh v </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>operacijah</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>oskrbovalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> verige.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AC146E4-A24B-2FE1-AA7C-0C3B343D5A2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AECB1AF-9564-D7A9-638E-B0C8B7546685}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B106D6FE-ED2C-F663-3136-83AF1CB9EE3C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3937864735"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A42DA4-1ED3-B704-30FE-B3554FD25B43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Hvala za vašo pozornost</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10964589" y="0"/>
+            <a:ext cx="1227411" cy="429442"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B47AAD98-E8D4-A938-DADE-D2C5547DFEB1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E887BE3A-825E-0BBE-5969-7ED1158ACBC0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C84FD07D-2332-1275-D678-42D9987A822D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4247733141"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Tytuł 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Agenda</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244600" y="1842559"/>
+            <a:ext cx="10947400" cy="3626908"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
+              <a:t>Kaj je strojno učenje?</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
+              <a:t>Osnove in teoretične predpostavke ML</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
+              <a:t>Poslovna inteligenca in ML v SC</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="2000" dirty="0"/>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
+              <a:t>oslovni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
+              <a:t> podatki ML in SC</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:t>ML za poslovni problem SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37F12447-35DE-6CD9-3047-A441BEFC4199}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE2A54DD-804E-0084-7D11-544F94A6552E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{838E0C4B-4915-44CB-BE8C-821BAA22F5EC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2106160303"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kaj je strojno učenje?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Strojno učenje je podskupina umetne inteligence, ki vključuje razvoj algoritmov in statističnih modelov, ki računalnikom omogočajo izvajanje nalog, ne da bi bili za to izrecno programirani. Glavni cilj strojnega učenja je omogočiti računalnikom, da se učijo iz podatkov in sčasoma izboljšajo svoje delovanje brez človeškega posredovanja.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>ML izhaja iz tega vprašanja: ali lahko računalnik preseže "tisto, kar mu znamo naročiti", in se sam nauči, kako opraviti določeno nalogo? Ali nas lahko računalnik preseneti? Namesto da bi programerji ročno oblikovali pravila za obdelavo podatkov, bi se lahko računalnik samodejno naučil teh pravil s pregledovanjem podatkov?</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAE8D706-7C0E-0BFF-7074-015A38208F58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B0F5DB1-C673-226A-1A04-01250F8C8E1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C70BE37B-293B-593D-97E7-EB86CD7D88F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1005526528"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide57.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -3671,64 +10187,167 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BE2ACBA-25A5-E29D-0A15-94BFE6C010D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4051799530"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide58.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -3996,64 +10615,167 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45E3D2AD-9775-F849-9741-92A33D2C7E11}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3414360139"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide59.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4304,64 +11026,167 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53CDF352-331B-170C-64AD-D1F2F1D0A7A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2034886605"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide60.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4624,64 +11449,167 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{354299CC-B9C9-8FDC-EF82-D8C3A0407396}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3938375118"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide61.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5106,64 +12034,167 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="PoljeZBesedilom 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B574820-B993-DE7E-C614-6E45A7DE69B4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1230425581"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide62.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5417,3476 +12448,157 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Tytuł 3">
-[...167 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{861228C5-8884-653D-7347-F5E33D034173}"/>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EE93411-9C7B-7538-71E0-1780F7C02ECE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6455834" y="6213237"/>
-            <a:ext cx="5011392" cy="461665"/>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...96 lines deleted...]
-              <a:rPr lang="sl-SI" sz="800" dirty="0">
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="501735244"/>
-[...3086 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4247733141"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3388013383"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -9148,51 +12860,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -9442,73 +13154,85 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps2.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps3.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="e39e5a21f07b79f5f02b47bb518c1032">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4e78d507071451a3820eedd449fec3a" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -9697,253 +13421,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E252B101-B344-4C09-9268-3A507D0BB375}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EA4354F-06CC-4E2F-8977-B85A3BB16B9E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>15584</Words>
+  <Words>2894</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>125</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>140</Paragraphs>
+  <Slides>19</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>125</vt:i4>
+        <vt:i4>19</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="136" baseType="lpstr">
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Century Gothic</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-      <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-[...52 lines deleted...]
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
+      <vt:lpstr>1_Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Kaj je strojno učenje?</vt:lpstr>
       <vt:lpstr>Kaj je strojno učenje?</vt:lpstr>
       <vt:lpstr>Osnove in teoretične predpostavke ML</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca in ML v SC</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca in ML v SC</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca in ML v SC</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca in ML v SC</vt:lpstr>
       <vt:lpstr>Kanali za podatke in znanje ML</vt:lpstr>
       <vt:lpstr>Kanali za podatke in znanje ML</vt:lpstr>
       <vt:lpstr>Kanali za podatke in znanje ML</vt:lpstr>
       <vt:lpstr>Kanali za podatke in znanje ML</vt:lpstr>
       <vt:lpstr>Poslovni podatki ML in SC</vt:lpstr>
       <vt:lpstr>ML za poslovni problem SC</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
-[...52 lines deleted...]
-      <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:keywords>, docId:F2A99F8EF04D0C3272D2238BAD644D0C</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">