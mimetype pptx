--- v0 (2025-10-01)
+++ v1 (2026-01-02)
@@ -1,120 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide79.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...39 lines deleted...]
-  <Override PartName="/ppt/slides/slide84.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="/docProps/thumbnail.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/ppt/presentation.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483655" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="410" r:id="rId77"/>
-[...28 lines deleted...]
-    <p:sldId id="439" r:id="rId106"/>
+    <p:sldId id="410" r:id="rId6"/>
+    <p:sldId id="411" r:id="rId7"/>
+    <p:sldId id="412" r:id="rId8"/>
+    <p:sldId id="413" r:id="rId9"/>
+    <p:sldId id="414" r:id="rId10"/>
+    <p:sldId id="415" r:id="rId11"/>
+    <p:sldId id="416" r:id="rId12"/>
+    <p:sldId id="417" r:id="rId13"/>
+    <p:sldId id="418" r:id="rId14"/>
+    <p:sldId id="419" r:id="rId15"/>
+    <p:sldId id="420" r:id="rId16"/>
+    <p:sldId id="421" r:id="rId17"/>
+    <p:sldId id="422" r:id="rId18"/>
+    <p:sldId id="423" r:id="rId19"/>
+    <p:sldId id="424" r:id="rId20"/>
+    <p:sldId id="425" r:id="rId21"/>
+    <p:sldId id="426" r:id="rId22"/>
+    <p:sldId id="427" r:id="rId23"/>
+    <p:sldId id="428" r:id="rId24"/>
+    <p:sldId id="429" r:id="rId25"/>
+    <p:sldId id="430" r:id="rId26"/>
+    <p:sldId id="431" r:id="rId27"/>
+    <p:sldId id="432" r:id="rId28"/>
+    <p:sldId id="433" r:id="rId29"/>
+    <p:sldId id="434" r:id="rId30"/>
+    <p:sldId id="435" r:id="rId31"/>
+    <p:sldId id="436" r:id="rId32"/>
+    <p:sldId id="437" r:id="rId33"/>
+    <p:sldId id="438" r:id="rId34"/>
+    <p:sldId id="335" r:id="rId35"/>
+    <p:sldId id="439" r:id="rId36"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -197,54 +206,54 @@
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
-    <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Styl pośredni 2 — Akcent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
@@ -402,87 +411,110 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="486" y="96"/>
+        <p:origin x="125" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide79.xml" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide74.xml" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide97.xml" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide85.xml" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide90.xml" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="/ppt/tableStyles.xml" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide75.xml" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide80.xml" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide98.xml" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide86.xml" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide91.xml" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide76.xml" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide81.xml" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide92.xml" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide99.xml" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide87.xml" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide82.xml" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="/ppt/presProps.xml" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide77.xml" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide72.xml" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide95.xml" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide100.xml" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide88.xml" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide93.xml" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide78.xml" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide83.xml" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="/ppt/viewProps.xml" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide101.xml" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide73.xml" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide89.xml" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide94.xml" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide96.xml" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide84.xml" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId133" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -730,51 +762,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -914,55 +946,921 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId6" /></Relationships>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1285603767"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4066240431"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Slide with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3945144247"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Slide with picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3549239211"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Only title">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="931955335"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -1106,51 +2004,51 @@
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
@@ -1178,51 +2076,51 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -1280,51 +2178,51 @@
               <a:t>Izražena stališča in mnenja so izključno stališča in mnenja avtorjev in ne odražajo nujno stališč Evropske unije ali Izvajalske agencije za izobraževanje in kulturo (EACEA).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Evropska unija in agencija EACEA ne moreta biti odgovorni zanje.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
-    <p:sldLayoutId id="2147483654" r:id="rId3"/>
+    <p:sldLayoutId id="2147483654" r:id="rId2"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="1065AB"/>
           </a:solidFill>
           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -1580,741 +2478,841 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide100.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
-[...90 lines deleted...]
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Tytuł 6">
+          <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="365126"/>
+            <a:ext cx="9745133" cy="1116542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" err="1"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+          <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1244600" y="1842559"/>
-[...104 lines deleted...]
-            <a:ext cx="635235" cy="644763"/>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14D72BFE-7C4B-9DFB-F8F2-3C1ECF28009C}"/>
-[...169 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle"/>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
+          <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
+          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="10964589" y="0"/>
-            <a:ext cx="1227411" cy="429442"/>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Slika 1">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DCF59E3-79A7-E376-BBA6-F6B2D2E061D1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8B49A-91DD-E2E0-C046-13FDB51AFF31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...9 lines deleted...]
-        </p:blipFill>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11467226" y="6213237"/>
-            <a:ext cx="635235" cy="644763"/>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...26 lines deleted...]
-          </a:solidFill>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...96 lines deleted...]
-              <a:rPr lang="sl-SI" sz="800" dirty="0">
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1876686591"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2892367874"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
-  <p:clrMapOvr>
-[...2 lines deleted...]
-</p:sld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483656" r:id="rId1"/>
+    <p:sldLayoutId id="2147483657" r:id="rId2"/>
+    <p:sldLayoutId id="2147483658" r:id="rId3"/>
+    <p:sldLayoutId id="2147483659" r:id="rId4"/>
+    <p:sldLayoutId id="2147483660" r:id="rId5"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="1" kern="1200">
+          <a:solidFill>
+            <a:srgbClr val="1065AB"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="pl-PL"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
 </file>
 
-<file path=ppt/slides/slide72.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -2404,385 +3402,99 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...224 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3823DD-8D25-872F-C72C-4C503464DBA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11038544" y="5638402"/>
             <a:ext cx="1079500" cy="1094088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="pole tekstowe 6">
-[...58 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
@@ -2843,57 +3555,62 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0">
+              <a:rPr lang="pl-PL" sz="2800">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Predavanje</a:t>
-            </a:r>
+              <a:t>Predavanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -3231,2870 +3948,463 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1050" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{191C0B8F-1BBE-9223-F766-38176CABCF67}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539680" y="5293868"/>
+            <a:ext cx="4997035" cy="1354217"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Business Analytics Skills </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="pole tekstowe 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C379BFDB-3225-153A-B6BD-26C4D9699A68}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-42796" y="6378243"/>
+            <a:ext cx="6096000" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2800" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Project </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2951863085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide73.xml><?xml version="1.0" encoding="utf-8"?>
-[...2795 lines deleted...]
-<file path=ppt/slides/slide81.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EDA0B7E-1236-CF40-67D3-7A7318BD4D66}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6394,64 +4704,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DE9E913-CE1F-0285-5F95-2DE729FB4924}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2900190463"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide82.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8EA8D62-5F44-97D5-4D24-BBFA268A1D31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6765,64 +5272,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB751AD8-F168-232C-7C41-7572D212C2AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1531335044"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide83.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8EA8D62-5F44-97D5-4D24-BBFA268A1D31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -7105,64 +5809,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A0C3A45-D14D-BCFB-242E-2AB12EEEEDB6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2134674653"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide84.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8EA8D62-5F44-97D5-4D24-BBFA268A1D31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -7465,64 +6366,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDDA792F-35B1-39E5-73AE-DAACE9A24C7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1074293672"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide85.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4C01C02-71FF-7091-70AA-907CBB71FE4F}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
@@ -7782,64 +6880,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B1730BB-A5E8-97E5-1EF2-432E420F1289}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2446322274"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide86.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8440,64 +7735,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{610ACA04-386F-BB6F-F613-3C4A06300F6C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1680474160"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide87.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -9086,64 +8578,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8910AFF-2824-AB7F-D057-142D1F4EE125}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3730965736"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide88.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -9709,64 +9398,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBC01220-AFD5-DE55-119F-D889E2E852AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="813501802"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide89.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A6B5CD9-85D8-1502-8721-3597A349337D}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
@@ -10142,64 +10028,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C666BEDE-F078-D86B-46FE-778D068EE81D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4141971203"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide90.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3E811B4-2480-A1A0-6980-A8FE81E0481F}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
@@ -10591,64 +10674,747 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{427B10B7-ADB7-57F9-BE50-C997639287FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123997578"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide91.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Tytuł 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Agenda</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244600" y="1842559"/>
+            <a:ext cx="10947400" cy="3626908"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>Poslovni proces</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>Upravljanje poslovnih procesov</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>Modeliranje poslovnih procesov</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>Procesno rudarjenje</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D4486F-4A82-9D34-1BE7-DCE3BFABA072}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06E14FDB-887B-2B09-C6DF-AB02CA036C24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD038255-DF2A-C456-8904-E6D04AFEC27A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3854815496"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70DC5C4F-3961-6F07-5C72-0F42C590FAE5}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
@@ -11014,64 +11780,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C73E47A-377D-6941-8FF9-0E25C73A9397}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1790657817"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide92.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4D41744-2BBD-816B-8565-3D7FA85720C8}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
@@ -11241,108 +12204,64 @@
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>počaka na </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>dokončanje vseh vej, preden nadaljuje ﬂow </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 1" descr="A diagram of a process&#10;&#10;Description automatically generated">
-[...42 lines deleted...]
-        <p:nvPicPr>
           <p:cNvPr id="3" name="Slika 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CAA2D56-AED2-502C-8B9D-F45D2C81AE66}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="PoljeZBesedilom 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8B80187-5C9C-5526-BC46-0BADD4ACA9B6}"/>
               </a:ext>
             </a:extLst>
@@ -11456,64 +12375,307 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B6AB1A6-D082-BBC2-DBB1-597C81F82FF9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="A diagram of a process&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F82A812D-C513-87C9-5C92-015625C49D3A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="5905" b="6514"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1796192" y="4001294"/>
+            <a:ext cx="8599616" cy="2291398"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3131273898"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide93.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96E05D82-7980-D5C0-AF69-3B147188A209}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
@@ -11892,64 +13054,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1423CF3D-345E-EC37-8420-58D9C36EAC8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3798171473"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide94.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{647AF653-7D2D-4303-9B77-4F67E1441D1C}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
@@ -12327,64 +13686,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69ECEABB-5B8B-0AE6-2964-1075F36478C3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="427918712"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide95.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3090B264-D600-6A87-3708-835DA331A98C}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
@@ -12859,64 +14415,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0B671E2-840A-E1CB-F670-1E6904E2A5FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2138752960"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide96.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4001B264-EE1E-ECCD-1B1C-F63276BFE1D1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -13266,64 +15019,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56A1972A-DFAD-3B9C-DD81-9A8483F051DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2092664198"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide97.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{041E62F1-D3F4-65C8-170E-3F0408D274D9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
@@ -13653,64 +15603,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E5CBFDE-ED72-3F87-0DD2-9D57DD2DF9FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3495950558"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide98.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3C856F6-5FC7-5F7F-BC67-0535B3A43E43}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
@@ -15246,64 +17393,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{988C42EA-9C85-3B5E-461B-8B34E19D4475}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1119616130"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide99.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -15628,54 +17972,5399 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6F31ABC-55E8-BDFB-DED7-6FB7FAB1B398}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3922675102"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Tytuł 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Povzetek</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244600" y="1842559"/>
+            <a:ext cx="10298651" cy="3626908"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Za ohranjanje konkurenčnosti v današnjem poslovnem okolju sta ključnega pomena učinkovito upravljanje in nenehno izboljševanje procesov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Upravljanje poslovnih procesov (BPM) in procesno rudarjenje sta dva pomembna dela poslovne inteligence, ki podjetjem pomagata analizirati, optimizirati in izboljšati njihove operativne procese.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>BPM zagotavlja organizirano in strukturirano metodo za prepoznavanje, načrtovanje, izvajanje, spremljanje in izboljševanje poslovnih procesov ter njihovo usklajevanje s strateškimi cilji organizacije.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Po drugi strani pa je procesno rudarjenje orodje za prepoznavanje in izboljševanje dejanskih procesov s pomočjo pridobivanja znanja iz dnevnikov dogodkov, ki jih najdemo v sodobnih poslovnih informacijskih sistemih.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08134C29-C60D-3EA4-0352-C196FB4225B0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14D72BFE-7C4B-9DFB-F8F2-3C1ECF28009C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96EE6424-8ED0-780A-CD93-7CE5B3E86B4B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1593416384"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Poslovni proces</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1"/>
+              <a:t>Vsaka organizacija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>je kompleksen sistem medsebojno povezanih procesov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Procesi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>strukturirane dejavnosti, ki se izvajajo za dosego določenega organizacijskega cilja.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>v proizvodnem podjetju lahko ključni procesi vključujejo oblikovanje izdelka, nabavo surovin, proizvodnjo, nadzor kakovosti in distribucijo.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>v storitveno usmerjenem podjetju, kot je banka, procesi vključujejo odpiranje računov, obdelavo posojil, storitve za stranke in preverjanje skladnosti.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Poslovni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>proces je sestavljen iz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Dogodki </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>stvari, ki </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>nimajo trajanja in se zgodijo atomsko (npr. "Prejeto naročilo").</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Dejavnosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>naloge ali operacije, ki so med seboj povezane in katerih izvedba izpolnjuje cilj poslovnega procesa (npr. "Plačilo računa").</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Odločitve </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>faza, v kateri se proces odloči, v katero smer bo potekal v prihodnosti.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Akterji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ljudje, organizacije ali sistemi programske opreme, ki izvajajo dejavnosti procesa.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Predmeti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>oprema, materiali, papirni dokumenti (fizični predmeti), elektronski dokumenti in zapisi (informacijski predmeti).</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1400" dirty="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD4C016C-6097-550C-A210-B9BD0ECC5C19}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DF5B328-90E6-30BF-456B-4E3143F3FC30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF4AF36C-F700-CCDA-F62C-8A0A6DA075D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3163956746"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A42DA4-1ED3-B704-30FE-B3554FD25B43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Hvala za vašo pozornost</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10964589" y="0"/>
+            <a:ext cx="1227411" cy="429442"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DCF59E3-79A7-E376-BBA6-F6B2D2E061D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5FF6DAB-187D-997F-12EA-D1EC2B272DDA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EFFA13D-4A03-C036-A74A-BC3E786635CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1876686591"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Poslovni proces</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Rezultat izvajanja procesa je eden ali več </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>rezultatov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Rezultat naj bi teoretično koristil vsem strankam, vključenim v postopek (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>pozitiven rezultat)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>. Včasih je ta vrednost dosežena le delno ali nikoli (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>negativni izid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Poslovni proces je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>skupek nalog in dejavnosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(poslovnih operacij in dejanj), ki jih sestavljajo zaposleni, materiali, stroji, sistemi in metode, ki so strukturirani tako, da oblikujejo, ustvarjajo in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>oskrbovalljajo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> izdelek ali storitev potrošniku </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(von </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Scheel et al.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, 2015).</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18A0E35C-6B50-41C8-579F-D515F266F2AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8C9780B-A8A8-5A5E-9B93-EBBE407F2349}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72449C80-2237-DEAC-58F9-9287F18E5698}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2480759708"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88106794-8D52-5DEA-3BFE-2EC1590CDA77}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25CD10A6-189E-F900-0C4A-F7EEAC005AB7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Upravljanje poslovnih procesov</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78D05A6E-E597-90C8-EB60-9168CD61DB58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0"/>
+              <a:t>D</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>isciplina</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>, ki uporablja različne metode za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>odkrivanje, modeliranje, analiziranje, merjenje, izboljševanje in optimiziranje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>poslovnih procesov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t>(Gartner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1"/>
+              <a:t>, n.d.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0"/>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>istemski</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> pristop za zajemanje, načrtovanje, izvajanje, dokumentiranje, merjenje, spremljanje in nadzorovanje avtomatiziranih in neavtomatiziranih procesov za doseganje ciljev in poslovnih strategij podjetja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1"/>
+              <a:t>Camunda, n.d.)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0"/>
+              <a:t>D</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>isciplina</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>, ki vključuje katero koli kombinacijo modeliranja, avtomatizacije, izvajanja, nadzora, merjenja in optimizacije tokov poslovnih dejavnosti v uporabni kombinaciji za podporo ciljev podjetja, ki zajema organizacijske in sistemske meje ter vključuje zaposlene, stranke in partnerje znotraj in zunaj meja podjetja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1"/>
+              <a:t>Swenson in Rosing</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t>, 2015).</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA0EB6AF-2C53-C475-DBCB-F4D2F630E4A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27EF6689-F612-F37D-240F-22A9E17C944C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{168E8348-781D-F521-1BA9-76E2740EABB8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3016960739"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88106794-8D52-5DEA-3BFE-2EC1590CDA77}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25CD10A6-189E-F900-0C4A-F7EEAC005AB7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Upravljanje poslovnih procesov</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78D05A6E-E597-90C8-EB60-9168CD61DB58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Nabor metod, tehnik in orodij za prepoznavanje, odkrivanje, analizo, preoblikovanje, izvajanje in spremljanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>poslovnih procesov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>z namenom </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>izboljšanja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>njihovega delovanja.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Izboljšanje učinkovitosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>zmanjšanje stroškov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>skrajšanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>časa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>izvajanja dejavnosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>zmanjšanje napak/problemov</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2200" dirty="0">
+              <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t>Pri BPM ne gre za izboljšanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>posameznih dejavnosti, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t>temveč za upravljanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>celotne verige </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t>dogodkov, dejavnosti in odločitev, ki podjetju in njegovim strankam prinašajo dodano vrednost.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D6BC72C-07BE-DCCD-9205-F490AC508F71}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3187082" y="4397145"/>
+            <a:ext cx="4571885" cy="2123775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{087FA8E0-B570-F548-A9E5-647ADC401131}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E091FD99-F360-28D1-F17D-9B387E48CFE2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D843C249-AC7D-C4DB-C012-1C2D31B70967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2035892642"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47D73650-EB2C-8E3E-6F64-9995A741912C}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5CCBE77-9B6D-5F7B-90A4-14A283186B00}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Življenjski cikel BPM</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5" descr="A diagram of process&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62ED9870-0ED5-32AB-3246-7BD0F4027693}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3287638" y="1481668"/>
+            <a:ext cx="6000347" cy="4298497"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C37BDA76-163C-B097-52BD-1762AC91AFCF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF0F99B0-BA7D-E717-8190-3DBFE49F2FAE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A26E5E4-454F-6CFD-4A09-556EB76D38BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="8542802"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75274C89-7CFA-8F1B-AD92-5A5236495A65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Kategorije procesov</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A9DA0C9-32D1-F863-4927-7412B1EE8C1A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ključni procesi (primarne dejavnosti) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>se nanašajo na ustvarjanje vrednosti podjetja, tj. na proizvodnjo blaga in storitev, ki jih plačujejo stranke. Sem spadajo načrtovanje in razvoj, proizvodnja, trženje in prodaja, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>oskrbovala</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>poprodajne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>dejavnosti in neposredna nabava (nabava materialov za izdelavo izdelkov ali opravljanje storitev).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Podporni procesi (podporne dejavnosti) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>- omogočajo izvajanje ključnih procesov. Vključujejo posredno nabavo (nabava strojne opreme, pohištva itd.), HRM, upravljanje IT, računovodstvo, pravne storitve itd.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Procesi upravljanja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>- zagotavljanje pravil in smernic za ključne in podporne procese. Vključujejo strateško načrtovanje, pripravo proračuna, upravljanje tveganj ter </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>upravljanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>oskrbovaliteljev</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, vlagateljev in partnerjev.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9920272-0EC1-E5A2-5EEA-4616275EBF91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4151949A-4EEC-F1D5-BCE5-715319D502B6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4D0F399-FF28-50DD-F214-1E43284C27EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="789755618"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75274C89-7CFA-8F1B-AD92-5A5236495A65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Kategorije procesov</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EE67705-97BA-FF39-BEA8-20F493D15862}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2080938" y="1731145"/>
+            <a:ext cx="8030123" cy="4063642"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88CC3AA7-8C7F-878C-C838-DDD3CF6E2959}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78109BF3-9D5A-4E4C-E97B-DC5E5AB7DABF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC8D2AD0-ECAD-0766-1D10-2C5633AEFF10}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="663781685"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -15936,73 +23625,380 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="rId1" /></Relationships>
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Motyw pakietu Office">
+  <a:themeElements>
+    <a:clrScheme name="Pakiet Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Pakiet Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Pakiet Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps2.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps3.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="e39e5a21f07b79f5f02b47bb518c1032">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4e78d507071451a3820eedd449fec3a" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -16191,253 +24187,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3DC4416-9B2E-448E-AAA0-EE00C389D97C}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E1450C2-CF7C-4F3C-AD3D-224149EFDB0B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>15584</Words>
+  <Words>4849</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>125</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>297</Paragraphs>
+  <Slides>31</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>125</vt:i4>
+        <vt:i4>31</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="136" baseType="lpstr">
+    <vt:vector size="38" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Century Gothic</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-      <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-[...70 lines deleted...]
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
+      <vt:lpstr>1_Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Poslovni proces</vt:lpstr>
       <vt:lpstr>Poslovni proces</vt:lpstr>
       <vt:lpstr>Upravljanje poslovnih procesov</vt:lpstr>
       <vt:lpstr>Upravljanje poslovnih procesov</vt:lpstr>
       <vt:lpstr>Življenjski cikel BPM</vt:lpstr>
       <vt:lpstr>Kategorije procesov</vt:lpstr>
       <vt:lpstr>Kategorije procesov</vt:lpstr>
       <vt:lpstr>Izbira postopka</vt:lpstr>
       <vt:lpstr>Merjenje učinkovitosti procesov</vt:lpstr>
       <vt:lpstr>Merjenje uspešnosti procesov</vt:lpstr>
       <vt:lpstr>Merjenje učinkovitosti procesov</vt:lpstr>
       <vt:lpstr>Vloge v projektih BPM</vt:lpstr>
       <vt:lpstr>Modeliranje poslovnih procesov</vt:lpstr>
       <vt:lpstr>Modeliranje poslovnih procesov</vt:lpstr>
       <vt:lpstr>Dogodki</vt:lpstr>
       <vt:lpstr>Naloga</vt:lpstr>
       <vt:lpstr>Prehodi (gateway)</vt:lpstr>
       <vt:lpstr>ALI prehod</vt:lpstr>
       <vt:lpstr>Vrata XOR in AND</vt:lpstr>
       <vt:lpstr>Povezovalni predmeti</vt:lpstr>
       <vt:lpstr>Udeleženci</vt:lpstr>
       <vt:lpstr>Artefakti</vt:lpstr>
       <vt:lpstr>Razgradnja procesa</vt:lpstr>
       <vt:lpstr>Procesno rudarjenje</vt:lpstr>
       <vt:lpstr>Primer dnevnika dogodkov</vt:lpstr>
       <vt:lpstr>Procesno rudarjenje</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
-[...22 lines deleted...]
-      <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:keywords>, docId:F2A99F8EF04D0C3272D2238BAD644D0C</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">