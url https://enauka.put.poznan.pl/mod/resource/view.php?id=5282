--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,108 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide112.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...33 lines deleted...]
-  <Override PartName="/ppt/slides/slide107.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="/docProps/thumbnail.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/ppt/presentation.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483655" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="440" r:id="rId107"/>
-[...22 lines deleted...]
-    <p:sldId id="463" r:id="rId130"/>
+    <p:sldId id="440" r:id="rId6"/>
+    <p:sldId id="441" r:id="rId7"/>
+    <p:sldId id="442" r:id="rId8"/>
+    <p:sldId id="443" r:id="rId9"/>
+    <p:sldId id="444" r:id="rId10"/>
+    <p:sldId id="445" r:id="rId11"/>
+    <p:sldId id="446" r:id="rId12"/>
+    <p:sldId id="447" r:id="rId13"/>
+    <p:sldId id="448" r:id="rId14"/>
+    <p:sldId id="449" r:id="rId15"/>
+    <p:sldId id="450" r:id="rId16"/>
+    <p:sldId id="451" r:id="rId17"/>
+    <p:sldId id="452" r:id="rId18"/>
+    <p:sldId id="453" r:id="rId19"/>
+    <p:sldId id="454" r:id="rId20"/>
+    <p:sldId id="455" r:id="rId21"/>
+    <p:sldId id="456" r:id="rId22"/>
+    <p:sldId id="457" r:id="rId23"/>
+    <p:sldId id="458" r:id="rId24"/>
+    <p:sldId id="459" r:id="rId25"/>
+    <p:sldId id="460" r:id="rId26"/>
+    <p:sldId id="461" r:id="rId27"/>
+    <p:sldId id="462" r:id="rId28"/>
+    <p:sldId id="335" r:id="rId29"/>
+    <p:sldId id="463" r:id="rId30"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -390,87 +399,110 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="486" y="96"/>
+        <p:origin x="125" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide112.xml" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide102.xml" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide118.xml" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide123.xml" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide108.xml" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide113.xml" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="/ppt/tableStyles.xml" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide103.xml" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide119.xml" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide124.xml" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide109.xml" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide114.xml" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide125.xml" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide104.xml" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide115.xml" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide120.xml" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide105.xml" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide110.xml" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="/ppt/presProps.xml" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide121.xml" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide116.xml" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide111.xml" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide106.xml" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="/ppt/viewProps.xml" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide122.xml" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide117.xml" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide107.xml" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId133" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -718,51 +750,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -902,55 +934,921 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId6" /></Relationships>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1076120640"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2710271582"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Slide with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1403217523"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Slide with picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1372903828"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Only title">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="16265284"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -1094,51 +1992,51 @@
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
@@ -1166,51 +2064,51 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -1268,51 +2166,51 @@
               <a:t>Izražena stališča in mnenja so izključno stališča in mnenja avtorjev in ne odražajo nujno stališč Evropske unije ali Izvajalske agencije za izobraževanje in kulturo (EACEA).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Evropska unija in agencija EACEA ne moreta biti odgovorni zanje.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
-    <p:sldLayoutId id="2147483654" r:id="rId3"/>
+    <p:sldLayoutId id="2147483654" r:id="rId2"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="1065AB"/>
           </a:solidFill>
           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -1568,123 +2466,817 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide102.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId4" /></Relationships>
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="365126"/>
+            <a:ext cx="9745133" cy="1116542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8B49A-91DD-E2E0-C046-13FDB51AFF31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3692736339"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483656" r:id="rId1"/>
+    <p:sldLayoutId id="2147483657" r:id="rId2"/>
+    <p:sldLayoutId id="2147483658" r:id="rId3"/>
+    <p:sldLayoutId id="2147483659" r:id="rId4"/>
+    <p:sldLayoutId id="2147483660" r:id="rId5"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="1" kern="1200">
+          <a:solidFill>
+            <a:srgbClr val="1065AB"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="pl-PL"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide103.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide104.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide105.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image63.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide106.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide107.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide108.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide109.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide110.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide111.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide112.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide113.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide114.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide115.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide116.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide117.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide118.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide119.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide120.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide121.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide122.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide123.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image64.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide124.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide125.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/slide102.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -1779,385 +3371,99 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...224 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3823DD-8D25-872F-C72C-4C503464DBA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11038544" y="5638402"/>
             <a:ext cx="1079500" cy="1094088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="pole tekstowe 6">
-[...58 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
@@ -2218,57 +3524,62 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0">
+              <a:rPr lang="pl-PL" sz="2800">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Predavanje</a:t>
-            </a:r>
+              <a:t>Predavanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -2606,74 +3917,7027 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1050" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FF860AF-D0F5-240D-5993-069DF55AD552}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539680" y="5293868"/>
+            <a:ext cx="4997035" cy="1354217"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Business Analytics Skills </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="pole tekstowe 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F38A6C2D-E589-6268-D532-85F66A0E3129}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-42796" y="6378243"/>
+            <a:ext cx="6096000" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2800" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Project </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2925824122"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide103.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{350B8F10-C389-B20D-8212-28F62ADDD03F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40E8DD3F-BD53-AB26-D01C-34B7153D96C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Glavni razlog, zakaj podjetja uvajajo sisteme ERP, je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>podpora rasti podjetja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Izvajanje sistemov ERP je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>zelo zapleteno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>in večina projektov ERP je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>neuspešnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Po podatkih Saundersa (2022) je približno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>80 % </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>projektov ERP neuspešnih. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>25 % projektov ERP je bilo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>preklicanih </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ali odloženih, 55 % pa jih ni izpolnilo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>pričakovanj </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>zainteresiranih strani glede projekta.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC99C312-477F-7181-76AE-21E476F4E24A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F9FAAA0-F558-7B8B-83E0-B099B3F3107A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6B6D53E-7902-C877-E0EA-94B91E110716}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1368560578"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25621516-F80F-5B10-D8F2-E44765AD2FAF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Najpomembnejša vprašanja pri uvajanju </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A614C7C-41A0-3204-C9F4-EB1418117567}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Podpora najvišjega vodstva </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- podpora, strateške usmeritve in dejavno sodelovanje najvišjega vodstva so bistvenega pomena za uspešno izvajanje in upravljanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>sistemov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ERP. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Upravljanje sprememb </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>odpor, zlasti srednjega menedžmenta, navajenega na tradicionalne metode, predstavlja velik izziv pri uvajanju novih sistemov ERP.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Usposabljanje in razvoj </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>kompleksnost sistemov ERP zahteva obsežno in stalno usposabljanje zaposlenih, pri čemer nezadostno usposabljanje vodi do morebitnih napak sistema ERP in pogosto predstavlja skrite stroške za organizacije.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Učinkovita komunikacija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>jasna in stalna komunikacija ter usklajevanje med uporabniki različnih oddelkov sta bistvena za uspešno uvedbo ERP in upravljanje organizacijskih sprememb.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sistemska integracija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vključuje zapleteno nalogo integracije različnih modulov ERP z obstoječimi poslovnimi aplikacijami in starejšimi sistemi v organizaciji, kar je bistven proces za optimizacijo poslovnih procesov in izboljšanje učinkovitosti, vendar je pogosto drag in zapleten.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{375893AA-5404-0E88-7FEE-E2FAE657BE39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22D855DD-3F21-C31C-FE81-8EC66897DA42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74111910-4B1C-D978-D9CC-A75E29265DB1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="43378249"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38F0BB7F-2BDB-60D1-FFFF-DF2230D5920D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Stroški </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>sistema ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6989A2B-B3D2-D44E-C88C-50C60AC9DEE8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>D</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>rago</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> in zapleteno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>izvajanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>kupni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> stroški uvajanja sistema ERP vključujejo stroške, povezane z licenciranjem programske opreme, zahtevami za strojno opremo, uvajanjem, vzdrževanjem, svetovanjem, formalnim in neformalnim usposabljanjem ter prilagajanjem </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>TCO (Total </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>cost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>of ownership</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Odvisno od obsega izvedbe, zapletenosti programske opreme in izbranega prodajalca ERP se lahko precej razlikuje. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Za srednje velike organizacije lahko samo naložba v paketno programsko opremo ERP znaša </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>nekaj milijonov dolarjev </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(Leon, 2014; Tilley, 2020).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Poleg stroškov programske opreme so za uvedbo sistemov ERP pogosto potrebne tudi znatne naložbe v </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>infrastrukturo IT.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>strežniki, sistemi za shranjevanje, omrežne komponente in morebitna nadgradnja obstoječih komponent, katerih življenjska doba se približuje koncu. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>Skriti stroški</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>honorarji za svetovanje</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Stroški vzdrževanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E70C1E8D-A38C-A220-BF58-1F360DAAEB07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29C7663E-18B4-B3EB-70F8-F08A288BD656}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C157B6AB-A0A3-69EB-5434-9CD1B8A04F6E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1491747484"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8EFE118-8397-DAEA-F683-F09CB35D6B67}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C9E9580-C2CD-4BA6-8C64-21E6E606E476}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Stroški </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>sistema ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26990851-F33A-AE80-25C2-9D417121A5A8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Na stroške programske opreme ERP vplivajo različni dejavniki</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Način uvajanja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sistemi ERP se lahko uvedejo v oblaku, na lokaciji ali kot kombinacija obojega.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Število uporabnikov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sistemi ERP z manjšim številom uporabnikov lahko stanejo manj.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Zahtevane prijave </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- več modulov, od osnovnih modulov do nekaterih posebnih modulov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>topnja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> prilagoditve </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vse dodatne nadgradnje prvotne programske opreme povečajo ceno sistema ERP</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Usposabljanje uporabnikov in podpora </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>običajno, vendar ne vedno, pristojbine za izvedbo vključujejo leto dni podpore strankam.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Nadgradnja strojne opreme </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>podjetja bodo morda morala med izvajanjem kupiti dodatno strojno opremo (npr. strežnike, shrambo, omrežno infrastrukturo), da bodo lahko podpirala svoj novi ERP.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:endParaRPr lang="hr-HR" sz="1000" dirty="0">
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64B2E1FB-76A9-C7CD-B1B2-B8AEF6B486B6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDA97369-FE6D-9FDF-81B4-5EEBDFBEA377}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFEF160D-9180-47D0-BADC-01681508214C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2900101392"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCB233A8-4273-1671-71F1-2D2DD0DDF201}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Izbira</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t> modela : </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>ocena</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>stroškov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>cena</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B252A29-6739-F4BB-F2F4-FAEB0AE019FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Stalna licenca </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>(model on-premise) - uporabnik kupi licenco za uporabo programske opreme.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Programska oprema je nameščena v strežniku odjemalca, ki je odgovoren za vzdrževanje strojne opreme.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Prednosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Dobro opredeljeni TCO</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Licenca se plača enkrat.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Slabosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Dodatni stroški strojne opreme za mala in srednje velika podjetja</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Vprašljiva razširljivost zaradi rasti podjetja</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79DD1BA3-7B6F-4923-27E3-940801F9C065}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B652D50-DCEC-CF7E-B0AE-77E2622F7B6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4F8D179-E983-5AC8-B952-F224CABDDA85}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1787209317"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCB233A8-4273-1671-71F1-2D2DD0DDF201}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Izbira</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t> modela : </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>ocena</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>stroškov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>cena</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B252A29-6739-F4BB-F2F4-FAEB0AE019FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>M</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>odel</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> SaaS (sistemi v oblaku) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>- uporabnik plača pristojbino za dostop do programske opreme.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Programska oprema se nahaja na strežnikih ponudnika, uporabnik pa do nje dostopa prek brskalnika ali mobilne aplikacije.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Prednosti:</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Cena je odvisna od števila uporabnikov ali števila transakcij.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Nižji začetni stroški (brez strežnika)</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Slabosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Stroški naročnine lahko presegajo stroške trajne licence, zlasti za velika podjetja, ki imajo lastno infrastrukturo.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="650" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A85AF80F-AEAD-1919-1CD6-918E5DB81D92}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7B8C944-41F0-9D19-4E9F-9A61B8D120EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96F7A828-03CB-0C9D-2C7A-5FAD7AF61B41}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1524796409"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AFBFB25-70BD-09A0-D06F-8E7BC7981DBD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Trendi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{090B2506-FF24-DC2E-330C-CD7463AE59BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ERP v</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> oblaku </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Dvostopenjski </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sistem ERP </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Digitalna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>preobrazba </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Integracija z drugimi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>tehnologijami </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Personalizacij</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>a </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Vpogledi in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>izboljšave</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> na podlagi umetne inteligence </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Prediktivna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>analitika </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Mobilni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ERP </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41B57472-7827-8853-17EB-A22BAD48AD2D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35168F9F-15A3-8B7A-83A9-00FFA30A6814}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4365D5C-A72D-717A-DBE9-2FD0479BDBB4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1244386267"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87BE5DCE-5EDD-B994-4FD8-0EA5030A84EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>Sistem za upravljanje skladišča</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B609103A-55DC-3F64-4A17-664D56B8FFF8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1790114"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>premljanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>upravljanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>skladiščnih operacij </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>od trenutka, ko material ali blago vstopi v distribucijski center ali center izpolnjevanja, do trenutka, ko ga zapusti.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>agotavljajo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>pregled nad </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>celotnimi zalogami podjetja v </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>realnem času</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, tako na poti kot v skladiščih, in so ključni del </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>upravljanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>oskrbovalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> verige.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> tehnologijo RFID racionalizira postopek sprejema in oddaje ter se povezuje z drugo programsko opremo za učinkovito ravnanje s predmeti.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>agotavlja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> vidljivost v realnem času in podpira napredno analitiko za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>boljši nadzor zalog.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>a zbiranje, pakiranje in izpolnjevanje naročil omogoča učinkovito skladiščenje, iskanje in pakiranje ter uporablja tehnologije, kot sta </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>RF skeniranje in robotika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, za optimizacijo obdelave naročil.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>lajša</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>upravljanje dvorišč in dokov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, izboljša učinkovitost nakladanja in podpira navzkrižno skladiščenje hitro pokvarljivega blaga.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>agotavlja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> dragocene skladiščne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>metrike in analitiko</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, kar omogoča boljše odločanje in optimizacijo procesov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{302C7BCA-5B8F-9DD5-2164-5F475F6DA7F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F731F428-CA43-C882-FF17-0504E540E1C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2A324AD-E4ED-A465-CFD5-226801A80ACC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1357366281"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE678057-E6B0-A017-5A3F-940C03350C20}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Prednosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>sistema WMS </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t>(SAP, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1"/>
+              <a:t>n.d.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEFB85AD-1A81-7315-0F37-543D8357E24F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Izboljšana operativna učinkovitost </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sistemi WMS povečujejo učinkovitost in obseg manipulacije z avtomatizacijo in racionalizacijo skladiščnih procesov od vhodnih prejemov do </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>izhodnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>oskrboval</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Manj odpadkov in stroškov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>WMS pomaga zmanjšati količino odpadkov, zlasti pri zalogah z omejenim datumom ali pokvarljivih zalogah, in optimizira uporabo skladiščnega prostora.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vidljivost zalog v realnem času </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>omogoča vpogled v gibanje zalog v realnem času, kar pripomore k natančnemu napovedovanju povpraševanja in boljši sledljivosti.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Izboljšano upravljanje delovne sile </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>WMS pomaga pri napovedovanju potreb po delovni sili in optimizaciji dodeljevanja nalog na podlagi različnih dejavnikov, kar povečuje moralo zaposlenih.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Boljši odnosi s strankami in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>oskrbovalitelji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>WMS omogoča boljšo izpolnitev naročil in hitrejšo dostavo, kar povečuje zadovoljstvo strank in izboljšuje odnose z </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>oskrbovalitelji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40B72E11-1EFB-2C68-3E14-8510FCD6D34C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D10E9470-EE6F-F369-27E3-FF78FE219C8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{487B9525-421D-DA93-0C1A-F66E673BBE28}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3379767869"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8EE9702-F4E3-6729-5959-A4DC711C9735}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Tehnološki napredek </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>WMS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A7C88F3-CF8D-9042-2AA6-139F3761DED4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Orodja za avtomatizirano komisioniranje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>- tehnologije, kot so glasovno avtomatizirano komisioniranje, robotsko komisioniranje in sistemi "pick-to-light", skupaj s prefinjenim črtnim kodiranjem,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Samodejno vodena vozila (AGV</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>) - izboljšujejo postopke skladiščenja in pridobivanja, kar je ključnega pomena za naloge, kot so skladiščenje palet in regalov, upravljanje zabojnikov in avtomatizacija postopka sprejema,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Internet stvari (IoT</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>) - z integracijo interneta stvari se v enotnem omrežju nadzorujejo različni avtomatizirani in ročni elementi, kar izboljša nadzor nad zalogami, načrtovanje dela in izkušnjo strank s hitrejšo izpolnitvijo,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Obogatena (AR) in navidezna resničnost (VR) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>- tehnologija AR z napravami, kot so pametna očala, omogoča prekrivanje navodil ali informacij v realnem času v skladiščnem okolju, kar pomaga pri opravilih, kot sta navigacija po poti in lokacija zabojnikov, brez uporabe rok. VR se uporablja za usposabljanje in varnost, na primer za usposabljanje upravljavcev dvigal in izboljšanje dostavnih poti.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{290B3C36-497F-6BE4-5A25-08AEF19C82BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{834893A1-C6FA-3199-6CF0-26D5AF8F9E99}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFEC7F30-B368-32ED-28AA-5CD2122979A7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3544479064"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -2911,497 +11175,66 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Tytuł 3">
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
-[...400 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B841C64F-A407-5465-D13D-63379203A9F7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD038255-DF2A-C456-8904-E6D04AFEC27A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6455834" y="6213237"/>
-            <a:ext cx="5011392" cy="461665"/>
+            <a:ext cx="5011392" cy="504000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
@@ -3466,7670 +11299,137 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-              <a:rPr lang="sl-SI" sz="800" dirty="0">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3589715649"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4104798941"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide105.xml><?xml version="1.0" encoding="utf-8"?>
-[...7589 lines deleted...]
-<file path=ppt/slides/slide121.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FF41DAE-EACD-A6AD-3515-D9414E1D75F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11571,64 +11871,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17CA1C56-C09F-0FCE-2552-C23434A4BA99}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="998319202"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide122.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F05EE465-3407-AFAD-849A-D2E4BF0B7BE8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11919,64 +12416,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE1B3DED-E62B-4EFC-C045-D3ED2AE18CAA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="616146928"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide123.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EC4C097-F261-06DF-3B49-479227115D90}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -12180,64 +12874,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDA521D9-87BF-D386-4EA1-74491615EA33}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="850187870"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide124.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -12539,64 +13430,529 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B02E7C4-C6DC-B324-D56B-27750C0CE1F3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2419632013"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide125.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A42DA4-1ED3-B704-30FE-B3554FD25B43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -12807,54 +14163,5197 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E59ED6C4-991D-C70F-5C34-7845F2DC7938}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2745431218"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ERP - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>načrtovanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>virov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>podjetja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (Enterprise </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>resource</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>planning</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ERP je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>hrbtenica</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>podjetja, ki združuje različne oddelke (kot so računovodstvo, nabava, prodaja, proizvodnja itd.) in procese v enoten sistem.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Na začetku so bila podjetja razdeljena </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>na različne oddelke </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>glede na funkcije, ki so jih opravljali.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Vsak oddelek je deloval </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ločeno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, tako da je imel svoj sistem za zbiranje in analizo podatkov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Danes se organizacije obravnavajo kot </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>enoten sistem, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vsi oddelki pa so njegovi podsistemi. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Vsem je skupna ista </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>centralizirana zbirka podatkov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CB33FA0-A15F-6CD2-C488-0457982FEA7F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B841C64F-A407-5465-D13D-63379203A9F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33FDFC81-A41F-C01B-9BDA-A0A04F056CE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3589715649"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Sistem ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="A diagram of a data flow&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7904A9BC-E266-DAC2-FCD3-571E11AB0F5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4030462" y="1348105"/>
+            <a:ext cx="3979231" cy="4673814"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1B02D60-5BB0-B5A0-E885-247397457334}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07EF3D5B-C45F-9F0A-3D37-3D96ED6D5CBE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC9425AB-A8A6-542D-A19D-3AD34054D248}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3282264294"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Poslovni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sistemi, ki združujejo in organizirajo podatke iz različnih oddelkov v organizaciji, da bi ustvarili </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>enoten, celovit sistem, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ki služi potrebam celotnega podjetja.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>K</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ompleksna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>modularna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>programska rešitev, ki združuje vse poslovne funkcije podjetja, pomaga pri upravljanju poslovnih procesov in uporablja enotno zbirko podatkov za celoten sistem.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>M</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>edfunkcijski</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sistem, ki avtomatizira in integrira bistvene poslovne dejavnosti organizacije, da bi povečal uspešnost in učinkovitost. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>odjetja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> lahko uvedejo modul ali module programske opreme ERP, ne da bi jim bilo treba kupiti in uvesti celoten paket, saj je večina programske opreme dovolj prilagodljiva.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vir: Bradford (2015)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85A8A99C-1FA3-A682-6FC0-2CF3A9C11C09}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{277DAD5C-56A2-28D0-1254-E25790028A96}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEA09329-897E-75F2-4F2A-8047540F05D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3629945381"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{529CA85F-871E-ED0C-FEA1-9569205BEF7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F68BC3EF-F429-018F-8358-3123D1114BC6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Prodajajo se v </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>modulih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, tj. skupinah povezanih programov, ki opravljajo določene funkcije v sistemu (računovodstvo, proizvodnja ...).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Sodobni ERP so </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>prilagodljivi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, zato je mogoče kupiti le posamezne module.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ključni moduli ERP</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>: finance, upravljanje človeških virov in logistika (z njihovimi podsistemi)</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Sestavljen je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>iz več milijonov vrstic </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>programske kode.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6572757C-DBDE-D68C-6CD0-D9D105B4D3E5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{457D8C8E-837A-223A-6FBF-166B17C68608}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8016106A-1119-01B2-85B5-EB59BC2A419B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3507469142"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8386D5CC-8F85-FD7C-522B-F3EFD02C0DF9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Zakaj se podjetja odločajo za ERP?</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{601B6C61-E359-1E86-8442-D8011BEBC24C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Preveč poslovnih težav in nerešenih vprašanj </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>- ERP lahko pomaga pri poslovnem odločanju, poročanju, napovedovanju...</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sprememba poslovnega modela </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>- trenutna programska oprema ne more podpirati novega poslovnega modela podjetja.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Želja po rasti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>- trenutna programska oprema ne more podpirati naraščajočega števila uporabnikov in transakcij.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Potreba po naprednih funkcijah</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Preveč različnih poslovnih sistemov, ki se uporabljajo hkrati.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Neupoštevanje zakonov, predpisov...</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Programska oprema </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ERP ima več jezikov in valut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, kar pomeni, da je primerna za globalni trg.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4C8D04E-B32E-178E-DB09-A039ED8967DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F5CDCAC-C2EF-6ACE-2634-9DD29393AD29}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D1733F6-E6F3-C8E7-A929-5E0033CE7279}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4259076070"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB31BBEB-4F63-76D3-70FF-4D1C681366C0}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC468A13-2B50-78C7-AFD6-BC6DF419F78D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Prednosti ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8776168B-981D-2116-B422-531F834D90C0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Izboljšana preglednost in vpogledi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- do podatkov iz vseh oddelkov lahko dostopajo zaposleni na vodstveni ravni,</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Dostop do informacij v realnem času </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- podatki so v realnem času na voljo vsem uporabnikom v vseh oddelkih,</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>manjšanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> stroškov poslovanja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- z nižjimi stroški zalog, proizvodnje ali nabave,</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Enoten vmesnik v vseh modulih </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- moduli v sistemu ERP so videti enako in zagotavljajo enak način delovanja,</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Skalabilnost </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- sistemi ERP v oblaku omogočajo uporabo dodatnih računalniških virov v primeru rasti podjetja in podatkov,</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Izboljšane storitve za stranke </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- nov sistem, kot je programska oprema ERP, lahko omogoči bolj prilagojene in hitrejše storitve za stranke, saj centralizira vse podatke o strankah.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E53D3355-F2BB-2878-77DA-8B1769BD3B42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vir: Brackett (2015); Dalkir (2023); Cotton (2023)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69ABD480-184E-B4A5-F035-FC4A82A12834}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDDD2D01-0170-1610-F3DE-F5EE00B87020}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C326C7DC-7620-16AF-8F39-B99806D9D446}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1083203809"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Pomanjkljivosti ERP</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E151D17C-0E63-B342-857A-DD2E04C61332}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>apleteno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> in dolgotrajno uvajanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- uvajanje sistema ERP lahko traja od nekaj mesecev do več let, odvisno od velikosti podjetja,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Cena </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sistemi ERP so pogosto zelo dragi, zlasti priljubljeni: SAP in Microsoft Dynamics NAV,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>pravljanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> sprememb </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>- veliko časa in truda bo potrebno za zagotovitev, da bodo vsi pomembni zaposleni ustrezno usposobljeni za uporabo novega sistema.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" kern="100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vir: Brackett (2015); Dalkir (2023); Cotton (2023)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20912C9F-857E-05B9-6CF0-4F73434840F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FE5855B-BF76-4D54-CCBF-C2B0911F4D03}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8535D180-97A2-2F53-1574-1F9782AD5C5F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1123745348"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -13115,73 +19614,360 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="rId1" /></Relationships>
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Motyw pakietu Office">
+  <a:themeElements>
+    <a:clrScheme name="Pakiet Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Pakiet Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Pakiet Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps2.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps3.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="e39e5a21f07b79f5f02b47bb518c1032">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4e78d507071451a3820eedd449fec3a" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13370,253 +20156,175 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9A1A644-2144-4A0A-A74E-A6CE16430832}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91F003F0-1CCF-4F49-9932-B4CBE7E082DB}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>15584</Words>
+  <Words>4256</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>125</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>221</Paragraphs>
+  <Slides>25</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>125</vt:i4>
+        <vt:i4>25</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="136" baseType="lpstr">
+    <vt:vector size="32" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Century Gothic</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Lato Light</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-      <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-[...100 lines deleted...]
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
+      <vt:lpstr>1_Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>ERP</vt:lpstr>
       <vt:lpstr>Sistem ERP</vt:lpstr>
       <vt:lpstr>ERP</vt:lpstr>
       <vt:lpstr>ERP</vt:lpstr>
       <vt:lpstr>Zakaj se podjetja odločajo za ERP?</vt:lpstr>
       <vt:lpstr>Prednosti ERP</vt:lpstr>
       <vt:lpstr>Pomanjkljivosti ERP</vt:lpstr>
       <vt:lpstr>ERP</vt:lpstr>
       <vt:lpstr>Najpomembnejša vprašanja pri uvajanju ERP</vt:lpstr>
       <vt:lpstr>Stroški sistema ERP</vt:lpstr>
       <vt:lpstr>Stroški sistema ERP</vt:lpstr>
       <vt:lpstr>Izbira modela : ocena stroškov (cena)</vt:lpstr>
       <vt:lpstr>Izbira modela : ocena stroškov (cena)</vt:lpstr>
       <vt:lpstr>Trendi ERP</vt:lpstr>
       <vt:lpstr>Sistem za upravljanje skladišča</vt:lpstr>
       <vt:lpstr>Prednosti sistema WMS (SAP, n.d.)</vt:lpstr>
       <vt:lpstr>Tehnološki napredek WMS</vt:lpstr>
       <vt:lpstr>Sistemi za upravljanje prevoza (TMS – Transport Management Systems)</vt:lpstr>
       <vt:lpstr>Prednosti TMS</vt:lpstr>
       <vt:lpstr>ERP proti WMS proti TMS</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:keywords>, docId:F2A99F8EF04D0C3272D2238BAD644D0C</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">