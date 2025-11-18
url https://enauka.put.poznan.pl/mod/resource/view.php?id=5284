--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,119 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
-  <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
-  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
-[...24 lines deleted...]
-  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="/docProps/thumbnail.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/ppt/presentation.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483655" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId5"/>
-[...20 lines deleted...]
-    <p:sldId id="263" r:id="rId26"/>
+    <p:sldId id="256" r:id="rId6"/>
+    <p:sldId id="264" r:id="rId7"/>
+    <p:sldId id="262" r:id="rId8"/>
+    <p:sldId id="272" r:id="rId9"/>
+    <p:sldId id="273" r:id="rId10"/>
+    <p:sldId id="274" r:id="rId11"/>
+    <p:sldId id="267" r:id="rId12"/>
+    <p:sldId id="275" r:id="rId13"/>
+    <p:sldId id="277" r:id="rId14"/>
+    <p:sldId id="276" r:id="rId15"/>
+    <p:sldId id="268" r:id="rId16"/>
+    <p:sldId id="269" r:id="rId17"/>
+    <p:sldId id="278" r:id="rId18"/>
+    <p:sldId id="279" r:id="rId19"/>
+    <p:sldId id="280" r:id="rId20"/>
+    <p:sldId id="270" r:id="rId21"/>
+    <p:sldId id="282" r:id="rId22"/>
+    <p:sldId id="281" r:id="rId23"/>
+    <p:sldId id="266" r:id="rId24"/>
+    <p:sldId id="271" r:id="rId25"/>
+    <p:sldId id="283" r:id="rId26"/>
+    <p:sldId id="335" r:id="rId27"/>
+    <p:sldId id="263" r:id="rId28"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -403,81 +412,82 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="594" y="96"/>
+        <p:origin x="206" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide22.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide17.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide12.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="/ppt/viewProps.xml" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide7.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide18.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide8.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide13.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide2.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide11.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide19.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="/ppt/presProps.xml" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide6.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide5.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide9.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide14.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="/ppt/tableStyles.xml" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide3.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide20.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide15.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide10.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide4.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide21.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide16.xml" Id="rId20" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -7742,54 +7752,76 @@
     </dgm:style>
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -8037,51 +8069,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8221,55 +8253,921 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId6" /></Relationships>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3921849714"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2380166231"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Slide with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3212165220"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Slide with picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2149934325"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Only title">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1726679337"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -8413,51 +9311,51 @@
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
@@ -8485,51 +9383,51 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -8587,51 +9485,51 @@
               <a:t>Izražena stališča in mnenja so izključno stališča in mnenja avtorjev in ne odražajo nujno stališč Evropske unije ali Izvajalske agencije za izobraževanje in kulturo (EACEA).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Evropska unija in agencija EACEA ne moreta biti odgovorni zanje.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
-    <p:sldLayoutId id="2147483654" r:id="rId3"/>
+    <p:sldLayoutId id="2147483654" r:id="rId2"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="1065AB"/>
           </a:solidFill>
           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -8887,114 +9785,806 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image4.png" Id="rId4" /></Relationships>
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="365126"/>
+            <a:ext cx="9745133" cy="1116542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8B49A-91DD-E2E0-C046-13FDB51AFF31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1593130484"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483656" r:id="rId1"/>
+    <p:sldLayoutId id="2147483657" r:id="rId2"/>
+    <p:sldLayoutId id="2147483658" r:id="rId3"/>
+    <p:sldLayoutId id="2147483659" r:id="rId4"/>
+    <p:sldLayoutId id="2147483660" r:id="rId5"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="1" kern="1200">
+          <a:solidFill>
+            <a:srgbClr val="1065AB"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="pl-PL"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide11.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="/ppt/diagrams/layout2.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="/ppt/diagrams/layout3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="/ppt/diagrams/layout1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="/ppt/diagrams/data2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="/ppt/diagrams/data3.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="/ppt/diagrams/data1.xml" Id="rId2" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="/ppt/diagrams/drawing3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="/ppt/diagrams/drawing1.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="/ppt/diagrams/drawing2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="/ppt/diagrams/colors1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="/ppt/diagrams/colors3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="/ppt/diagrams/colors2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="/ppt/diagrams/quickStyle1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="/ppt/diagrams/quickStyle2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="/ppt/diagrams/quickStyle3.xml" Id="rId14" /></Relationships>
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide12.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide13.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image9.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide14.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image10.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image11.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide16.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image12.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide17.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image12.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide18.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image13.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide19.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide20.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide21.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide22.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image4.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image7.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image7.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image7.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image8.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide9.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
@@ -9087,383 +10677,97 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...224 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3823DD-8D25-872F-C72C-4C503464DBA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11038544" y="5638402"/>
             <a:ext cx="1079500" cy="1094088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...58 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
@@ -9526,56 +10830,56 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0" err="1">
+              <a:rPr lang="pl-PL" sz="2800">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Predavanje</a:t>
+              <a:t>Predavanja</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
@@ -9919,57 +11223,446 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1050" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DAEAB39-FD86-AEA6-5EBB-0A55CE71481B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539680" y="5293868"/>
+            <a:ext cx="4997035" cy="1354217"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Business Analytics Skills </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="pole tekstowe 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62C335BD-AB84-FDF7-D112-557FD01DD5E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-42796" y="6378243"/>
+            <a:ext cx="6096000" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2800" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Project </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -11473,50 +13166,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="PoljeZBesedilom 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6786A99F-3730-DF47-81CC-1E2A7643E6D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3962477419"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -12310,50 +14200,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="PoljeZBesedilom 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6ABB278C-236E-42F9-5711-EE65D884EDDC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2094121528"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -12617,50 +14704,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{070A8C13-2562-8640-992B-A2BC338CCCAF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="80237888"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{381127B6-232A-0D05-3374-42A47A247B5E}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -13231,50 +15515,247 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A9C9D5D-E52E-C0D6-6334-0E3A54B728A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2639889974"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BF20292-6DC4-815C-ABBA-178250CB8E88}"/>
@@ -13846,50 +16327,247 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE07D609-B088-BBED-2AAE-111711F5941C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="330791256"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D103008D-345C-7476-5D96-C5AD4CCC466B}"/>
@@ -14482,50 +17160,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77966B15-7C3C-855F-53B2-E77B849CA07A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3391653273"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -15036,50 +17911,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1544F292-9C6E-5B50-F943-F4EBB711505F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1414915360"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BC8CA39-8A9F-024C-3119-80EF53DFBF56}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -15939,50 +19011,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D45DAD64-0476-BD87-4738-16CA5DAD5A65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="311144041"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D91952C-763E-3438-C1B8-319368B28334}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -16595,50 +19864,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF095D38-908A-C5D6-8082-159B89031F79}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="57834381"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -16922,50 +20388,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2139CAF-1A6A-027B-6DE0-EF39AE6CF08E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -17248,50 +20911,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD038255-DF2A-C456-8904-E6D04AFEC27A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -17715,50 +21575,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB4D8D11-EC3D-3D10-871C-88E0879DD35A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2833716637"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{691C3AF9-90CC-794E-AD63-C8A1D168F7C2}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -19015,64 +23072,529 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F530B96-CEBE-F037-A8B3-9FAE9BD01591}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3486712354"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A42DA4-1ED3-B704-30FE-B3554FD25B43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -19280,50 +23802,247 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96F09047-5DF9-301D-1C05-CD5251BDD4B4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4020019421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -19826,50 +24545,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D051DB65-09F4-C695-E9EB-74A515F9BE5B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -20550,50 +25466,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F3C2D2A-1540-A643-A8D9-3727D8232943}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="506322210"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -21624,50 +26737,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{190BAEB3-210C-59C7-51B0-0E1EC6E30FA8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3705301186"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -22460,50 +27770,247 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47A5A772-E8EF-8F6D-F7F5-9C81DC5653C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1600458408"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -23510,50 +29017,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="PoljeZBesedilom 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4863DF7D-FD74-F93E-A295-28ADB5FC66C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3338161929"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -24494,50 +30198,247 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{234DB22D-B606-3C91-4737-E8BA1D4B3995}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="866504577"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFA0651C-8C6B-A3FA-B028-B8EA249CB66F}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -25073,50 +30974,247 @@
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBA84344-9313-8C05-91DC-79EC3D5EC84B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2774910839"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -25384,71 +31482,380 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="rId1" /></Relationships>
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Motyw pakietu Office">
+  <a:themeElements>
+    <a:clrScheme name="Pakiet Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Pakiet Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Pakiet Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps2.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps3.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="e39e5a21f07b79f5f02b47bb518c1032">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4e78d507071451a3820eedd449fec3a" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -25637,227 +32044,152 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F92B6B86-1972-4699-8A14-40114A9AAF09}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A96E86E-F508-446C-84C9-6F44ED212D4D}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C883E481-F02C-402A-90F1-76504C08C819}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1669679-4F19-4F7E-99B1-9CDC194B69D5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>13774</Words>
+  <Words>4770</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>101</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>234</Paragraphs>
+  <Slides>23</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>101</vt:i4>
+        <vt:i4>23</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="108" baseType="lpstr">
+    <vt:vector size="29" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
+      <vt:lpstr>1_Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>E-poslovanje</vt:lpstr>
       <vt:lpstr>E-poslovanje</vt:lpstr>
       <vt:lpstr>E-poslovanje</vt:lpstr>
       <vt:lpstr>E-poslovanje</vt:lpstr>
       <vt:lpstr>Opredelitev pojma e-logistika</vt:lpstr>
       <vt:lpstr>Opredelitev pojma e-logistika</vt:lpstr>
       <vt:lpstr>Opredelitev pojma e-logistika</vt:lpstr>
       <vt:lpstr>Opredelitev pojma e-logistika</vt:lpstr>
       <vt:lpstr>Razvoj e-logistike</vt:lpstr>
       <vt:lpstr>Sodobne tehnologije, ki podpirajo e-logistiko</vt:lpstr>
       <vt:lpstr>Sodobne tehnologije, ki podpirajo e-logistiko</vt:lpstr>
       <vt:lpstr>Sodobne tehnologije, ki podpirajo e-logistiko</vt:lpstr>
       <vt:lpstr>Sodobne tehnologije, ki podpirajo e-logistiko</vt:lpstr>
       <vt:lpstr>E-logistika v praksi</vt:lpstr>
       <vt:lpstr>E-logistika v praksi</vt:lpstr>
       <vt:lpstr>E-logistika v praksi</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
       <vt:lpstr>Viri</vt:lpstr>
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
-[...77 lines deleted...]
-      <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:keywords>, docId:F21D96A0F435B5994CE0F628F096F25F</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">