--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,102 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...30 lines deleted...]
-  <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="/docProps/thumbnail.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/ppt/presentation.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483655" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="284" r:id="rId27"/>
-[...19 lines deleted...]
-    <p:sldId id="304" r:id="rId47"/>
+    <p:sldId id="284" r:id="rId6"/>
+    <p:sldId id="285" r:id="rId7"/>
+    <p:sldId id="286" r:id="rId8"/>
+    <p:sldId id="287" r:id="rId9"/>
+    <p:sldId id="288" r:id="rId10"/>
+    <p:sldId id="289" r:id="rId11"/>
+    <p:sldId id="290" r:id="rId12"/>
+    <p:sldId id="291" r:id="rId13"/>
+    <p:sldId id="292" r:id="rId14"/>
+    <p:sldId id="293" r:id="rId15"/>
+    <p:sldId id="294" r:id="rId16"/>
+    <p:sldId id="295" r:id="rId17"/>
+    <p:sldId id="296" r:id="rId18"/>
+    <p:sldId id="297" r:id="rId19"/>
+    <p:sldId id="298" r:id="rId20"/>
+    <p:sldId id="299" r:id="rId21"/>
+    <p:sldId id="300" r:id="rId22"/>
+    <p:sldId id="301" r:id="rId23"/>
+    <p:sldId id="302" r:id="rId24"/>
+    <p:sldId id="303" r:id="rId25"/>
+    <p:sldId id="335" r:id="rId26"/>
+    <p:sldId id="304" r:id="rId27"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -386,87 +395,110 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="594" y="96"/>
+        <p:origin x="206" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide38.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide43.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="/ppt/viewProps.xml" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide28.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide33.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide23.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide39.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide29.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide34.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide24.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide32.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="/ppt/presProps.xml" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide27.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide40.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide35.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="/ppt/tableStyles.xml" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide30.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide25.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide36.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide41.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide26.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide31.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide42.xml" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide37.xml" Id="rId41" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -714,51 +746,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -898,55 +930,921 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId6" /></Relationships>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4214890704"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4229964270"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Slide with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="624008576"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Slide with picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="773083005"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Only title">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3036026914"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -1090,51 +1988,51 @@
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
@@ -1162,51 +2060,51 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -1264,51 +2162,51 @@
               <a:t>Izražena stališča in mnenja so izključno stališča in mnenja avtorjev in ne odražajo nujno stališč Evropske unije ali Izvajalske agencije za izobraževanje in kulturo (EACEA).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Evropska unija in agencija EACEA ne moreta biti odgovorni zanje.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
-    <p:sldLayoutId id="2147483654" r:id="rId3"/>
+    <p:sldLayoutId id="2147483654" r:id="rId2"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="1065AB"/>
           </a:solidFill>
           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -1564,114 +2462,805 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide23.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image4.png" Id="rId4" /></Relationships>
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="365126"/>
+            <a:ext cx="9745133" cy="1116542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8B49A-91DD-E2E0-C046-13FDB51AFF31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="168149622"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483656" r:id="rId1"/>
+    <p:sldLayoutId id="2147483657" r:id="rId2"/>
+    <p:sldLayoutId id="2147483658" r:id="rId3"/>
+    <p:sldLayoutId id="2147483659" r:id="rId4"/>
+    <p:sldLayoutId id="2147483660" r:id="rId5"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="1" kern="1200">
+          <a:solidFill>
+            <a:srgbClr val="1065AB"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="pl-PL"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide24.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide25.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide26.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide27.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image14.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide28.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image15.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide29.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide30.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image16.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide31.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide32.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide33.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide34.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide35.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide36.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide37.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image17.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide38.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image18.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide39.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image19.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide40.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image20.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide41.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide42.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide43.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image4.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -1761,385 +3350,99 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...224 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3823DD-8D25-872F-C72C-4C503464DBA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11038544" y="5638402"/>
             <a:ext cx="1079500" cy="1094088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="pole tekstowe 6">
-[...58 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
@@ -2200,57 +3503,62 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0">
+              <a:rPr lang="pl-PL" sz="2800">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Predavanje</a:t>
-            </a:r>
+              <a:t>Predavanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -2588,4133 +3896,463 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1050" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C34C57E3-8C1A-102F-2E1B-A3C1F9508CD5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539680" y="5293868"/>
+            <a:ext cx="4997035" cy="1354217"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Business Analytics Skills </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="pole tekstowe 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F88F0CF6-FEA5-8ABC-E4F6-AFE8273CE08C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-42796" y="6378243"/>
+            <a:ext cx="6096000" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2800" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Project </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1770811136"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
-[...4058 lines deleted...]
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E33E1A7-5288-70D9-F6D0-84505D941DEE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6977,64 +4615,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DB5E9AA-01DD-93DD-05D3-BEC6DADDACC7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1052676089"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E33E1A7-5288-70D9-F6D0-84505D941DEE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -7377,64 +5212,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20003086-9D40-C203-5BA1-1D73EA6FF19E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3420750490"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58C16B73-C676-4952-2964-218F9A30C023}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -7762,64 +5794,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D7F3404-F1D6-AF4D-F66C-CE49994FDF7C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1597175399"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A5683C5-DA4D-6FB8-3195-9421FA8D1BAC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8140,64 +6369,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A67C37FA-E648-6057-8EDC-A3E3F1682A80}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1778856495"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C7730DB-0EEC-21D1-082C-71B573E6E7A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8485,64 +6911,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E361E49-A143-BDCC-2CD4-F27E2B3E6FE9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2996351131"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="PoljeZBesedilom 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F8D5A3C-D653-66F4-606D-6833BE3F766F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8789,142 +7412,339 @@
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Zaradi tega trenda postaja GIS </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>dostopnejši in stroškovno učinkovitejši</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, zlasti za manjše organizacije in panoge z omejenimi viri.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AF122F2-57FF-3B25-34D2-96653BD26534}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48B36DEB-132B-68E0-B958-D4571D064868}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
           <p:cNvPr id="3074" name="Picture 2" descr="Cloud PNGs for Free Download">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9081AA6-8E45-E38A-87E6-906FC54D3682}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2781301" y="4687252"/>
             <a:ext cx="4267200" cy="2024697"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...31 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1000935788"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -9249,64 +8069,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55391A2F-E1DC-D2E5-9111-38D0FEEA24FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2595975888"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -9612,64 +8629,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1197CDC2-427E-16B8-C224-72ADF0A7253C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="142018854"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="PoljeZBesedilom 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66713433-7EE2-31CF-FE14-E18E2645EF57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10063,64 +9277,261 @@
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CC673D6-FA0A-9AA1-7031-69588BAD8D75}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="114859190"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10402,64 +9813,753 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9564BF4-6E88-FD33-0681-FB74162839E3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2114857012"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Tytuł 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Agenda</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244600" y="1842559"/>
+            <a:ext cx="10947400" cy="3626908"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>Geografski informacijski sistemi (GIS)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>Sloji GIS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>Podatki GIS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>GIS v logistiki</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>Prihodnji trendi na področju GIS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EA88C89-C507-8F93-E2E7-0017CBE3C0EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90251CE4-71B2-6A46-31D0-8770F639AE7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD038255-DF2A-C456-8904-E6D04AFEC27A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2391422934"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10740,64 +10840,529 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F9A5856-B823-9ACE-D3F2-39C125247851}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1805418228"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A42DA4-1ED3-B704-30FE-B3554FD25B43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11008,54 +11573,5394 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62BAA9E9-FF4A-CBD5-CDBF-0822FFDD258F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1521074925"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>GIS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Geografski informacijski sistemi (GIS) so revolucionarno spremenili logistično industrijo, saj zagotavljajo zmogljiva orodja za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>prostorsko analizo in sprejemanje odločitev.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ker podjetja vse bolj poslujejo v globaliziranem okolju, je sposobnost vizualizacije in analize geografskih podatkov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>bistvena za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>optimizacijo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>oskrbovalnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> verig</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, upravljanje transportnih omrežij in izboljšanje splošne učinkovitosti.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Tehnologija GIS logističnim strokovnjakom omogoča kartiranje poti, sledenje pošiljkam in analizo prostorskih vzorcev, kar vodi k </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>bolj informiranim odločitvam </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>in boljšemu razporejanju virov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6DECB9D-6A30-2878-AE74-C85C92A242A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A431A29-D610-5CBA-28F1-F6C470AA5694}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDE00F11-9534-754E-6DBC-F3A1CB6856EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="133648426"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>GIS - opredelitev in zgodovina</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Računalniško </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>orodje, ki </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>združuje, shranjuje, analizira in vizualizira </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>geografske podatke. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Prostorske podatke povezuje z opisnimi informacijami, kar uporabnikom pomaga razumeti in razlagati prostorske </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>odnose, vzorce in trende</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>GIS se uporablja v različnih panogah za kartiranje, analizo in odločanje ter zagotavlja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>dragocen vpogled </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>v prostorske razsežnosti podatkov. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>zgodovina geografskih informacijskih sistemov (GIS) sega v zgodnja šestdeseta leta prejšnjega stoletja, ko je prvi računalniški GIS razvil </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Roger Tomlinson</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>, ki ga pogosto imenujejo "oče GIS".</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Leta 1969 je bil ustanovljen </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Esri </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(Environmental Systems Research Institute), ki je postal ključni akter v industriji GIS in predstavil platformo ArcGIS, ki je bistveno izboljšala zmogljivosti in dostopnost tehnologije GIS.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Danes je GIS sestavni del </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>različnih sektorjev</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, vključno s prometom, logistiko, kmetijstvom in javno varnostjo, saj zagotavlja ključne informacije in pomaga pri sprejemanju odločitev.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="6503086" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vir: Jonker, 2023; GisGeography, 2024a; Esri, n.d.a; National Geographic, n.d.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AAC21A0-1734-EACE-0572-F8B9A52E08BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70AFC95B-D780-4D17-CDE2-128D2B032DA2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFC8E688-722E-1177-1265-71711A6EA8D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2749841692"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{529CA85F-871E-ED0C-FEA1-9569205BEF7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Sestavni deli </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>GIS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F68BC3EF-F429-018F-8358-3123D1114BC6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="7773140" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Strojna oprema:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> Računalniki, strežniki, naprave GPS in druge periferne naprave: fizične naprave, ki se uporabljajo za izvajanje programske opreme GIS in shranjevanje podatkov, kot so računalniki, strežniki, naprave GPS in druge periferne naprave.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Programska oprema: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>programi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> in aplikacije, ki izvajajo funkcije GIS ter uporabnikom omogočajo analizo in vizualizacijo prostorskih podatkov.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Podatki: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>prostorske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> in neprostorske informacije, ki jih analizirajo sistemi GIS, vključno z zemljevidi, satelitskimi posnetki in tabelaričnimi podatki.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Metode: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>tehnike</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> in postopki, ki se uporabljajo za analizo podatkov GIS, kot so algoritmi in statistični modeli.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ljudje:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>strokovnjaki</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> in uporabniki, ki uporabljajo in upravljajo tehnologijo GIS, od podatkovnih analitikov do odločevalcev.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B295C036-5E68-01B0-DF56-759AE2BE45AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="6503086" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vir: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kishore in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Rautray </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(n.d.)</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="A diagram of software components&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{099B41EB-CA80-81C8-59D9-FDE4475B3241}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8779498" y="2308820"/>
+            <a:ext cx="2947904" cy="3384948"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Slika 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6912068-3CE5-F93D-FC9C-3996EBA9E718}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2D1314C-5DBE-FABC-BB7B-FC896D8DCA4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B51FF21-445C-A763-5DA1-61A41895E63D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3507469142"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8386D5CC-8F85-FD7C-522B-F3EFD02C0DF9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Sloji </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>GIS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{601B6C61-E359-1E86-8442-D8011BEBC24C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="4390748" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Ena od ključnih sestavin tehnologije GIS je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>koncept slojev</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Sloj je delček geografske realnosti na določenem območju. Vsak sloj v GIS ustreza določeni vrsti podatkov, kot so ceste, raba tal, nadmorska višina, vodna telesa ali gostota prebivalstva.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03E35AAB-A778-5231-0B53-DF651EFD2BB3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="6503086" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vir: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Esri (n.d.c.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="A diagram of a map&#10;&#10;Description automatically generated with medium confidence">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1782F8B3-14B7-EAFB-E98D-F0455DD7772A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5310770" y="1481668"/>
+            <a:ext cx="5760720" cy="4392295"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Slika 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49C2635E-B9E1-2C04-CE6D-64880BE3EB84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E3F802E-9ECD-A24E-1224-8C5198DAE607}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D71C0627-5A6B-6C67-C803-AE2A398DC4D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4259076070"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA39D72D-AAFD-103B-692C-728A70B74EE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>Podatki GIS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A66AAAD4-9551-9321-77F5-BE4F815900EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Geografski informacijski sistemi za predstavitev, analizo in vizualizacijo geografskih informacij uporabljajo različne vrste podatkov. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Podatke GIS lahko na splošno razdelimo na dve glavni vrsti: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>rastrske </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vektorske </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>podatke.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Vektorski </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>podatki:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>točke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, črte in poligoni, ki se uporabljajo za predstavitev geografskih podatkov. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vse črte so zajete kot točke, ki jih povezujejo natančno ravne črte. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>točkovni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>podatki predstavljajo diskretne podatkovne točke ali določene lokacije, kot so šole, imena mest ali zanimive točke. Linijski podatki predstavljajo linearne značilnosti, kot so ceste in reke, poligoni pa se uporabljajo za značilnosti območja, kot so jezera, upravne meje in gozdovi.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Rastrski podatki:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>mrežna podatkovna struktura, sestavljena iz pikslov ali celic, vsaka s pripadajočim atributom.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>najpogostejši viri rastrskih podatkov so satelitski posnetki, letalski posnetki, podatki daljinskega zaznavanja ter podatki z osenčenim reliefom in topografijo. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F0B7141-9920-2A95-685E-6E4219928987}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="6503086" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vir: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dempsey (2024); </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Longley et al. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(2015)</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Slika 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C690A5A-7797-2E6B-7789-37E9F28BEF8D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3094768E-DC28-1862-9F7C-074754047CBB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F4B40ED-73E3-EFE8-43EF-1AFB5718BE7C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="475383846"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA39D72D-AAFD-103B-692C-728A70B74EE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>Podatki GIS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6" descr="A map of a river and a map of a river&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71B6B469-DAA1-719F-99D4-68B1C95858CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2318995" y="1984226"/>
+            <a:ext cx="7260010" cy="3351513"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55B113F7-A69D-30B1-A747-F77BB86C88C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3124940" y="1461006"/>
+            <a:ext cx="2138599" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>Vektorska slika</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2800" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7887030E-A1F6-95E2-A488-F3CAFE4A7D47}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6779813" y="1461006"/>
+            <a:ext cx="2120068" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2800" b="1" dirty="0"/>
+              <a:t>Rastrska </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2800" b="1" dirty="0" err="1"/>
+              <a:t>slika</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2800" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B85D522-3668-409C-50B3-251D3D02494B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4177AD4-5AE1-C5F5-CD63-41F72D7E245B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F76BE885-1186-D19C-E5A6-59536FF8C857}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3861952419"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E33E1A7-5288-70D9-F6D0-84505D941DEE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>GIS </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>v logistiki</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84764063-C9A2-22D1-D609-2CB8493DE2DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>GIS so temeljito </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>spremenili </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>logistični sektor, saj zagotavljajo orodja, ki omogočajo učinkovitejše, stroškovno učinkovitejše in strateške postopke odločanja.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Integracija GIS v logistiko omogoča vizualizacijo, analizo in interpretacijo prostorskih podatkov, kar je ključnega pomena za optimizacijo poti, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>upravljanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>oskrbovalnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> verig in izboljšanje splošne operativne učinkovitosti.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Strokovnjaki s področja logistike lahko vidijo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vzorce, razmerja in trende</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, ki niso vidni v tradicionalnih podatkovnih formatih, saj lahko z njegovo uporabo lažje prekrijejo različne podatkovne nize na zemljevidu.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ta prostorska perspektiva zelo koristi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>strateškemu </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>načrtovanju in optimizaciji poslovanja.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8581646-193A-438B-6E2B-D7861BC500E3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C83B0ED-64C3-363A-7FA4-3AB20F15E2DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02B7F2B9-983E-502D-3562-005EED533DE4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="805053000"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -11316,71 +17221,360 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="rId1" /></Relationships>
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Motyw pakietu Office">
+  <a:themeElements>
+    <a:clrScheme name="Pakiet Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Pakiet Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Pakiet Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps2.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps3.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="e39e5a21f07b79f5f02b47bb518c1032">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4e78d507071451a3820eedd449fec3a" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -11569,227 +17763,170 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{228CCDFF-5BBB-409B-A767-53F814E65C96}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F92B6B86-1972-4699-8A14-40114A9AAF09}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D3A5392-B60C-4F06-868F-A458747C775A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C883E481-F02C-402A-90F1-76504C08C819}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>13774</Words>
+  <Words>3736</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>101</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>174</Paragraphs>
+  <Slides>22</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>101</vt:i4>
+        <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="108" baseType="lpstr">
+    <vt:vector size="27" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-      <vt:lpstr>Poslovna inteligenca</vt:lpstr>
-[...20 lines deleted...]
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
+      <vt:lpstr>1_Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>GIS</vt:lpstr>
       <vt:lpstr>GIS - opredelitev in zgodovina</vt:lpstr>
       <vt:lpstr>Sestavni deli GIS</vt:lpstr>
       <vt:lpstr>Sloji GIS</vt:lpstr>
       <vt:lpstr>Podatki GIS</vt:lpstr>
       <vt:lpstr>Podatki GIS</vt:lpstr>
       <vt:lpstr>GIS v logistiki</vt:lpstr>
       <vt:lpstr>GIS v logistiki</vt:lpstr>
       <vt:lpstr>GIS v logistiki</vt:lpstr>
       <vt:lpstr>GIS v logistiki</vt:lpstr>
       <vt:lpstr>GIS v logistiki</vt:lpstr>
       <vt:lpstr>Trendi GIS</vt:lpstr>
       <vt:lpstr>Trendi GIS - računalništvo v oblaku</vt:lpstr>
       <vt:lpstr>Trendi v GIS - umetna inteligenca in ML</vt:lpstr>
       <vt:lpstr>Trendi GIS - brezpilotna letala</vt:lpstr>
       <vt:lpstr>Trendi GIS - AR in VR</vt:lpstr>
       <vt:lpstr>Trendi GIS - Analiza podatkov v realnem času</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
-[...56 lines deleted...]
-      <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:keywords>, docId:F21D96A0F435B5994CE0F628F096F25F</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">