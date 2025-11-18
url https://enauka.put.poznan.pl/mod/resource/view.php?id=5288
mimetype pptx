--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,124 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...41 lines deleted...]
-  <Override PartName="/ppt/slides/slide58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="/docProps/thumbnail.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/ppt/presentation.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483655" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="305" r:id="rId48"/>
-[...30 lines deleted...]
-    <p:sldId id="336" r:id="rId79"/>
+    <p:sldId id="305" r:id="rId6"/>
+    <p:sldId id="306" r:id="rId7"/>
+    <p:sldId id="307" r:id="rId8"/>
+    <p:sldId id="308" r:id="rId9"/>
+    <p:sldId id="309" r:id="rId10"/>
+    <p:sldId id="310" r:id="rId11"/>
+    <p:sldId id="311" r:id="rId12"/>
+    <p:sldId id="312" r:id="rId13"/>
+    <p:sldId id="313" r:id="rId14"/>
+    <p:sldId id="314" r:id="rId15"/>
+    <p:sldId id="315" r:id="rId16"/>
+    <p:sldId id="316" r:id="rId17"/>
+    <p:sldId id="317" r:id="rId18"/>
+    <p:sldId id="318" r:id="rId19"/>
+    <p:sldId id="319" r:id="rId20"/>
+    <p:sldId id="320" r:id="rId21"/>
+    <p:sldId id="321" r:id="rId22"/>
+    <p:sldId id="322" r:id="rId23"/>
+    <p:sldId id="323" r:id="rId24"/>
+    <p:sldId id="324" r:id="rId25"/>
+    <p:sldId id="325" r:id="rId26"/>
+    <p:sldId id="326" r:id="rId27"/>
+    <p:sldId id="327" r:id="rId28"/>
+    <p:sldId id="328" r:id="rId29"/>
+    <p:sldId id="329" r:id="rId30"/>
+    <p:sldId id="330" r:id="rId31"/>
+    <p:sldId id="331" r:id="rId32"/>
+    <p:sldId id="332" r:id="rId33"/>
+    <p:sldId id="333" r:id="rId34"/>
+    <p:sldId id="334" r:id="rId35"/>
+    <p:sldId id="335" r:id="rId36"/>
+    <p:sldId id="337" r:id="rId37"/>
+    <p:sldId id="336" r:id="rId38"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -408,87 +417,110 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="594" y="96"/>
+        <p:origin x="206" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide59.xml" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide64.xml" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="/ppt/viewProps.xml" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide49.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide54.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide70.xml" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide75.xml" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide44.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide60.xml" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide65.xml" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide55.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide50.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide66.xml" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide71.xml" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide45.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide53.xml" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="/ppt/presProps.xml" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide48.xml" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide56.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide61.xml" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide69.xml" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide74.xml" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="/ppt/tableStyles.xml" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide46.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide51.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide72.xml" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide67.xml" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide62.xml" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide57.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide52.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide73.xml" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide47.xml" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide68.xml" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide63.xml" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide58.xml" Id="rId62" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -736,51 +768,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -920,55 +952,921 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId6" /></Relationships>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3643450708"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3167094790"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Slide with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2846060954"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Slide with picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1418516044"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Only title">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2277221616"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -1112,51 +2010,51 @@
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
@@ -1184,51 +2082,51 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -1286,51 +2184,51 @@
               <a:t>Izražena stališča in mnenja so izključno stališča in mnenja avtorjev in ne odražajo nujno stališč Evropske unije ali Izvajalske agencije za izobraževanje in kulturo (EACEA).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Evropska unija in agencija EACEA ne moreta biti odgovorni zanje.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
-    <p:sldLayoutId id="2147483654" r:id="rId3"/>
+    <p:sldLayoutId id="2147483654" r:id="rId2"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="1065AB"/>
           </a:solidFill>
           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -1586,147 +2484,849 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide44.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image4.png" Id="rId4" /></Relationships>
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="365126"/>
+            <a:ext cx="9745133" cy="1116542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8B49A-91DD-E2E0-C046-13FDB51AFF31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2526583943"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483656" r:id="rId1"/>
+    <p:sldLayoutId id="2147483657" r:id="rId2"/>
+    <p:sldLayoutId id="2147483658" r:id="rId3"/>
+    <p:sldLayoutId id="2147483659" r:id="rId4"/>
+    <p:sldLayoutId id="2147483660" r:id="rId5"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="1" kern="1200">
+          <a:solidFill>
+            <a:srgbClr val="1065AB"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="pl-PL"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide45.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide46.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide47.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide48.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide49.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image21.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image22.png" Id="rId4" /></Relationships>
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide50.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide51.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image23.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide52.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image24.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide53.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image25.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide54.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image26.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image30.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image29.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image28.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image27.png" Id="rId4" /></Relationships>
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide55.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image31.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide56.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image32.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide57.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image33.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide58.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image34.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide59.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image35.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide60.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image36.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide61.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide62.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image37.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide63.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide64.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide65.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image38.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide66.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image39.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide67.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image40.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide68.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image41.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide69.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image42.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide70.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image43.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide71.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide72.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image44.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide73.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image45.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide74.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide75.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image4.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -1816,385 +3416,99 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...224 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3823DD-8D25-872F-C72C-4C503464DBA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11038544" y="5638402"/>
             <a:ext cx="1079500" cy="1094088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="pole tekstowe 6">
-[...58 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
@@ -2255,57 +3569,62 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0">
+              <a:rPr lang="pl-PL" sz="2800">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Predavanje</a:t>
-            </a:r>
+              <a:t>Predavanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -2643,74 +3962,6282 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1050" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACCC2E6D-B12F-F094-27A7-0A3B9C474417}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539680" y="5293868"/>
+            <a:ext cx="4997035" cy="1354217"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Business Analytics Skills </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="pole tekstowe 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F058E8B-A577-B5FB-1A70-911F674BD0DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-42796" y="6378243"/>
+            <a:ext cx="6096000" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2800" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Project </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3847661860"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Načela gestalta</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Okvir</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Če predmete zapremo, jih zaznavamo kot skupino.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D89BE8B-3A10-C96D-5116-E2BD9CA61E59}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2559683" y="2869707"/>
+            <a:ext cx="4749866" cy="3211512"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A7AB16F-CC98-9DDA-0CE8-5D6BC4824547}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25C2F887-4E36-047C-23F5-FD742A7E86EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D91C192A-C09A-A7D1-C343-4A95531C0E99}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1130900862"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="PoljeZBesedilom 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21F2C030-15FA-07FE-CBBE-8AA10B168AD8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Slika 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C06905F6-5EBD-6201-DD26-98F591C4F8A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Načela gestalta</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Zapiranje</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Naši možgani samodejno zaprejo določene nedokončane predmete ali črte.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DF46979-FDD5-BAC4-4C4A-5861B878B809}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="605756" y="2714625"/>
+            <a:ext cx="5819775" cy="1428750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AECFC10-6A82-1904-60C4-B21F15B3F2C2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="691481" y="4538663"/>
+            <a:ext cx="5734050" cy="1638300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CA6E3D0-3376-B451-3B97-62475FF29CFF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6886706" y="2714625"/>
+            <a:ext cx="2776438" cy="1218548"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F054C5DD-6F86-187A-47FE-89C666A285EC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6886706" y="4249037"/>
+            <a:ext cx="2057531" cy="2073001"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62E5D583-33EB-00F7-26F8-24C471555F1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9414419" y="4469044"/>
+            <a:ext cx="2437813" cy="993466"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2539634276"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="10" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="6"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="fade">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="6"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29B2FD82-36FA-F6A9-9E28-1B38C2BACED6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF778DF7-956F-3FBF-F4E7-09CCAA832045}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Načela gestalta</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Kontinuiteta</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Ob pogledu na predmet naše oči iščejo najbolj logično pot in naravno ustvarijo kontinuiteto tam, kjer morda ni nakazana.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{682B1A38-DC30-8DED-BF74-A2A2EA4A9B7F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6BEAA11-5C77-5D97-DE17-EAE94DE2A52C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2765029" y="3048792"/>
+            <a:ext cx="5152737" cy="3542507"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1611137117"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Načela gestalta</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Povezava</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1"/>
+              <a:t>Povezane </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>predmete zaznavamo kot pripadnike iste skupine.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE7548EE-6C30-EB98-3B35-15EBFE3242DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="145254" y="2973387"/>
+            <a:ext cx="11901491" cy="1700213"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Slika 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{710DF9BA-5184-3DC1-67B5-AD6C6897AF3E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53FD654F-1613-FEAC-7F3F-AC3F00F69714}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DD1C140-4694-B3C5-FC80-D0173187B68B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4147321103"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D56553D7-5BE2-D8CE-5F23-FF0A9AA84902}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Spodbudne lastnosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Ugotovite, koliko je številk 7</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Slika 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A14199D-BC37-E6C0-E5F4-BF63B09A1954}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD5AF363-3B73-8328-7F1D-D8DB35110254}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE41FE34-CE73-AC78-ED15-6E582C0E71CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2663497" y="2293365"/>
+            <a:ext cx="5668186" cy="3975147"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="678598455"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Spodbudne lastnosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>In zdaj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C4E0B48-BD7C-9032-2668-AE1ECB484E5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFB2A43B-E1EB-767E-3BEF-8AB2862CE9B8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3E52F35-C56D-5742-11EE-975DEF45435B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2582928" y="1884994"/>
+            <a:ext cx="5981113" cy="4232600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11E87F0D-4F9E-891D-9595-89643F1FC4FF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="494525776"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Spodbudne lastnosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>In zdaj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4073CF03-BCF7-0D1C-A597-FED1EAB794FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2612877" y="1833245"/>
+            <a:ext cx="5692580" cy="4028416"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Slika 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FA8D351-7EEB-3090-E177-ECD9EAE8C47F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F37A2206-07A7-0B29-8EE3-3278A257303B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B23E7757-B51B-E5CE-E99E-F3A2670DFED2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="375412638"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Spodbudne lastnosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5" descr="A group of dots with different sizes&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAB6558B-6B2A-4FAD-23C5-F3B068CED275}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2553017" y="1719269"/>
+            <a:ext cx="5571808" cy="4368793"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48C9E866-4852-BFC8-7CD5-F3D5031B5B80}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{620CDD45-281C-E657-0BA5-FB33A75261B4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F75D7AAF-3FFC-8FE6-54FF-F024A3F19350}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="874667217"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB31BBEB-4F63-76D3-70FF-4D1C681366C0}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC468A13-2B50-78C7-AFD6-BC6DF419F78D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Izbira prave metode vizualizacije</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8776168B-981D-2116-B422-531F834D90C0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Prvi korak pri izbiri ustrezne metode je temeljito </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>razumevanje podatkov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Katera so ključna sporočila, ki jih želimo posredovati? </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Kakšna je vrsta podatkov? </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ali delamo s podatki časovnih vrst, geografskimi informacijami ali hierarhičnimi strukturami?</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="2000" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Odvisno od:</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" kern="100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Vprašanja, ki jih nameravate zastaviti.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Vrste podatkov</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>N</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ačin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, kako želite predstaviti in posredovati informacije drugim.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Občinstvo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E53D3355-F2BB-2878-77DA-8B1769BD3B42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{873CF077-4A61-5B55-673C-279BE2D72904}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4EF9E0F-CFA4-694A-A38B-4E98794EDFEE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6400BDA-A69A-824F-8D05-5C522FDCB04A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1083203809"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Preprosto besedilo</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E151D17C-0E63-B342-857A-DD2E04C61332}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Uporabite, kadar želite navesti informacije o </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>več številkah </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(številčnih kazalnikih).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Številka + kratko spremno besedilo</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>BAN (Big </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0" err="1">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ass Numbers</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="A blue and grey numbers&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3165084-E1CC-CC0F-573E-772D92DCBC40}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5921242" y="2759729"/>
+            <a:ext cx="4296956" cy="2483129"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{994D39C8-879E-98AF-060B-DE6F32A430F6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28DCA9D9-66FA-F6AA-1B30-538812025F1A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="PoljeZBesedilom 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40D64353-3E56-0A0B-F0A2-D198AC5DDE78}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1123745348"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -2946,64 +10473,8464 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD038255-DF2A-C456-8904-E6D04AFEC27A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="242617263"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Tabele</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E151D17C-0E63-B342-857A-DD2E04C61332}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Uporabite, če želite videti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>posamezne vrednosti (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>npr. po letih).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Dobro za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>primerjavo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>posameznih vrednosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>uporabite, če želite prikazati </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>zelo natančne podatke </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(z vsemi decimalkami).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Prikaz podatkov z </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>različnimi merskimi enotami</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Niso primerni za prikaz nečesa, kar bo občinstvo takoj opazilo, so pa uporabni, če želite podatke prikazati </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>točno tako, kot so.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Dobro znani so </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>razumljivi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>tistim, ki jih berejo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13AEC207-72F2-EAEB-AEF8-1202DDB20E01}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40A2FE6C-26D3-F41E-49AD-8527FABED0DE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85167754-FCA5-1813-CE98-91B7D7FAD41C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3961704760"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Tabele za oblikovanje</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>dstranite</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> vse robove </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>okoli mize</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Č</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>im</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>bolj ublažite mrežne črte </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ali jih popolnoma odstranite.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>J</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>asno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ločite glavo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>od jedra tabele.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>B</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>esedilo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>v tabeli in glavi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>poravnajte </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>na levo, številke pa na desno.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>porabite</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ustrezno raven </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>podrobnosti podatkov (npr. uporabite številke z enim decimalnim mestom, če to zadostuje za razumevanje podatkov).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC27755-35B6-0DF8-F3BB-86794C5BB0C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA679CD2-4F87-7B30-1B96-0718C64AFE79}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9809C23C-C910-9853-AF85-1665A7BF39A2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3675384688"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5F4FAF4-8EBA-B773-3F6B-AA90D0481059}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Stolpčni diagram</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>dličen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> za prikaz številčnih vrednosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>po skupinah ali kategorijah</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>L</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ahko</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> je orientiran navpično ali vodoravno.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>N</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ajučinkovitejši</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> način za prikaz ukrepov, povezanih z diskretnimi postavkami na nominalni ali ordinalni lestvici.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>e mora začeti pri nič.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7855C510-4D6D-AA95-6C63-C5CE8A25F69E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="PoljeZBesedilom 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30060206-1B85-62DD-7C0C-D8C967E64BD3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="A graph of sales&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E7E6882-F3A2-BE3E-0833-1498202DC72D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4273757" y="3429000"/>
+            <a:ext cx="3644485" cy="3398573"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2470885504"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Črtni diagram</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>porablja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> se za prikaz </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>spremembe neke kvantitativne vrednosti, ki </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>je postavljena na os y, glede na čas, ki je postavljen na vodoravno os x</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Č</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>rtni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> diagram ne sme vsebovati več kot </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>pet vrstic.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="A graph of a graph with numbers and lines&#10;&#10;Description automatically generated with medium confidence">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBADCC1D-EB47-3E87-ACE8-609325489A49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7194276" y="2512932"/>
+            <a:ext cx="4062610" cy="3396110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AD422DB-8E24-C097-77D3-4B3D226C3D19}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73C0A6B7-9732-BA0F-8CBC-95A472ECE9DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4BB8604-3B6D-CA4A-DC62-C98B9650BD9B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2580647613"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Diagram razpršitve</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>li obstaja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>povezava </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>med dvema kvantitativnima spremenljivkama</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> vzorci, ki jih vidimo na razpršitvi, lahko razložimo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vrsto korelacije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" b="1" kern="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Pozitivno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vrednosti se povečujejo skupaj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Negativno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ena vrednost se zmanjša, ko se druga poveča</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" b="1" kern="100" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ničelno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(ni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>korelacije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="A graph with blue dots&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD90C4D2-2248-E49B-BB86-B69DCF95D420}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6260912" y="2908193"/>
+            <a:ext cx="4054940" cy="3447816"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{822A06A9-9B9E-4E27-0238-BDE5A34F1D06}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F7E656-B505-0AB7-23E5-4CEDFA18A9C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF788CD5-ADCD-9831-E78E-CB25D3656E82}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2162041182"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Choropleth zemljevid</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>U</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>porablja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>razlike v senčenju ali barvi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>na vnaprej določenih območjih za označevanje vrednosti ali kategorij na teh območjih. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>B</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>arvna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> paleta na zemljevidu choropleth </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>je enostavna za razumevanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, manjše vrednosti ustrezajo svetlejšim barvam, večje vrednosti pa temnejšim barvam.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="A map of the united states&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEF58835-787F-8811-081B-C9466CFDD3A8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5517271" y="3419695"/>
+            <a:ext cx="4292554" cy="2757268"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CBD3B15-E372-8942-FABF-A82B9E32A87D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A289CD45-3E39-3776-BB61-DF6E465B2899}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB60CFF-A0A7-034F-3F41-EDAA026DD11D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2460977802"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Toplotni zemljevid</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Vizualizacija </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>podatkov v </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>obliki tabele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, kjer barvne celice predstavljajo relativno velikost številk.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07CDA89B-00C3-0269-F71D-C03801B85879}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2444311" y="2883115"/>
+            <a:ext cx="6943362" cy="2168278"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11AEA3DB-F09D-6667-16BE-329402E06448}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8885F5CB-BEE9-CA9C-A8FD-4D25628DD9C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EBE387F-91E0-186E-C3D4-095599FAEE80}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2194852071"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Bullet graf</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="501396" y="6254220"/>
+            <a:ext cx="4580467" cy="477308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="015BA6"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7F7F7F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Bullet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>graf</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> z eno samo črno vodoravno črto, ki predstavlja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>dejansko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vrednost, dodatno (navpično) oznako za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ciljno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vrednost (ki jo želimo doseči) in osenčenimi območji v ozadju, ki predstavljajo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>lestvico uspešnosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(npr. slabo, dobro, odlično).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6" descr="A diagram of a graph&#10;&#10;Description automatically generated with medium confidence">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37F735B8-BA0F-816D-AF71-015016C8A278}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2003551" y="3507317"/>
+            <a:ext cx="5521199" cy="2669646"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{257B8E73-D26B-DF4D-584F-2B1FE2DED055}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7281EB37-5402-EC3A-A377-B5A3D8A1DD1F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADEA8104-3176-8985-C70C-B700676ADEA2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2557563689"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25621516-F80F-5B10-D8F2-E44765AD2FAF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Smernice </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>dobro </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>oblikovanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>vizualizacije</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A614C7C-41A0-3204-C9F4-EB1418117567}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Izberite </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ustrezno barvno kombinacijo</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0" err="1"/>
+              <a:t>Izberite </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ustrezne barvne sheme</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0" err="1"/>
+              <a:t>Barve </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>uporabljajte </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>poredko</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0" err="1"/>
+              <a:t>Razmislite o barvni </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>slepoti</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0" err="1"/>
+              <a:t>Barve morajo biti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>dosledne</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Uporabite barvo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>za poudarjanje pomembnih podatkov</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ohranite preprostost</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{347571DD-0A3B-E3E8-C893-AEA83DAD29FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A64C3F31-E3E0-4A1E-FA9E-4B33625C418B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D22251FD-45A4-6FFB-B1A2-839FFFB51693}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="43378249"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38F0BB7F-2BDB-60D1-FFFF-DF2230D5920D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Teorija barv</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C56DA73-E896-3DF8-E9AF-D9D9015052F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Barvno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>kolo </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8E5D656-191D-2004-1D24-DDC1E30A6E8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="455749" y="2724151"/>
+            <a:ext cx="11280502" cy="2740818"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4073570-0DE6-8A9D-5CCB-0E3055F35A84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB651C08-5FC1-1C0A-2C4D-8CFD5338FFCA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22142A8D-4624-10BF-E803-FC8D4CEE6426}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1491747484"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -3344,64 +19271,2162 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D829A5A-15AF-3E90-99FC-81C61EFD0D4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2352763164"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8EFE118-8397-DAEA-F683-F09CB35D6B67}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C9E9580-C2CD-4BA6-8C64-21E6E606E476}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Barvne sheme</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{441D92EC-EEE5-8953-E137-3588BD3E931F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6628129" y="1627376"/>
+            <a:ext cx="4373245" cy="4249549"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{828CAB71-DF6E-5739-BB8C-5509957E379A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5544845" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Zaporedne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>barve</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>- uporaba ene barve od svetle do temne in je idealna za prikaz številčnih podatkov, ki napredujejo od najnižje do najvišje. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Razhajajoče</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>barve</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>uporabno za poudarjanje vrednosti nad ali pod srednjo točko (npr. dobiček/izguba)</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kategorične barve </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>najboljše za kategorične podatke, pri katerih morajo barve razlikovati med različnimi skupinami, ne da bi nakazovale vrstni red ali vrednost. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9471F06C-19C4-4F34-CD65-CE65F7B1F4A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2E7F6B0-AD61-62C4-7D4C-40E20BED40A7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F7BA5CD-E107-FD42-9ABF-4EBC174F732F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2900101392"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Tytuł 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Povzetek</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244600" y="1842559"/>
+            <a:ext cx="10298651" cy="3626908"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Glavni cilj vizualizacije </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>podatkov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: sporočanje kompleksnih informacij na način, ki je dostopen in razumljiv vsem javnostim.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Učinkovita </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vizualizacija podatkov je ključna sestavina v procesu odločanja na podlagi podatkov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>V poglavju je poudarjen pomen prilagajanja vizualizacij posebnim potrebam ciljnega občinstva.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Premišljena </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vizualna predstavitev podatkov je pomembna za lažje razumevanje in sporočanje zapletenih informacij.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA206B8-DBDA-7434-DC2E-94C8F38D4A37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FCCC001-25CB-B687-7669-0EB1EBEF159D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23ACBF6D-F2CA-1BF3-D668-B982F4ABE716}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="71198066"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A42DA4-1ED3-B704-30FE-B3554FD25B43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Hvala za vašo pozornost</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10964589" y="0"/>
+            <a:ext cx="1227411" cy="429442"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B69FB787-F0E0-3354-090C-3723DAA1EC44}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7580BA2-1BC9-46CE-A636-D7D1F4BFFEB8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3446569-3E74-4CCD-3366-7D8F9FBB846A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1428598905"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC3BDBEF-F285-F46F-C722-B5F0315CC64D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -3727,80 +21752,474 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{182C990B-40F4-FC5B-0CDA-E519B2D01043}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="658604869"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFFBF890-F5F3-6F75-F88D-68865CA59229}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Slika 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{585372BC-8D47-2D36-1167-4ADF8FEE57E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
@@ -5468,67 +23887,264 @@
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2004335279"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4217036134"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0673C393-E43E-8B53-61C7-6F7509F4B60B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Slika 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0D43415-8B9D-0F93-8453-404FC30025B3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
@@ -5763,51 +24379,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2145379" y="4059654"/>
             <a:ext cx="7419975" cy="2533650"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1375372884"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide50.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6337,64 +24953,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3BC338C-6AA7-9D25-D334-069635F6F95D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="947439804"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6648,64 +25461,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17CC6ECF-223B-5D38-AD0C-4C646FE92F47}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="857585619"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide52.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6980,237 +25990,66 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
-[...140 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25C2F887-4E36-047C-23F5-FD742A7E86EF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62EB893C-302B-DC6F-34C5-F15CE04CCD6A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6455834" y="6213237"/>
-            <a:ext cx="5011392" cy="461665"/>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
@@ -7275,11023 +26114,127 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-              <a:rPr lang="sl-SI" sz="800" dirty="0">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1130900862"/>
-[...10952 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1428598905"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3338595378"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -18552,71 +26495,371 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="rId1" /></Relationships>
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Motyw pakietu Office">
+  <a:themeElements>
+    <a:clrScheme name="Pakiet Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Pakiet Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Pakiet Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps2.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps3.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="e39e5a21f07b79f5f02b47bb518c1032">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4e78d507071451a3820eedd449fec3a" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -18806,226 +27049,171 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F92B6B86-1972-4699-8A14-40114A9AAF09}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C883E481-F02C-402A-90F1-76504C08C819}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{075104E6-DBE1-4E67-AEE6-09A19EE494EB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F92B6B86-1972-4699-8A14-40114A9AAF09}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>13774</Words>
+  <Words>4086</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>101</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>372</Paragraphs>
+  <Slides>33</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>101</vt:i4>
+        <vt:i4>33</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="108" baseType="lpstr">
+    <vt:vector size="40" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-      <vt:lpstr>Poslovna inteligenca</vt:lpstr>
-[...41 lines deleted...]
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
+      <vt:lpstr>1_Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Vizualizacija podatkov</vt:lpstr>
       <vt:lpstr>Razumevanje okoliščin</vt:lpstr>
       <vt:lpstr>Anscombov kvartet </vt:lpstr>
       <vt:lpstr>Anscombov kvartet </vt:lpstr>
       <vt:lpstr>Metode za pritegnitev pozornosti</vt:lpstr>
       <vt:lpstr>Načela gestalta</vt:lpstr>
       <vt:lpstr>Načela gestalta</vt:lpstr>
       <vt:lpstr>Načela gestalta</vt:lpstr>
       <vt:lpstr>Načela gestalta</vt:lpstr>
       <vt:lpstr>Načela gestalta</vt:lpstr>
       <vt:lpstr>Načela gestalta</vt:lpstr>
       <vt:lpstr>Spodbudne lastnosti</vt:lpstr>
       <vt:lpstr>Spodbudne lastnosti</vt:lpstr>
       <vt:lpstr>Spodbudne lastnosti</vt:lpstr>
       <vt:lpstr>Spodbudne lastnosti</vt:lpstr>
       <vt:lpstr>Izbira prave metode vizualizacije</vt:lpstr>
       <vt:lpstr>Preprosto besedilo</vt:lpstr>
       <vt:lpstr>Tabele</vt:lpstr>
       <vt:lpstr>Tabele za oblikovanje</vt:lpstr>
       <vt:lpstr>Stolpčni diagram</vt:lpstr>
       <vt:lpstr>Črtni diagram</vt:lpstr>
       <vt:lpstr>Diagram razpršitve</vt:lpstr>
       <vt:lpstr>Choropleth zemljevid</vt:lpstr>
       <vt:lpstr>Toplotni zemljevid</vt:lpstr>
       <vt:lpstr>Bullet graf</vt:lpstr>
       <vt:lpstr>Smernice za dobro oblikovanje vizualizacije</vt:lpstr>
       <vt:lpstr>Teorija barv</vt:lpstr>
       <vt:lpstr>Barvne sheme</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
-[...24 lines deleted...]
-      <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:keywords>, docId:F21D96A0F435B5994CE0F628F096F25F</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">