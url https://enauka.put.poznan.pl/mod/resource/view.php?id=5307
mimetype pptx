--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,106 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...16 lines deleted...]
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="268" r:id="rId8"/>
     <p:sldId id="267" r:id="rId9"/>
     <p:sldId id="270" r:id="rId10"/>
     <p:sldId id="261" r:id="rId11"/>
     <p:sldId id="272" r:id="rId12"/>
     <p:sldId id="281" r:id="rId13"/>
     <p:sldId id="273" r:id="rId14"/>
     <p:sldId id="282" r:id="rId15"/>
     <p:sldId id="274" r:id="rId16"/>
     <p:sldId id="275" r:id="rId17"/>
     <p:sldId id="276" r:id="rId18"/>
     <p:sldId id="278" r:id="rId19"/>
     <p:sldId id="277" r:id="rId20"/>
     <p:sldId id="279" r:id="rId21"/>
     <p:sldId id="280" r:id="rId22"/>
     <p:sldId id="283" r:id="rId23"/>
     <p:sldId id="266" r:id="rId24"/>
-    <p:sldId id="263" r:id="rId25"/>
+    <p:sldId id="335" r:id="rId25"/>
+    <p:sldId id="263" r:id="rId26"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -157,129 +159,157 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="32767"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{405B2754-E0AB-495A-8224-0A870ABA825D}" v="8" dt="2025-02-27T10:06:26.015"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-  <p:normalViewPr showOutlineIcons="0" horzBarState="maximized">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="72" d="100"/>
-          <a:sy n="72" d="100"/>
+          <a:sx n="142" d="100"/>
+          <a:sy n="142" d="100"/>
         </p:scale>
-        <p:origin x="-570" y="-96"/>
+        <p:origin x="768" y="114"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="78028800" cy="78028800"/>
+  <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{405B2754-E0AB-495A-8224-0A870ABA825D}"/>
     <pc:docChg chg="undo custSel addSld modSld">
       <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{405B2754-E0AB-495A-8224-0A870ABA825D}" dt="2025-02-27T10:14:05.687" v="1761" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{405B2754-E0AB-495A-8224-0A870ABA825D}" dt="2025-02-27T09:31:25.014" v="396" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{405B2754-E0AB-495A-8224-0A870ABA825D}" dt="2025-02-27T09:31:08.414" v="333" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="2" creationId="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -1054,138 +1084,138 @@
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1935663326" sldId="278"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp add mod ord">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:27.635" v="1838" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2690682958" sldId="279"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="delSp modSp add mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:23.535" v="1835" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="821778306" sldId="280"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="4800">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
@@ -1218,251 +1248,221 @@
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1041399" y="6159042"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2469039930"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1874672" y="262905"/>
             <a:ext cx="9390352" cy="836261"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
@@ -1475,318 +1475,288 @@
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="837168" y="6352531"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5249333" y="4114000"/>
             <a:ext cx="4967366" cy="943069"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Obraz 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="pole tekstowe 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4123543632"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
@@ -1799,409 +1769,319 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1712746793"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3400523691"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2022179759"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -2224,284 +2104,530 @@
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12968EA6-C9F8-D95B-CB9D-B88A5A8950AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8145163" y="6210956"/>
+            <a:ext cx="3416807" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Obraz 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDE6E7CA-6691-C2C5-1481-5B1AAFE7A8D3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11471275" y="6088380"/>
+            <a:ext cx="720725" cy="769620"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3146977866"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="1065AB"/>
           </a:solidFill>
@@ -2768,274 +2894,224 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Prostokąt 13">
-[...52 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="345175"/>
             <a:ext cx="4967366" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Poslovna inteligencija</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411916" y="5378273"/>
             <a:ext cx="4792133" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" b="1" dirty="0">
@@ -3059,170 +3135,109 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
-            <a:r>
+            <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...2 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1800" dirty="0">
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-            </a:br>
-[...12 lines deleted...]
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
@@ -3230,117 +3245,109 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Broj projekta – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="4400" dirty="0" smtClean="0">
+              <a:rPr lang="pl-PL" sz="4400" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Razumevanje </a:t>
-[...7 lines deleted...]
-              <a:t>i tumačenje podataka</a:t>
+              <a:t>Razumevanje i tumačenje podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="4075044"/>
             <a:ext cx="4967366" cy="842557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -3354,87 +3361,87 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Predavanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169333" y="93133"/>
             <a:ext cx="1625600" cy="1600200"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY0" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX1" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY1" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX2" fmla="*/ 448734 w 1625600"/>
               <a:gd name="connsiteY2" fmla="*/ 25400 h 1600200"/>
               <a:gd name="connsiteX3" fmla="*/ 567267 w 1625600"/>
               <a:gd name="connsiteY3" fmla="*/ 0 h 1600200"/>
               <a:gd name="connsiteX4" fmla="*/ 1625600 w 1625600"/>
               <a:gd name="connsiteY4" fmla="*/ 135467 h 1600200"/>
               <a:gd name="connsiteX5" fmla="*/ 1447800 w 1625600"/>
@@ -3534,218 +3541,170 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2920479427"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Big data</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>„</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>podaci čija veličina, distribucija, raznolikost i/ili </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>pravovremenost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
-[...14 lines deleted...]
-              <a:t>zahtevaju </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>upotrebu novih tehničkih arhitektura i analitike kako bi se došlo do rezultata koji stvaraju nove izvore poslovne </a:t>
-[...8 lines deleted...]
-              <a:t>vrednosti</a:t>
+              <a:t>zahtevaju upotrebu novih tehničkih arhitektura i analitike kako bi se došlo do rezultata koji stvaraju nove izvore poslovne vrednosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>” (McKinsey Global Institute, 2011)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>3V Big data:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Volumen</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
@@ -3927,51 +3886,51 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>nestrukturirani</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="pl-PL" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -4147,223 +4106,214 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: Kitchen and McArdle (2016)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="890883010"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="890883010"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{86E8F976-0606-F225-8F1A-43C0B3FE5775}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86E8F976-0606-F225-8F1A-43C0B3FE5775}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Arhitektura podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{ED964F1F-A3F2-20CC-1F14-A914E294344C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED964F1F-A3F2-20CC-1F14-A914E294344C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>temelj za </a:t>
-[...7 lines deleted...]
-              <a:t>poslovnu inteligenciju </a:t>
+              <a:t>temelj za uspješnu poslovnu inteligenciju </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>Sastoji se od 6 važnih aspekata vezanih uz podatke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>: </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>Širinu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>Pravovremenost</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>Kvalitetu</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>Relevantnost</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0" err="1"/>
               <a:t>granularnost</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Kvalitet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>središnja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>kolona</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>jer</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ogroman</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>trud</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -4379,71 +4329,71 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>osiguranje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>poboljšanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>kvaliteta</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1FB1FE29-8CF4-7E78-1B5E-5169497FE1BF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FB1FE29-8CF4-7E78-1B5E-5169497FE1BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8148462" y="4873822"/>
             <a:ext cx="3336608" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -4650,155 +4600,151 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>prilagođeno prema </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Howson (2014)</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4" descr="A yellow and orange building with black text&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{67EDA7CB-DCE3-702E-CD7F-B90696EFCEE0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67EDA7CB-DCE3-702E-CD7F-B90696EFCEE0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8016324" y="1086679"/>
             <a:ext cx="3569162" cy="2753474"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="152283269"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="152283269"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
+              <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Model</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>ovanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>i </a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>oblikovanje podataka</a:t>
+              <a:t>i oblikovanje podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Podatkovni</a:t>
             </a:r>
@@ -4833,201 +4779,175 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>poslovni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>sistem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koristi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>generira</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>strukturirani podaci obično se pohranjuju u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sistem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>za </a:t>
-[...7 lines deleted...]
-              <a:t>upravljanje relacijskim bazama podataka </a:t>
+              <a:t>za upravljanje relacijskim bazama podataka </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>podaci su </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:t>podaci su organiz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ovani</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>u </a:t>
+              <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>tablice</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> koje sadrže zbirku zapisa koji pohranjuju informacije o određenom entitetu</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -5205,151 +5125,147 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: Dennis et al. (2018)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A screenshot of a computer&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7F0427C7-4CA5-CDCE-D1B2-0D1C44A5AD7B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F0427C7-4CA5-CDCE-D1B2-0D1C44A5AD7B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3145225" y="3429000"/>
             <a:ext cx="5741959" cy="2609532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="603866943"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="603866943"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
+              <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Model</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>ovanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>i oblikovanje podataka</a:t>
+              <a:t> i oblikovanje podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Atribut</a:t>
             </a:r>
@@ -5410,108 +5326,93 @@
               </a:rPr>
               <a:t>Red u tablici ili skup povezanih polja koja opisuju jednu instancu entiteta (kao što je Kupac)</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Primarni ključ </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>- </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>polje (ili skup polja) koje svakom proizvodu u tablici daje jedinstvenu </a:t>
-[...15 lines deleted...]
-            </a:endParaRPr>
+              <a:t>polje (ili skup polja) koje svakom proizvodu u tablici daje jedinstvenu vrednost</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>To znači da u tablici ne mogu postojati dva proizvoda s istim ID-om</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Tablice u bazi podataka često su povezane s drugim tablicama, tj. između njih postoji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>veza</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -5687,111 +5588,111 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: Tilley (2020)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3327966016"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3327966016"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Vrste veza</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -5969,345 +5870,311 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: autori</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A diagram of a student&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2EE85563-944F-0DA5-C767-6970DD7E0376}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EE85563-944F-0DA5-C767-6970DD7E0376}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2769160" y="1820994"/>
             <a:ext cx="6227869" cy="3368411"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="926587062"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="926587062"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>ER dijagram</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Vizu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>reprezentacija </a:t>
+              <a:t>lna reprezentacija </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>logičke strukture </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>baze podataka i veza između tablica</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Chenova vs. Martinova (Crow’s foot) notacija</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Entitet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:t> –</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>pravougaonik</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:t>s </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>navedenim atributima</a:t>
+              <a:t>s navedenim atributima</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Kardinalnost </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>– </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>pokazuje koliko je </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:t>pokazuje koliko je instanc</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i</a:t>
-            </a:r>
-[...7 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>jednog entiteta povezano s instancom drugog </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>entiteta </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -6485,432 +6352,399 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: Tilley (2020)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{180EB07D-EF6B-FAAE-9F32-A3B51C858BA9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{180EB07D-EF6B-FAAE-9F32-A3B51C858BA9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6096000" y="2386806"/>
             <a:ext cx="4752975" cy="3228975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1935663326"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1935663326"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>ER dijagram - primjer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A diagram of a data flow&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0E60CAD3-1C22-8D28-D2E5-B3AF7764D0F6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E60CAD3-1C22-8D28-D2E5-B3AF7764D0F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2122154" y="1270572"/>
             <a:ext cx="7501240" cy="4947563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="844182128"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="844182128"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Odlučivanje na temelju podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>strateški je pristup koji se oslanja na analizu i tumačenje podataka s ciljem </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sprovodj</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>nja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>određenih radnji</a:t>
+              <a:t> određenih radnji</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>proces donošenja strateških poslovnih odluka koje su u skladu s ciljevima i inicijativama organizacije </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:t>proces donošenja strateških poslovnih odluka koje su u skladu s ciljevima i inicijativama organizacije koriš</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>činjenica, metrika i podataka </a:t>
+              <a:t>enjem činjenica, metrika i podataka </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>(Nelson, 2022)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>proces donošenja odluka koje se više oslanjaju na analizu podataka nego na intuiciju </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1"/>
               <a:t>Provost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t> &amp; </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1"/>
               <a:t>Fawcett</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>, 2013)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Koraci za donošenje odluka temeljenih na podacima:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Razumevanje vizije</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>firme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>,</a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Pronalaženje izvora podataka,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
@@ -6933,450 +6767,348 @@
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Analiza podataka,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Izvođenje zaključaka.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2690682958"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2690682958"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>podataka</a:t>
+              <a:t>Kvalitet podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Stepen</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...6 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>t</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>a</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...9 lines deleted...]
-            </a:r>
+              <a:t>čnosti, doslednosti, pouzdanosti i prikladnosti za određenu svrhu </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, pouzdanosti i prikladnosti za određenu svrhu </a:t>
-            </a:r>
+              <a:t>Važna je budući da zaključci i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>presude</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>donesene na temelju podataka uglavnom </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>za</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vise o njihovoj </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>t</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>a</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>čnosti i pouzdanosti</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Važna je budući da zaključci i </a:t>
-[...26 lines deleted...]
-              <a:t>donesene </a:t>
+              <a:t>Kvalitet podataka može se okarakteri</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sati</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>na temelju podataka uglavnom </a:t>
-[...17 lines deleted...]
-              <a:t>vise </a:t>
+              <a:t> pomoću šest najčešće koriš</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>ć</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>o njihovoj </a:t>
-[...121 lines deleted...]
-              <a:t>dimenzija </a:t>
+              <a:t>enih dimenzija </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>(Foote, 2022):</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Tačnost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>koliko</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>tačne</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>atributa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>podacima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
@@ -7414,146 +7146,142 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>, bez </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>nedostajućih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>informacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Doslednost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>koliko</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>dosledne</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>u </a:t>
+              <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>između</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>baza</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Pravovremenost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>koliko</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>podaci</a:t>
@@ -7600,63 +7328,63 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>podaci</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>skladu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> s </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>unapred</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>definisanim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>poslovnim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>pravilima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
@@ -7679,210 +7407,178 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>svaki</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>zapis</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>jedinstveno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>identifikovan</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>bez</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>redundantnosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="821778306"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="821778306"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>podataka</a:t>
+              <a:t>Kvalitet podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>P</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>se mogu smatrati visokokvalitetnim ako imaju </a:t>
-[...17 lines deleted...]
-              <a:t>karakteristike (5C podataka):</a:t>
+              <a:t>odaci se mogu smatrati visokokvalitetnim ako imaju sledeće karakteristike (5C podataka):</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Čisti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
@@ -7969,72 +7665,64 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>druge</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>slične</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>probleme</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Dosledni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> </a:t>
-[...7 lines deleted...]
-              <a:t>(eng. Consistent) </a:t>
+              <a:t> (eng. Consistent) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>- </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>jednoobraznost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>koherentnost</a:t>
             </a:r>
@@ -8153,63 +7841,63 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>podatke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> koji se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>pridržavaju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>unapred</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>definisanih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>standarda</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
@@ -8393,55 +8081,55 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>elemente</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>potrebne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>za</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>nameravani</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>proces</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>donošenja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> bez </a:t>
@@ -8472,1014 +8160,976 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>gotovo svi podaci moraju se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>očistiti </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>nego što se mogu koristiti za </a:t>
-[...8 lines deleted...]
-              <a:t>dalju </a:t>
+              <a:t>pre nego što se mogu koristiti za dalju analizu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>C</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>analizu</a:t>
-[...31 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:t>ilj određuje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>stepen</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>čistoće </a:t>
-[...7 lines deleted...]
-              <a:t>i strategiju </a:t>
+              <a:t>čistoće i strategiju </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>čišćenja podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2700188177"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2700188177"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Sadržaj</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10947400" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Važnost analize podataka</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Podaci, informacije, znanje, mudrost</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Izvori podataka i tipovi podataka</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Model</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>ova</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
-              <a:t>i dizajn podataka</a:t>
+              <a:t>nje i dizajn podataka</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Odlučivanje temeljeno na podacima</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Kvalitet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="pl-PL" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>podataka</a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1254930911"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Zaključak</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10298651" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>podataka, informacija, znanja i mudrosti čini temeljnu osnovu za </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
+              <a:t>Razumevanje međudelovanja podataka, informacija, znanja i mudrosti čini temeljnu osnovu za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>iskorišćavanje </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>potencijala poslovne inteligencije</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Glavne vrste podataka uključuju kvantitativne (numeričke) i kvalitativne podatke</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Temeljno </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:t>Temeljno razumevanje model</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ovanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i dizajna podataka, kao što pokazuju ER dijagrami i RDBMS, bitno je za učinkovito </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
+              <a:t> i dizajna podataka, kao što pokazuju ER dijagrami i RDBMS, bitno je za učinkovito </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>korišćenje </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ntegri</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>podataka u proces donošenja odluka, organizacije postaju prilagodljivije, </a:t>
-[...8 lines deleted...]
-              <a:t>osetljivije </a:t>
+              <a:t>anjem podataka u proces donošenja odluka, organizacije postaju prilagodljivije, osetljivije i otpornije na promene, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ohrabruju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
-                <a:effectLst/>
-[...13 lines deleted...]
-              <a:t>promene</a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ći tako </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...23 lines deleted...]
-            </a:r>
+              <a:t>inovacije i održivi rast</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>inovacije i održivi rast</a:t>
-[...10 lines deleted...]
-              <a:t>Kvalitet </a:t>
+              <a:t>Kvalitet podataka važ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>an</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>podataka </a:t>
-[...26 lines deleted...]
-              <a:t> </a:t>
+              <a:t> je u kontekstu poslovne inteligencije i analize podataka budući da zaključci i pr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>esude</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>je u kontekstu poslovne inteligencije i analize podataka budući da zaključci i </a:t>
-[...26 lines deleted...]
-              <a:t> </a:t>
+              <a:t> donesene na temelju podataka uglavnom </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>za</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>donesene na temelju podataka uglavnom </a:t>
-[...16 lines deleted...]
-              </a:rPr>
               <a:t>vise o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>d </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>njihove</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ta</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i pouzdanosti</a:t>
+              <a:t>čnosti i pouzdanosti</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3298298427"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Aut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>ori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>Finalna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>verzija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>jun</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Hvala na pažnji</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4020019421"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4020019421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Koristi od analize podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Izvlačenje </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2100" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="pl-PL" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>vrednih </a:t>
-[...7 lines deleted...]
-              <a:t>uvida </a:t>
+              <a:t>vrednih uvida </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>iz ogromnog </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>iz ogromnog o</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>k</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>dostupnih informacija</a:t>
+              <a:t>eana dostupnih informacija</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Organizacijama omogućuje donošenje odluka koje su </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>objektivnije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t> i utemeljenije na </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
@@ -9489,176 +9139,152 @@
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t> omogućujući im da idu dalje od pretpostavki i intuicije</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Pronalaženje organizacijskih </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>neučinkovitosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t> i područja za poboljšanje</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>Organizacije mogu pronaći uska grla, poboljšati </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>Organizacije mogu pronaći uska grla, poboljšati t</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>rada i poboljšati </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:t>kove rada i poboljšati opš</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>tu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>učinkovitost poslovnih procesa</a:t>
+              <a:t> učinkovitost poslovnih procesa</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Ali prvo – objašnjenje temeljnih koncepata </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2100" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="pl-PL" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>razumevanja </a:t>
-[...7 lines deleted...]
-              <a:t>i tumačenja podataka</a:t>
+              <a:t>razumevanja i tumačenja podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1952772968"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>DIKW piramida</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="341458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -9836,139 +9462,139 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: Rowley (2007)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A pyramid of information&#10;&#10;Description automatically generated with medium confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7040F9DD-E748-07E3-AEB0-42EF9F0C5285}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7040F9DD-E748-07E3-AEB0-42EF9F0C5285}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3132708" y="1481668"/>
             <a:ext cx="6064558" cy="4099040"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="113690816"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="113690816"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>DIKW piramida</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Podatak</a:t>
             </a:r>
@@ -9985,722 +9611,434 @@
               </a:rPr>
               <a:t>sirovina bez ikakvog značenja. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Podaci mogu biti u obliku brojeva, teksta, slika itd. Bez tumačenja, podaci ostaju besmisleni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>podataka: skup podataka koji sadrži očitanja temperature prikupljena s meteoroloških stanica. </a:t>
+              <a:t>Primer podataka: skup podataka koji sadrži očitanja temperature prikupljena s meteoroloških stanica. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Informacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Skup podataka u kontekstu koji je relevantan za jednu ili više osoba u određenom trenutku ili određeno </a:t>
-[...8 lines deleted...]
-              <a:t>vreme</a:t>
+              <a:t>Skup podataka u kontekstu koji je relevantan za jednu ili više osoba u određenom trenutku ili određeno vreme</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>To su obrađeni, </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:t>To su obrađeni, organi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>zovan</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:t>i, strukturi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:t>ani i kontekstualiz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ov</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>podaci</a:t>
+              <a:t>ani podaci</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1400" kern="100" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1400" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>informacije: analizom temperaturnih podataka vidljivo je kako je </a:t>
-[...35 lines deleted...]
-              <a:t>viša nego u istom razdoblju prošle godine.</a:t>
+              <a:t>Primer informacije: analizom temperaturnih podataka vidljivo je kako je prosečna temperatura u proteklom mesecu viša nego u istom razdoblju prošle godine.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Znanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t> - re</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>zultat analize i tumačenja informacija, a koje otkriva obrasce, trendove i veze</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>znanja: pomoću znanja stečenog analizom </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:t>Primer znanja: pomoću znanja stečenog analizom </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>istorijskih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
-[...14 lines deleted...]
-              <a:t>podataka </a:t>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>o temperaturi, meteorolog može </a:t>
-[...8 lines deleted...]
-              <a:t>predvideti </a:t>
+              <a:t>podataka o temperaturi, meteorolog može predvideti vremenske u</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>slove</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>vremenske </a:t>
-[...22 lines deleted...]
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:t> za nadolazeći</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>h</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>nedelju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>za </a:t>
-[...46 lines deleted...]
-              </a:rPr>
               <a:t>dan</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>a.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Mudrost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Sposobnost </a:t>
-[...8 lines deleted...]
-              <a:t>razumevanja </a:t>
+              <a:t>Sposobnost razumevanja temeljnih činjenica i donošenje informi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sani</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>temeljnih činjenica i donošenje </a:t>
-[...35 lines deleted...]
-              <a:t>odluka </a:t>
+              <a:t>h odluka </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i učinkovitih radnji </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>mudrosti: koristeći vremenske prognoze i </a:t>
-[...8 lines deleted...]
-              <a:t>razumevajući </a:t>
+              <a:t>Primer mudrosti: koristeći vremenske prognoze i razumevajući lokalne klimatske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>uslove</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>lokalne </a:t>
-[...71 lines deleted...]
-              <a:t>useva</a:t>
+              <a:t>, poljoprivrednik može doneti odluku o sadnji određene vrste useva</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -10876,514 +10214,444 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Source: Brackett (2015); Dalkir (2023); Cotton (2023)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2749841692"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2749841692"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Izvori i vrste podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>Podaci – „</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>nova nafta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>”</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>U </a:t>
-[...17 lines deleted...]
-              <a:t>postoji </a:t>
+              <a:t>U svetu postoji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>97 zetabajta </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>podataka </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>90% svih podataka kreirano je u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>zadnje </a:t>
-[...15 lines deleted...]
-              <a:t>godine</a:t>
+              <a:t>zadnje dve godine</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>Izvori podataka:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ankete, laboratorijski testovi, terenski eksperimenti, </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:t>ankete, laboratorijski testovi, terenski eksperimenti, računa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>rsk</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>eksperimenati, simulacije, web pretraživanja, </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:t>i eksperimenati, simulacije, web pretraživanja, mobiln</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> snim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ci</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>senzori… </a:t>
+              <a:t>, senzori… </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1088948264"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1088948264"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AF697325-8BCA-B448-0837-308C16D93043}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF697325-8BCA-B448-0837-308C16D93043}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Vrste podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A diagram of a company&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{04041974-952D-56B0-29C2-28979E65F815}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04041974-952D-56B0-29C2-28979E65F815}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1938181" y="1744345"/>
             <a:ext cx="8315637" cy="3369310"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Content Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5BB4330F-5D64-3B32-BAC9-592E281C33F9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BB4330F-5D64-3B32-BAC9-592E281C33F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2863694609"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2863694609"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Vrste podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825624"/>
             <a:ext cx="10515600" cy="3935983"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
@@ -11392,1088 +10660,748 @@
               </a:rPr>
               <a:t>Kvantitativni (numerički) podaci </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>podaci izraženi brojevima </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>mogu se </a:t>
-[...17 lines deleted...]
-              <a:t>na diskretne i kontinuirane podatke </a:t>
+              <a:t>mogu se podeliti na diskretne i kontinuirane podatke </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>diskretni podaci mogu imati samo određenu </a:t>
-[...9 lines deleted...]
-            </a:r>
+              <a:t>diskretni podaci mogu imati samo određenu vrednost (npr. broj zaposlenih) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>(npr. broj zaposlenih) </a:t>
-[...47 lines deleted...]
-              <a:t>proizvoda)</a:t>
+              <a:t>kontinuirani podaci mogu imati beskonačan broj mogućih vrednosti (npr. cena proizvoda)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Kvalitativni podaci</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Mogu se </a:t>
-[...7 lines deleted...]
-              <a:t>u kategoričke i ordinalne podatke</a:t>
+              <a:t>Mogu se podeliti u kategoričke i ordinalne podatke</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Kategorički podaci predstavljaju tekstualne podatke koji se mogu </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+              <a:t>Kategorički podaci predstavljaju tekstualne podatke koji se mogu grup</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>is</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>u različite kategorije (npr. </a:t>
-[...9 lines deleted...]
-            </a:r>
+              <a:t>ati u različite kategorije (npr. mesto rođenja, regija, kategorija proizvoda), </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>rođenja, regija, kategorija </a:t>
-[...8 lines deleted...]
-              <a:t>proizvoda</a:t>
+              <a:t>Ordinalni podaci mogu se rangirati ili </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>urediti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>), </a:t>
-[...3 lines deleted...]
-            <a:pPr lvl="2"/>
+              <a:t>(npr. zadovoljstvo zaposleni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>h</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Ordinalni podaci mogu se rangirati ili </a:t>
-[...26 lines deleted...]
-              <a:t>(npr</a:t>
+              <a:t> – vrlo nezadovoljan, nezadovoljan, neutralan, zadovoljan, vrlo zadovoljan; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>nivo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>. zadovoljstvo </a:t>
-[...26 lines deleted...]
-              <a:t> </a:t>
+              <a:t>obrazovanja – osnovna škola, srednja škola,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>osnovne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>akademsjke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>studije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– vrlo nezadovoljan, nezadovoljan, neutralan, zadovoljan, vrlo zadovoljan; </a:t>
-[...26 lines deleted...]
-              <a:t>obrazovanja </a:t>
+              <a:t>, magist</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ratura</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– osnovna škola, srednja </a:t>
-[...89 lines deleted...]
-              <a:t>doktorat).</a:t>
+              <a:t>, doktorat).</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="353431143"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="353431143"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Vrste podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Strukturirani podaci </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>mogu </a:t>
-[...20 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:t>mogu se</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>skladi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>titi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>obrađivati i njima </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+              <a:t>, obrađivati i njima manipuli</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sat</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>u tradicionalnom relacijskom </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:t>i u tradicionalnom relacijskom s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>astavu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>upravljanja bazama podataka. Ovi podaci dolaze iz raznih izvora, uključujući web obrasce, POS transakcije, senzore i sl. Mogu ih </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:t> upravljanja bazama podataka. Ovi podaci dolaze iz raznih izvora, uključujući web obrasce, POS transakcije, senzore i sl. Mogu ih gener</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>isati</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ljudi </a:t>
-[...25 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
+              <a:t> ljudi ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ine</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1600" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Polustrukturirani</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> podaci</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Organiz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ovani</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
-[...14 lines deleted...]
-              <a:t>su </a:t>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>pomoću oznaka (tagova) koji podacima daju hijerarhiju i poredak, čak i ako se ne uklapaju u </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:t>su pomoću oznaka (tagova) koji podacima daju hijerarhiju i poredak, čak i ako se ne uklapaju u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sistem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
-[...14 lines deleted...]
-              <a:t>strukturirane </a:t>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>baze podataka</a:t>
+              <a:t>strukturirane baze podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Logovi, HTML tekst, XML datoteke i JSON </a:t>
-[...20 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:t>Logovi, HTML tekst, XML datoteke i JSON datoteke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>podacima</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>…</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Nestrukturirani podaci</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>obično ih </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
+              <a:t>obično ih generi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ljudska aktivnost i ne uklapaju se u format </a:t>
-[...26 lines deleted...]
-              <a:t>baze </a:t>
+              <a:t> ljudska aktivnost i ne uklapaju se u format strukturirane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>podataka</a:t>
+              <a:t>baze podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>tekstualni dokumenti, PDF datoteke, zapisi na blogovima, e-mailovi, slike i video</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -12649,51 +11577,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: EMC Education Services (2015); Person &amp; Porway (2015); McKinsey Global Institute (2011)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="208271869"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="208271869"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -12948,82 +11876,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f77c99be7a86767cf8852e2977576506">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3a4bc1c2e803e34ab25283c57d356cd6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78687c9cd23a33d19b0c7b75dbe954e0" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13213,136 +12139,151 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C565BD6-24A8-42ED-B680-9A6F6475F998}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1457</Words>
+  <Words>1496</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Custom</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>21</Slides>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>139</Paragraphs>
+  <Slides>22</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>21</vt:i4>
+        <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="22" baseType="lpstr">
+    <vt:vector size="26" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligencija</vt:lpstr>
       <vt:lpstr>Sadržaj</vt:lpstr>
       <vt:lpstr>Koristi od analize podataka</vt:lpstr>
       <vt:lpstr>DIKW piramida</vt:lpstr>
       <vt:lpstr>DIKW piramida</vt:lpstr>
       <vt:lpstr>Izvori i vrste podataka</vt:lpstr>
       <vt:lpstr>Vrste podataka</vt:lpstr>
       <vt:lpstr>Vrste podataka</vt:lpstr>
       <vt:lpstr>Vrste podataka</vt:lpstr>
       <vt:lpstr>Big data</vt:lpstr>
       <vt:lpstr>Arhitektura podataka</vt:lpstr>
       <vt:lpstr>Modelovanje i oblikovanje podataka</vt:lpstr>
       <vt:lpstr>Modelovanje i oblikovanje podataka</vt:lpstr>
       <vt:lpstr>Vrste veza</vt:lpstr>
       <vt:lpstr>ER dijagram</vt:lpstr>
       <vt:lpstr>ER dijagram - primjer</vt:lpstr>
       <vt:lpstr>Odlučivanje na temelju podataka</vt:lpstr>
       <vt:lpstr>Kvalitet podataka</vt:lpstr>
       <vt:lpstr>Kvalitet podataka</vt:lpstr>
       <vt:lpstr>Zaključak</vt:lpstr>
+      <vt:lpstr>Autori:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Finalna verzija: jun 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D1A4C46F9DF340B00409C6B9ED12C1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>