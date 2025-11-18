--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,95 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="268" r:id="rId8"/>
     <p:sldId id="267" r:id="rId9"/>
     <p:sldId id="284" r:id="rId10"/>
     <p:sldId id="270" r:id="rId11"/>
     <p:sldId id="285" r:id="rId12"/>
     <p:sldId id="287" r:id="rId13"/>
     <p:sldId id="286" r:id="rId14"/>
     <p:sldId id="288" r:id="rId15"/>
     <p:sldId id="289" r:id="rId16"/>
     <p:sldId id="290" r:id="rId17"/>
     <p:sldId id="291" r:id="rId18"/>
-    <p:sldId id="263" r:id="rId19"/>
+    <p:sldId id="335" r:id="rId19"/>
+    <p:sldId id="263" r:id="rId20"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -146,146 +148,157 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{C9E01FC9-989E-46E5-AAB6-202DCC36E76B}" v="359" dt="2025-02-27T17:59:31.820"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="78" d="100"/>
-          <a:sy n="78" d="100"/>
+          <a:sx n="81" d="100"/>
+          <a:sy n="81" d="100"/>
         </p:scale>
-        <p:origin x="-342" y="234"/>
+        <p:origin x="595" y="67"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{C9E01FC9-989E-46E5-AAB6-202DCC36E76B}"/>
     <pc:docChg chg="undo custSel modSld">
       <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{C9E01FC9-989E-46E5-AAB6-202DCC36E76B}" dt="2025-02-27T17:59:41.646" v="727" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{C9E01FC9-989E-46E5-AAB6-202DCC36E76B}" dt="2025-02-27T17:48:31.927" v="65" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{C9E01FC9-989E-46E5-AAB6-202DCC36E76B}" dt="2025-02-27T17:48:19.391" v="27" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="2" creationId="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -1139,138 +1152,138 @@
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1935663326" sldId="278"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp add mod ord">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:27.635" v="1838" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2690682958" sldId="279"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="delSp modSp add mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:23.535" v="1835" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="821778306" sldId="280"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="4800">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
@@ -1303,250 +1316,220 @@
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1041399" y="6159042"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1874672" y="262905"/>
             <a:ext cx="9390352" cy="836261"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
@@ -1559,317 +1542,287 @@
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="837168" y="6352531"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5249333" y="4114000"/>
             <a:ext cx="4967366" cy="943069"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Obraz 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="pole tekstowe 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
@@ -1882,407 +1835,317 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -2305,280 +2168,510 @@
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{450A37FD-4730-3356-2121-513C6482512C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8266801" y="6210956"/>
+            <a:ext cx="3086998" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Obraz 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B1FE66A-4303-8579-47CE-9CD5223317D1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11471275" y="6088380"/>
+            <a:ext cx="720725" cy="769620"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -2849,132 +2942,136 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7213600" y="5952067"/>
             <a:ext cx="4967366" cy="849135"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
@@ -2984,301 +3081,248 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="345175"/>
             <a:ext cx="4967366" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" b="1" dirty="0"/>
               <a:t>Poslovna inteligencija</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411916" y="5378273"/>
-            <a:ext cx="4792133" cy="1354217"/>
+            <a:ext cx="4792133" cy="1452705"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
-            </a:r>
-[...12 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
@@ -3302,203 +3346,203 @@
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>number</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5700634" y="2195673"/>
+            <a:off x="5782433" y="2416571"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4400" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Analitika poslovnih podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5700634" y="4075044"/>
+            <a:off x="5700634" y="4400367"/>
             <a:ext cx="4967366" cy="842557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Predavanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169333" y="93133"/>
             <a:ext cx="1625600" cy="1600200"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY0" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX1" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY1" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX2" fmla="*/ 448734 w 1625600"/>
               <a:gd name="connsiteY2" fmla="*/ 25400 h 1600200"/>
               <a:gd name="connsiteX3" fmla="*/ 567267 w 1625600"/>
               <a:gd name="connsiteY3" fmla="*/ 0 h 1600200"/>
               <a:gd name="connsiteX4" fmla="*/ 1625600 w 1625600"/>
               <a:gd name="connsiteY4" fmla="*/ 135467 h 1600200"/>
               <a:gd name="connsiteX5" fmla="*/ 1447800 w 1625600"/>
@@ -3600,261 +3644,253 @@
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Obraz 14">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67BE9F6C-B528-4D1F-5420-0F3FBA06FBF5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925440" y="5851938"/>
-            <a:ext cx="5207495" cy="671935"/>
+            <a:off x="8266116" y="6037065"/>
+            <a:ext cx="3884235" cy="820935"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CBD47A-6621-2C22-CE22-52312FCE5B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CBD47A-6621-2C22-CE22-52312FCE5B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>USAID’s</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> humanitarni projekt (2021-2022)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5FE784D-1DCB-8BD1-4294-FD22C778A8EC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5FE784D-1DCB-8BD1-4294-FD22C778A8EC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Prediktivni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>lanac</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>za </a:t>
+              <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>planiranje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>porodice</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>u Côte </a:t>
+              <a:t> u Côte </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>d’Ivoireu</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>Dizajnir</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0" err="1"/>
               <a:t>ana</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> BDA platform</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>a</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>temeljenu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>veštačkoj</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>j </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>inteligenciji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>predviđanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>potrošnje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
@@ -3862,75 +3898,71 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>kontraceptiva</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>prateći</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>lanac</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>za 25 </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:t> za 25 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>mili</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>korisnika</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> 1752 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>lokacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>.</a:t>
@@ -3986,67 +4018,67 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>Učinit</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>svet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>boljim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>mestom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>pomažući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ljudima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>zemljama</a:t>
@@ -4066,174 +4098,174 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>dobiju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>bolju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>zdravstvenu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>zaštitu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Google Shape;826;p11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{894CF3E2-4554-6ACC-CBF0-9CE5D06FC654}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{894CF3E2-4554-6ACC-CBF0-9CE5D06FC654}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1219200" y="2801968"/>
             <a:ext cx="2878138" cy="2011362"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Google Shape;827;p11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A50C17A-81DD-F3A2-6AAF-D186E41B7765}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A50C17A-81DD-F3A2-6AAF-D186E41B7765}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8562975" y="2827368"/>
             <a:ext cx="2406650" cy="1985962"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Google Shape;828;p11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF733565-F5D0-15A2-D1A2-81B7789DD6D7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF733565-F5D0-15A2-D1A2-81B7789DD6D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4589463" y="2827368"/>
             <a:ext cx="3400425" cy="663575"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Google Shape;825;p11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C861DE1-0F25-DCB8-3283-63C86B9BC0B1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C861DE1-0F25-DCB8-3283-63C86B9BC0B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9812337" y="-4733"/>
             <a:ext cx="2314575" cy="665162"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -4426,186 +4458,166 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101121F9-E39A-3A4A-6E4A-7DCD29AD9F85}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101121F9-E39A-3A4A-6E4A-7DCD29AD9F85}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5145350" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Struktura</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>dizajna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>zdravstvenog</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t> BDA </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:t> BDA s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Côte </a:t>
+              <a:t>a Côte </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>d’Ivoirea</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>S</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>je </a:t>
+              <a:t> je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vrlo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>osetljiv</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>teško</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ga</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t> </a:t>
-[...3 lines deleted...]
-              <a:t>je</a:t>
+              <a:t> je</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:t> oblikovati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Glavna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ograničenja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>nepouzdani</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -4637,237 +4649,229 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>loša</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>koordinacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>između</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>donosi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>oc</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, IT </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>pozadina</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>itd</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.).</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Predstavljeni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> BDA </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>služiće</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>kao</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> DSS </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>za</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>donosi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>oce</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>operativnim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>taktičkim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>strateškim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>nivoima</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>u </a:t>
+              <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>lancu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>zdravstvene</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>zaštit</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Côte </a:t>
+              <a:t>e Côte </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>d’Ivoirea</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Demo DSS-a</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Google Shape;835;p12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A5B190A-C0F1-F662-1604-23598C5463CF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A5B190A-C0F1-F662-1604-23598C5463CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5892800" y="49213"/>
             <a:ext cx="6280150" cy="6792912"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -4972,79 +4976,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CBD47A-6621-2C22-CE22-52312FCE5B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CBD47A-6621-2C22-CE22-52312FCE5B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Carlsberg FSS (2015-2018)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5FE784D-1DCB-8BD1-4294-FD22C778A8EC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5FE784D-1DCB-8BD1-4294-FD22C778A8EC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>U </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ovoj</a:t>
             </a:r>
@@ -5199,66 +5203,62 @@
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> FSS koji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>će</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>generirati</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0" smtClean="0"/>
+              <a:t> t</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0"/>
               <a:t>a</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>čne</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>prognoze</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>kako</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> bi se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>smanjili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> </a:t>
@@ -5333,153 +5333,149 @@
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>donošenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>proizvodnja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t>, marketing, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>finan</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>ije</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
-              <a:t>i marketing).</a:t>
+              <a:t> i marketing).</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Google Shape;849;p14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEAC53C-AAE6-0D8D-34F5-DA7AB575AD8E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEAC53C-AAE6-0D8D-34F5-DA7AB575AD8E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9676660" y="22225"/>
             <a:ext cx="2497878" cy="812276"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Google Shape;848;p14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E42EC527-8C48-83E7-6140-5CBDBEBFF005}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E42EC527-8C48-83E7-6140-5CBDBEBFF005}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3376613" y="2528888"/>
             <a:ext cx="1933575" cy="1781175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Google Shape;850;p14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E235E8AE-38DF-005C-3537-CFE76C3FCFEC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E235E8AE-38DF-005C-3537-CFE76C3FCFEC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7064375" y="2527300"/>
             <a:ext cx="1665288" cy="1820863"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -5619,112 +5615,112 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DB57B5B-89A9-FBC6-12D0-5E5F785DD410}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DB57B5B-89A9-FBC6-12D0-5E5F785DD410}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Struktura lanca opskrbe</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Google Shape;858;p15" descr="C:\Users\ASUS\OneDrive\Doktorat\Doktorat\8. Boosting the performance\prateci materijal\lanacsnabdevanja.jpg">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F228DD6-B439-D90C-2A5D-7534E20B0A10}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F228DD6-B439-D90C-2A5D-7534E20B0A10}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3236728" y="1369866"/>
             <a:ext cx="6516704" cy="4118267"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Google Shape;859;p15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB0C980D-6CD9-0092-F6AF-06C6EE0E6808}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB0C980D-6CD9-0092-F6AF-06C6EE0E6808}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2817812" y="5614389"/>
             <a:ext cx="6556375" cy="400069"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -5762,82 +5758,82 @@
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>mreža</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" b="1" i="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>piv</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2000" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>are</a:t>
             </a:r>
             <a:endParaRPr sz="1200" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Google Shape;857;p15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AF57DBC-5C3A-4604-6C5D-B3D0E1C7D180}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AF57DBC-5C3A-4604-6C5D-B3D0E1C7D180}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9925234" y="22225"/>
             <a:ext cx="2249303" cy="902789"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -5998,79 +5994,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1053CFD8-6165-90AD-BF2E-B93B3EEB7ABB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1053CFD8-6165-90AD-BF2E-B93B3EEB7ABB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Carlsberg FSS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Google Shape;865;p16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43E4C460-AACE-8F98-A09E-B6067A7FD0B1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43E4C460-AACE-8F98-A09E-B6067A7FD0B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1152524" y="1481668"/>
             <a:ext cx="10210800" cy="5206470"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -6155,97 +6151,231 @@
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Aut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>ori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>Finalna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>verziaj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>jun</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Hvala na pažnji</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
@@ -6267,410 +6397,353 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Sadržaj</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10947400" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Poslovna analitika</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>Ključni </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
+              <a:t>Ključni stubovi</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Obrazloženje analitike poslovnih podataka</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Trendovi i alati u analizi poslovnih podataka</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Poboljšano donošenje odluka</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Trendovi u industriji i obrazovanju</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" dirty="0"/>
               <a:t>Stvarne aplikacije poslovne analitike</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>Better factory </a:t>
-[...7 lines deleted...]
-              <a:t>proizvođač hrane)</a:t>
+              <a:t>Better factory (italijanski proizvođač hrane)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>Prediktivni lanac snabdevanja za planiranje porodice u Obali </a:t>
-[...7 lines deleted...]
-              <a:t>humanitarni projekt)</a:t>
+              <a:t>Prediktivni lanac snabdevanja za planiranje porodice u Obali Slonovače (humanitarni projekt)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>Carlsberg (globalni proizvođač pića)</a:t>
+              <a:t>Pivara Carlsberg (globalni proizvođač pića)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Ključni stupovi poslovne analitike</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="7657730" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>CILJEVI I SVRHA</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
-              <a:t>Business Data Analytics (BDA) predstavlja holistički pristup analizi podataka i donošenju poslovnih odluka. To je okruženje vođeno podacima i poslovanjem s ciljem jačanja poslovnih rezultata </a:t>
-[...7 lines deleted...]
-              <a:t>temelja za poboljšano donošenje odluka.</a:t>
+              <a:t>Business Data Analytics (BDA) predstavlja holistički pristup analizi podataka i donošenju poslovnih odluka. To je okruženje vođeno podacima i poslovanjem s ciljem jačanja poslovnih rezultata firmi pružanjem temelja za poboljšano donošenje odluka.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
               <a:t>BA pruža koherentnu vezu između neobrađenih podataka i poslovnih odluka.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>TEHNOLOŠKA POZADINA</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
-              <a:t>BDA ima snažnu pozadinu u raznim matematički vođenim pristupima. Okosnica BA je u: statističkoj teoriji, </a:t>
-[...3 lines deleted...]
-              <a:t>operativnom </a:t>
+              <a:t>BDA ima snažnu pozadinu u raznim matematički vođenim pristupima. Okosnica BA je u: statističkoj teoriji, operativnom istraživanju, prediktivnoj analitici, ve</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
+              <a:t>štačkoj inteligenciji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
-              <a:t>istraživanju, prediktivnoj analitici, </a:t>
-[...15 lines deleted...]
-              <a:t>programiranju, dubokom učenju itd.</a:t>
+              <a:t>, programiranju, dubokom učenju itd.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>DOMENA KRAJNJIH KORISNIKA</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" dirty="0"/>
-              <a:t>Analitika lanca </a:t>
-[...7 lines deleted...]
-              <a:t>analitika, web analitika, Google analitika, softverska analitika, krizna analitika, analitika znanja, marketinška analitika, analitika kupaca, analitika usluga, analitika ljudskih resursa, analitika talenata, analitika procesa, analitika rizika itd.</a:t>
+              <a:t>Analitika lanca snabdevanja, finansijska analitika, web analitika, Google analitika, softverska analitika, krizna analitika, analitika znanja, marketinška analitika, analitika kupaca, analitika usluga, analitika ljudskih resursa, analitika talenata, analitika procesa, analitika rizika itd.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1065AB"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Google Shape;529;p4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12A6951C-973E-1819-2D09-4F19F85E7313}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12A6951C-973E-1819-2D09-4F19F85E7313}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9080500" y="2162175"/>
             <a:ext cx="2647950" cy="3298825"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -6772,99 +6845,99 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Obrazloženje za analitiku</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="Google Shape;538;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C95D134-739D-911E-1D0A-74DABDB1127C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C95D134-739D-911E-1D0A-74DABDB1127C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="10566585" y="3229506"/>
             <a:ext cx="915988" cy="881062"/>
             <a:chOff x="16924398" y="3030760"/>
             <a:chExt cx="5861192" cy="5316142"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="3" name="Google Shape;539;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BABE63D-4299-C91C-344B-BBA229E0278D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BABE63D-4299-C91C-344B-BBA229E0278D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18702058" y="5310476"/>
               <a:ext cx="2681722" cy="1044069"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2683856" h="1044499" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="2536027" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2678753" y="0"/>
                   </a:lnTo>
@@ -6955,51 +7028,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="5" name="Google Shape;540;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01CE60B6-368A-0B18-F113-1C5B62A67909}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01CE60B6-368A-0B18-F113-1C5B62A67909}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21139988" y="4256826"/>
               <a:ext cx="914224" cy="1159012"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1060" h="1338" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="630" y="1337"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="1088"/>
                   </a:lnTo>
@@ -7029,51 +7102,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="8" name="Google Shape;541;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E29CCC66-27B3-2152-5EA5-0597D4D9528C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E29CCC66-27B3-2152-5EA5-0597D4D9528C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21231407" y="4362188"/>
               <a:ext cx="721224" cy="957864"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="720744" h="958723" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="342224" y="341700"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="364010" y="343134"/>
                     <a:pt x="386652" y="347997"/>
@@ -7186,51 +7259,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="Google Shape;542;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B047F4F-0CBF-B07F-70BB-29F9FDFC5E17}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B047F4F-0CBF-B07F-70BB-29F9FDFC5E17}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21485361" y="4754915"/>
               <a:ext cx="223477" cy="172416"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="255" h="188" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="230" y="150"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="230" y="150"/>
                   </a:lnTo>
@@ -7406,51 +7479,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="Google Shape;543;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E76B1DE-89E5-C9BC-AA9D-93901BEFD04F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E76B1DE-89E5-C9BC-AA9D-93901BEFD04F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19027115" y="5923509"/>
               <a:ext cx="2031608" cy="1369742"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2037304" h="1369427" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1881028" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2037304" y="288930"/>
                   </a:lnTo>
@@ -7519,51 +7592,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Google Shape;544;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C416FE8-CE05-4577-C461-A09098084535}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C416FE8-CE05-4577-C461-A09098084535}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21099355" y="4285559"/>
               <a:ext cx="761850" cy="1101547"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="874" h="1270" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="669" y="1269"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="1151"/>
                   </a:lnTo>
@@ -7593,51 +7666,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="Google Shape;545;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AA6FE91-AD33-29B7-AFB0-0D7F1484C96E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AA6FE91-AD33-29B7-AFB0-0D7F1484C96E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21170459" y="4362188"/>
               <a:ext cx="619644" cy="948288"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="613266" h="954882" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="261540" y="348301"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="282946" y="345385"/>
                     <a:pt x="305758" y="345656"/>
@@ -7750,51 +7823,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Google Shape;546;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EE0DF36-616F-E2E6-FD5B-1A40D8888C11}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EE0DF36-616F-E2E6-FD5B-1A40D8888C11}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21373619" y="4774072"/>
               <a:ext cx="223477" cy="134101"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="262" h="162" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="242" y="116"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="242" y="116"/>
                   </a:lnTo>
@@ -7970,51 +8043,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="14" name="Google Shape;547;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{704CC0D9-3EF2-8D59-254B-DED2B96B4E3E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{704CC0D9-3EF2-8D59-254B-DED2B96B4E3E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="16924398" y="8155329"/>
               <a:ext cx="314902" cy="181997"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="358" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="358" y="212"/>
                   </a:lnTo>
@@ -8058,51 +8131,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="15" name="Google Shape;548;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1139A3F5-E771-1BEC-1752-7C44604A35F2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1139A3F5-E771-1BEC-1752-7C44604A35F2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="16924398" y="8117015"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="717" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="716" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="45"/>
                   </a:lnTo>
@@ -8142,51 +8215,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="16" name="Google Shape;549;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D3DC5EC-240D-8EAF-3A60-0A7D7E2A9ADB}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D3DC5EC-240D-8EAF-3A60-0A7D7E2A9ADB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17239300" y="8155329"/>
               <a:ext cx="304741" cy="181997"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="358" y="2"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="358" y="163"/>
                   </a:lnTo>
@@ -8230,51 +8303,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="17" name="Google Shape;550;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02B424AD-803B-4542-03ED-625DBA404118}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02B424AD-803B-4542-03ED-625DBA404118}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="16924398" y="7925442"/>
               <a:ext cx="314902" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="358" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="358" y="213"/>
                   </a:lnTo>
@@ -8320,51 +8393,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="18" name="Google Shape;551;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD39B754-FC98-7534-1212-8787ECDC935B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD39B754-FC98-7534-1212-8787ECDC935B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="16924398" y="7887127"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="717" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="716" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="45"/>
                   </a:lnTo>
@@ -8404,51 +8477,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Google Shape;552;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A07831D-03F6-0574-1080-2530FA48881F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A07831D-03F6-0574-1080-2530FA48881F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17239300" y="7925442"/>
               <a:ext cx="304741" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="358" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="358" y="164"/>
                   </a:lnTo>
@@ -8494,51 +8567,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="20" name="Google Shape;553;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7044FF14-B741-779C-3FD4-7D071A2F5E18}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7044FF14-B741-779C-3FD4-7D071A2F5E18}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="16924398" y="7705136"/>
               <a:ext cx="314902" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="358" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="358" y="212"/>
                   </a:lnTo>
@@ -8584,51 +8657,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="21" name="Google Shape;554;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DA53E1F-C713-C9A7-0BD7-9985536FDCDA}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DA53E1F-C713-C9A7-0BD7-9985536FDCDA}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="16924398" y="7666822"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="717" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="716" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="45"/>
                   </a:lnTo>
@@ -8668,51 +8741,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="Google Shape;555;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{388540D0-5E8D-6784-7C1E-1B2F1B5741BE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{388540D0-5E8D-6784-7C1E-1B2F1B5741BE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17239300" y="7705136"/>
               <a:ext cx="304741" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="358" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="358" y="164"/>
                   </a:lnTo>
@@ -8758,51 +8831,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Google Shape;556;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{203F19B7-05CC-1F26-BE61-011F1A64C185}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{203F19B7-05CC-1F26-BE61-011F1A64C185}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="16924398" y="7475249"/>
               <a:ext cx="314902" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="358" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="358" y="212"/>
                   </a:lnTo>
@@ -8848,51 +8921,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="24" name="Google Shape;557;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56D0FA9F-55E5-FECA-C5E8-E25A58696122}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56D0FA9F-55E5-FECA-C5E8-E25A58696122}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="16924398" y="7436934"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="717" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="716" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="45"/>
                   </a:lnTo>
@@ -8932,51 +9005,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="25" name="Google Shape;558;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0769049B-FFA7-5886-1105-44B66BE5631F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0769049B-FFA7-5886-1105-44B66BE5631F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17239300" y="7475249"/>
               <a:ext cx="304741" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="358" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="358" y="164"/>
                   </a:lnTo>
@@ -9022,51 +9095,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="26" name="Google Shape;559;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABF4CA56-D165-472B-313C-084991EF5569}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABF4CA56-D165-472B-313C-084991EF5569}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18448104" y="8155329"/>
               <a:ext cx="314902" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="213"/>
                   </a:lnTo>
@@ -9112,51 +9185,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="27" name="Google Shape;560;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{402CF53B-285F-6678-5E9B-C51B90996AD4}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{402CF53B-285F-6678-5E9B-C51B90996AD4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18133208" y="8117015"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="716" h="45" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="44"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="715" y="44"/>
                   </a:lnTo>
@@ -9196,51 +9269,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="Google Shape;561;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B77CEE23-E16C-AB67-5B32-97D217663D40}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B77CEE23-E16C-AB67-5B32-97D217663D40}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18133208" y="8155329"/>
               <a:ext cx="314896" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="358" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="4"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="165"/>
                   </a:lnTo>
@@ -9286,51 +9359,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="29" name="Google Shape;562;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A78FF8C0-40EC-D696-AFF9-C397DBAE5BB2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A78FF8C0-40EC-D696-AFF9-C397DBAE5BB2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18448104" y="7935024"/>
               <a:ext cx="314902" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="213"/>
                   </a:lnTo>
@@ -9376,51 +9449,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="30" name="Google Shape;563;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23B01E86-EE0F-651F-DD1E-4439279B744D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23B01E86-EE0F-651F-DD1E-4439279B744D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18133208" y="7896709"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="716" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="715" y="45"/>
                   </a:lnTo>
@@ -9460,51 +9533,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="31" name="Google Shape;564;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21BD35CA-895C-F39A-ADAC-9E87BF8C6E3D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21BD35CA-895C-F39A-ADAC-9E87BF8C6E3D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18133208" y="7935024"/>
               <a:ext cx="314896" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="358" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="4"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="165"/>
                   </a:lnTo>
@@ -9550,51 +9623,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="32" name="Google Shape;565;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D07BF41F-B36B-FFFC-C473-22D57FB9821B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D07BF41F-B36B-FFFC-C473-22D57FB9821B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18448104" y="7705136"/>
               <a:ext cx="314902" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="212"/>
                   </a:lnTo>
@@ -9640,51 +9713,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="33" name="Google Shape;566;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FD92E77-CB3B-112A-FDA4-B0E77C054A6F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FD92E77-CB3B-112A-FDA4-B0E77C054A6F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18133208" y="7666822"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="716" h="45" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="44"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="715" y="44"/>
                   </a:lnTo>
@@ -9724,51 +9797,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="34" name="Google Shape;567;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F5362A-4463-B431-F36A-D49D85B19E4C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F5362A-4463-B431-F36A-D49D85B19E4C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18133208" y="7705136"/>
               <a:ext cx="314896" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="358" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="2"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
@@ -9814,51 +9887,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="35" name="Google Shape;568;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97065E8E-13EF-5138-100B-5C14272C6BE6}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97065E8E-13EF-5138-100B-5C14272C6BE6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18448104" y="7484824"/>
               <a:ext cx="314902" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="213"/>
                   </a:lnTo>
@@ -9902,51 +9975,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="36" name="Google Shape;569;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CA8EE90-D3F0-E9C8-4E6E-720AAF7A34BC}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CA8EE90-D3F0-E9C8-4E6E-720AAF7A34BC}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18133208" y="7446510"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="716" h="47" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="46"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="715" y="46"/>
                   </a:lnTo>
@@ -9986,51 +10059,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="37" name="Google Shape;570;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AA99317-C17F-3CB2-5D72-F66C3E0A3B68}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AA99317-C17F-3CB2-5D72-F66C3E0A3B68}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18133208" y="7484824"/>
               <a:ext cx="314896" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="358" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="2"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
@@ -10074,51 +10147,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="38" name="Google Shape;571;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5679F763-17BE-FAF1-9B62-A37A60B4B4E4}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5679F763-17BE-FAF1-9B62-A37A60B4B4E4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17980834" y="8155329"/>
               <a:ext cx="314902" cy="181997"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="212"/>
                   </a:lnTo>
@@ -10164,51 +10237,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="39" name="Google Shape;572;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B669D19-BD2C-C368-4BBA-8AB2702675E1}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B669D19-BD2C-C368-4BBA-8AB2702675E1}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="8117015"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="718" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="717" y="45"/>
                   </a:lnTo>
@@ -10248,51 +10321,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="40" name="Google Shape;573;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91A50268-F5E5-1C4A-7C8D-C2B01F33BC6D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91A50268-F5E5-1C4A-7C8D-C2B01F33BC6D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="8155329"/>
               <a:ext cx="314896" cy="181997"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="2"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="163"/>
                   </a:lnTo>
@@ -10336,51 +10409,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="41" name="Google Shape;574;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A7A37A-2F20-E1AC-BE9B-1E1FB21F8370}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A7A37A-2F20-E1AC-BE9B-1E1FB21F8370}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17980834" y="7925442"/>
               <a:ext cx="314902" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="213"/>
                   </a:lnTo>
@@ -10426,51 +10499,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="42" name="Google Shape;575;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18BD9128-4C1C-5CA2-B268-AB38E8592F68}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18BD9128-4C1C-5CA2-B268-AB38E8592F68}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="7887127"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="718" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="717" y="45"/>
                   </a:lnTo>
@@ -10510,51 +10583,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="43" name="Google Shape;576;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C0B9A59-1368-B651-5C4F-0CB09F3001F1}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C0B9A59-1368-B651-5C4F-0CB09F3001F1}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="7925442"/>
               <a:ext cx="314896" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
@@ -10600,51 +10673,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="44" name="Google Shape;577;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DED5984-6EAA-35A1-8280-18E90AE576E2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DED5984-6EAA-35A1-8280-18E90AE576E2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17980834" y="7705136"/>
               <a:ext cx="314902" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="212"/>
                   </a:lnTo>
@@ -10690,51 +10763,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="45" name="Google Shape;578;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0F119C3-871A-DF33-3CD7-C835F9B083BB}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0F119C3-871A-DF33-3CD7-C835F9B083BB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="7666822"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="718" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="717" y="45"/>
                   </a:lnTo>
@@ -10774,51 +10847,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="46" name="Google Shape;579;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49718647-D8CA-7EA4-7DB7-DFA7223F1DD3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49718647-D8CA-7EA4-7DB7-DFA7223F1DD3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="7705136"/>
               <a:ext cx="314896" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
@@ -10864,51 +10937,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="47" name="Google Shape;580;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCC33165-9C8E-C920-EDD5-4E866AD7BCD1}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCC33165-9C8E-C920-EDD5-4E866AD7BCD1}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17980834" y="7475249"/>
               <a:ext cx="314902" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="212"/>
                   </a:lnTo>
@@ -10954,51 +11027,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="48" name="Google Shape;581;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0922BF9F-7B10-5C18-4B47-EF967C15BF22}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0922BF9F-7B10-5C18-4B47-EF967C15BF22}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="7436934"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="718" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="717" y="45"/>
                   </a:lnTo>
@@ -11038,51 +11111,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="49" name="Google Shape;582;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10954876-E24B-29FE-B2BB-E6CBCC911A56}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10954876-E24B-29FE-B2BB-E6CBCC911A56}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="7475249"/>
               <a:ext cx="314896" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
@@ -11128,51 +11201,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="50" name="Google Shape;583;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A95540DC-6012-F7CE-EFB9-A5038DDDC42D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A95540DC-6012-F7CE-EFB9-A5038DDDC42D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17980834" y="7264519"/>
               <a:ext cx="314902" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="212" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="211"/>
                   </a:lnTo>
@@ -11218,51 +11291,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="51" name="Google Shape;584;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1C560D4-9B93-F84A-BEDF-4DCD250F46A9}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1C560D4-9B93-F84A-BEDF-4DCD250F46A9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="7226204"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="718" h="47" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="46"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="717" y="46"/>
                   </a:lnTo>
@@ -11302,51 +11375,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="52" name="Google Shape;585;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23CF269B-AD49-3868-4BC7-EE8C9687CC5C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23CF269B-AD49-3868-4BC7-EE8C9687CC5C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="7264519"/>
               <a:ext cx="314896" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="212" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="2"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
@@ -11392,51 +11465,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="53" name="Google Shape;586;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{171089FA-5C06-61A2-5983-C7BCADE8CAA3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{171089FA-5C06-61A2-5983-C7BCADE8CAA3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17980834" y="7034631"/>
               <a:ext cx="314902" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="213"/>
                   </a:lnTo>
@@ -11482,51 +11555,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="54" name="Google Shape;587;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{818B27DF-1E8D-9E67-ECC5-BCFFB0A99381}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{818B27DF-1E8D-9E67-ECC5-BCFFB0A99381}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="6996317"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="718" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="717" y="45"/>
                   </a:lnTo>
@@ -11566,51 +11639,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="55" name="Google Shape;588;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97B33B4D-FDDC-4F08-83E7-40726357147B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97B33B4D-FDDC-4F08-83E7-40726357147B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17665938" y="7034631"/>
               <a:ext cx="314896" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="360" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="4"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="166"/>
                   </a:lnTo>
@@ -11656,51 +11729,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="56" name="Google Shape;589;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C814945C-063E-F9A2-4255-999169CC8EEC}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C814945C-063E-F9A2-4255-999169CC8EEC}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21241568" y="8155329"/>
               <a:ext cx="314896" cy="181997"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="358" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="357" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="357" y="212"/>
                   </a:lnTo>
@@ -11744,51 +11817,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="57" name="Google Shape;590;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2419B80-056C-F910-492B-FC67C5C02236}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2419B80-056C-F910-492B-FC67C5C02236}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21241568" y="8117015"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="718" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="717" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="45"/>
                   </a:lnTo>
@@ -11828,51 +11901,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="58" name="Google Shape;591;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD0DDE2B-4176-8381-B934-1341C7903E1F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD0DDE2B-4176-8381-B934-1341C7903E1F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21556464" y="8155329"/>
               <a:ext cx="314902" cy="181997"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="361" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="360" y="2"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="360" y="163"/>
                   </a:lnTo>
@@ -11916,51 +11989,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="59" name="Google Shape;592;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39781CCD-C9BA-D5FE-84B0-C9B128E4915C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39781CCD-C9BA-D5FE-84B0-C9B128E4915C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21241568" y="7925442"/>
               <a:ext cx="314896" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="358" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="357" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="357" y="213"/>
                   </a:lnTo>
@@ -12006,51 +12079,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="60" name="Google Shape;593;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D0A0927-8D77-A37F-0674-9063B53877D8}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D0A0927-8D77-A37F-0674-9063B53877D8}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21241568" y="7887127"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="718" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="717" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="45"/>
                   </a:lnTo>
@@ -12090,51 +12163,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="61" name="Google Shape;594;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{444DA191-1BF8-2721-51F4-4030DF22F6DE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{444DA191-1BF8-2721-51F4-4030DF22F6DE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21556464" y="7925442"/>
               <a:ext cx="314902" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="361" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="360" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="360" y="164"/>
                   </a:lnTo>
@@ -12180,51 +12253,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="62" name="Google Shape;595;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17BA706E-B6A2-C4A1-EE79-521F3373D333}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17BA706E-B6A2-C4A1-EE79-521F3373D333}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21241568" y="7705136"/>
               <a:ext cx="314896" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="358" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="357" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="357" y="212"/>
                   </a:lnTo>
@@ -12270,51 +12343,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="63" name="Google Shape;596;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEB856E9-2373-D4D7-3ACB-F40FFE1ED87C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEB856E9-2373-D4D7-3ACB-F40FFE1ED87C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21241568" y="7666822"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="718" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="717" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="45"/>
                   </a:lnTo>
@@ -12354,51 +12427,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="64" name="Google Shape;597;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAF3C9B3-1018-9D78-6AAA-980F78EB45C1}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAF3C9B3-1018-9D78-6AAA-980F78EB45C1}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21556464" y="7705136"/>
               <a:ext cx="314902" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="361" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="360" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="360" y="164"/>
                   </a:lnTo>
@@ -12444,51 +12517,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="65" name="Google Shape;598;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D75C5B28-3EC4-4E6D-B4D2-E1AFAB76CA4D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D75C5B28-3EC4-4E6D-B4D2-E1AFAB76CA4D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21983102" y="8155329"/>
               <a:ext cx="304741" cy="181997"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="212"/>
                   </a:lnTo>
@@ -12532,51 +12605,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="66" name="Google Shape;599;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF7EF5BD-1BC6-FEEA-FF46-CBDF0FA08844}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF7EF5BD-1BC6-FEEA-FF46-CBDF0FA08844}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21668206" y="8117015"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="717" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="716" y="45"/>
                   </a:lnTo>
@@ -12616,51 +12689,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="67" name="Google Shape;600;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{013AA091-90EE-7E2D-B4D4-914268D0519C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{013AA091-90EE-7E2D-B4D4-914268D0519C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21668206" y="8155329"/>
               <a:ext cx="314896" cy="181997"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="2"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="163"/>
                   </a:lnTo>
@@ -12704,51 +12777,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="68" name="Google Shape;601;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9404603A-320B-54D7-E953-69DB57D44D87}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9404603A-320B-54D7-E953-69DB57D44D87}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21983102" y="7925442"/>
               <a:ext cx="304741" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="213"/>
                   </a:lnTo>
@@ -12794,51 +12867,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="69" name="Google Shape;602;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5187354D-F4F9-63E1-12F3-1014376F4BDA}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5187354D-F4F9-63E1-12F3-1014376F4BDA}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21668206" y="7887127"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="717" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="716" y="45"/>
                   </a:lnTo>
@@ -12878,51 +12951,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="70" name="Google Shape;603;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A48BAC6-D3BB-7092-7EBD-630A863AC3B2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A48BAC6-D3BB-7092-7EBD-630A863AC3B2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21668206" y="7925442"/>
               <a:ext cx="314896" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="214" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
@@ -12968,51 +13041,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="71" name="Google Shape;604;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BAA2429-088F-9E6C-0418-515CF3F3D5EF}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BAA2429-088F-9E6C-0418-515CF3F3D5EF}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21983102" y="7705136"/>
               <a:ext cx="304741" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="212"/>
                   </a:lnTo>
@@ -13058,51 +13131,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="72" name="Google Shape;605;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{814057DA-B0BA-A2DB-618A-FD61FEF9308D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{814057DA-B0BA-A2DB-618A-FD61FEF9308D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21668206" y="7666822"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="717" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="716" y="45"/>
                   </a:lnTo>
@@ -13142,51 +13215,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="73" name="Google Shape;606;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96C29FF4-4800-838E-F85D-24DFADE4189F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96C29FF4-4800-838E-F85D-24DFADE4189F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21668206" y="7705136"/>
               <a:ext cx="314896" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
@@ -13232,51 +13305,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="74" name="Google Shape;607;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EB6326F-2216-E1E9-CD40-E5AD9FB24DF2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EB6326F-2216-E1E9-CD40-E5AD9FB24DF2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21983102" y="7475249"/>
               <a:ext cx="304741" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="212"/>
                   </a:lnTo>
@@ -13322,51 +13395,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="75" name="Google Shape;608;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{585FF582-035B-0673-2CB9-733C28561A02}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{585FF582-035B-0673-2CB9-733C28561A02}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21668206" y="7436934"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="717" h="46" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="45"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="716" y="45"/>
                   </a:lnTo>
@@ -13406,51 +13479,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="76" name="Google Shape;609;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0415F2F1-82EE-F2C2-7850-DD401E087778}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0415F2F1-82EE-F2C2-7850-DD401E087778}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21668206" y="7475249"/>
               <a:ext cx="314896" cy="191573"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="213" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="3"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
@@ -13496,51 +13569,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="77" name="Google Shape;610;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F62231F-A8EF-906E-421C-3715FD0523CE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F62231F-A8EF-906E-421C-3715FD0523CE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21983102" y="7264519"/>
               <a:ext cx="304741" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="212" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="211"/>
                   </a:lnTo>
@@ -13586,51 +13659,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="78" name="Google Shape;611;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33EB0FCA-907C-98EF-C241-84AB4AB46F22}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33EB0FCA-907C-98EF-C241-84AB4AB46F22}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21668206" y="7226204"/>
               <a:ext cx="629798" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="717" h="47" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="46"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="716" y="46"/>
                   </a:lnTo>
@@ -13670,51 +13743,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="79" name="Google Shape;612;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E1B4B89-138F-5FC4-9D92-D10BF00CB7CC}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E1B4B89-138F-5FC4-9D92-D10BF00CB7CC}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21668206" y="7264519"/>
               <a:ext cx="314896" cy="181991"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="359" h="212" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="2"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="164"/>
                   </a:lnTo>
@@ -13760,51 +13833,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="80" name="Google Shape;613;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E6B2F64-6B18-F110-D929-120C41795987}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E6B2F64-6B18-F110-D929-120C41795987}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19900707" y="5913928"/>
               <a:ext cx="294580" cy="268202"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="335" h="298" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="334" y="297"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="297"/>
                   </a:lnTo>
@@ -13834,51 +13907,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="81" name="Google Shape;614;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{676C483C-2B18-85EF-C82C-0D4E6BAAE702}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{676C483C-2B18-85EF-C82C-0D4E6BAAE702}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19230276" y="4247244"/>
               <a:ext cx="1604970" cy="1848680"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1841" h="2123" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1666" y="1153"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1660" y="1153"/>
                   </a:lnTo>
@@ -13945,51 +14018,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="82" name="Google Shape;615;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62A3B080-F147-F203-F0E1-C5C5456FD680}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62A3B080-F147-F203-F0E1-C5C5456FD680}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19108380" y="4141882"/>
               <a:ext cx="2092556" cy="1283538"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2396" h="1481" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1606" y="1480"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="2133" y="1480"/>
                   </a:lnTo>
@@ -14072,51 +14145,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="83" name="Google Shape;616;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49DCF777-2F08-5D97-428D-0850145DCD33}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49DCF777-2F08-5D97-428D-0850145DCD33}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="20672718" y="5253004"/>
               <a:ext cx="132051" cy="373564"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="154" h="422" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="153" y="139"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="153" y="281"/>
                   </a:lnTo>
@@ -14156,51 +14229,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="84" name="Google Shape;617;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79C79494-A147-84BF-40B0-96B46B3DDABD}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79C79494-A147-84BF-40B0-96B46B3DDABD}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19849913" y="5837298"/>
               <a:ext cx="365689" cy="57472"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="424" h="66" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="423" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="423" y="0"/>
                   </a:lnTo>
@@ -14253,51 +14326,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="85" name="Google Shape;618;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0477AF0F-9178-9305-B4AF-3E916F69E556}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0477AF0F-9178-9305-B4AF-3E916F69E556}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19880391" y="5894770"/>
               <a:ext cx="314896" cy="95786"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="363" h="104" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="362" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="362" y="0"/>
                   </a:lnTo>
@@ -14334,51 +14407,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="86" name="Google Shape;619;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CE36072-42F3-B216-9D23-1BDBAF1282B4}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CE36072-42F3-B216-9D23-1BDBAF1282B4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19880391" y="6153397"/>
               <a:ext cx="325057" cy="210730"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="374" h="243" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="306" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="68" y="0"/>
                   </a:lnTo>
@@ -14414,51 +14487,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="87" name="Google Shape;620;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97720A50-678D-6C1C-A328-03C7BCA9EA64}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97720A50-678D-6C1C-A328-03C7BCA9EA64}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19900707" y="6364127"/>
               <a:ext cx="294580" cy="804606"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="335" h="929" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="257" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="77" y="0"/>
                   </a:lnTo>
@@ -14491,51 +14564,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="88" name="Google Shape;621;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF96A0F9-9D41-8882-E64D-C01F5814DB81}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF96A0F9-9D41-8882-E64D-C01F5814DB81}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19829597" y="5626568"/>
               <a:ext cx="193006" cy="67053"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="217" h="72" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="108" y="21"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="108" y="21"/>
                   </a:lnTo>
@@ -14585,51 +14658,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="89" name="Google Shape;622;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9141224-60AB-AF1F-E5B3-80A9A868FD5E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9141224-60AB-AF1F-E5B3-80A9A868FD5E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19189644" y="8251116"/>
               <a:ext cx="1716705" cy="95786"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1718718" h="95088" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1362620" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1562488" y="0"/>
                   </a:lnTo>
@@ -14707,51 +14780,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="90" name="Google Shape;623;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AA9A017-D99A-FD89-6BDE-C143F79BC311}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AA9A017-D99A-FD89-6BDE-C143F79BC311}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19311540" y="7293252"/>
               <a:ext cx="1472913" cy="957864"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1693" h="1095" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1446" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="246" y="0"/>
                   </a:lnTo>
@@ -14826,51 +14899,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="91" name="Google Shape;624;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{464E4E1F-5904-1F04-82E4-857521D60092}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{464E4E1F-5904-1F04-82E4-857521D60092}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18224627" y="4285559"/>
               <a:ext cx="761856" cy="1101547"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="873" h="1270" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="204" y="1269"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="872" y="1151"/>
                   </a:lnTo>
@@ -14900,51 +14973,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="92" name="Google Shape;625;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E89A98F8-B68D-2A29-B568-043F781CD88A}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E89A98F8-B68D-2A29-B568-043F781CD88A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18295737" y="4362188"/>
               <a:ext cx="619637" cy="948288"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="613266" h="954882" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="351354" y="348301"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="415942" y="357051"/>
                     <a:pt x="467514" y="394492"/>
@@ -15057,51 +15130,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="93" name="Google Shape;626;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA829BB-3673-5618-024C-22A0490FA3DF}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CA829BB-3673-5618-024C-22A0490FA3DF}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18488736" y="4774072"/>
               <a:ext cx="223477" cy="134101"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="262" h="162" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="19" y="116"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="19" y="116"/>
                   </a:lnTo>
@@ -15277,51 +15350,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="94" name="Google Shape;627;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A2F9F68-D84A-C237-0E08-1D6ADA2704D2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A2F9F68-D84A-C237-0E08-1D6ADA2704D2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17401829" y="3136122"/>
               <a:ext cx="1168171" cy="1072808"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1345" h="1239" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="945" y="1238"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1344" y="691"/>
                   </a:lnTo>
@@ -15351,51 +15424,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="95" name="Google Shape;628;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B02D394C-B692-FD49-AA04-F0E39EB5A578}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B02D394C-B692-FD49-AA04-F0E39EB5A578}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17533880" y="3260647"/>
               <a:ext cx="904069" cy="823763"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="908824" h="816704" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="507078" y="250012"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="525050" y="252123"/>
                     <a:pt x="542070" y="258295"/>
@@ -15508,51 +15581,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="96" name="Google Shape;629;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD2DB1A-A71C-523D-922C-18EB676AE90E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD2DB1A-A71C-523D-922C-18EB676AE90E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17889415" y="3576739"/>
               <a:ext cx="193000" cy="201154"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="219" h="229" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="53" y="216"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="53" y="216"/>
                   </a:lnTo>
@@ -15728,51 +15801,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="97" name="Google Shape;630;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87C34F56-10FF-6DD9-5423-0C521DA350D1}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87C34F56-10FF-6DD9-5423-0C521DA350D1}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21617412" y="3126546"/>
               <a:ext cx="1168178" cy="1091965"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1340" h="1256" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="721"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="417" y="1255"/>
                   </a:lnTo>
@@ -15802,51 +15875,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="98" name="Google Shape;631;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40F94198-7443-D409-0CF3-4D106607D952}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40F94198-7443-D409-0CF3-4D106607D952}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21749470" y="3260647"/>
               <a:ext cx="904062" cy="823763"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="897310" h="824379" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="388822" y="258294"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="441924" y="249625"/>
                     <a:pt x="505370" y="277758"/>
@@ -15959,51 +16032,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="99" name="Google Shape;632;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B661CCE4-D65A-FB69-6FAB-598C8D472F07}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B661CCE4-D65A-FB69-6FAB-598C8D472F07}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="22104998" y="3576739"/>
               <a:ext cx="182845" cy="201154"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="209" h="238" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="21" y="35"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="21" y="35"/>
                   </a:lnTo>
@@ -16179,51 +16252,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="100" name="Google Shape;633;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4ECD954C-0BD2-73D8-F7E2-0F7683FAEA1A}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4ECD954C-0BD2-73D8-F7E2-0F7683FAEA1A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21627573" y="5760669"/>
               <a:ext cx="1137700" cy="842920"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1311" h="972" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="185" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="653"/>
                   </a:lnTo>
@@ -16253,51 +16326,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="101" name="Google Shape;634;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80A9BB0E-9D17-BA23-3E47-E041004A7ACC}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80A9BB0E-9D17-BA23-3E47-E041004A7ACC}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="21718993" y="5837298"/>
               <a:ext cx="965017" cy="670505"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="962562" h="670843" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="471638" y="168653"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="489140" y="164558"/>
                     <a:pt x="507118" y="164666"/>
@@ -16410,51 +16483,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="102" name="Google Shape;635;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5266625-6320-0281-43EE-8C2FC50CDB2F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5266625-6320-0281-43EE-8C2FC50CDB2F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="22125314" y="6067186"/>
               <a:ext cx="152374" cy="220312"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="181" h="259" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="108" y="14"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="108" y="14"/>
                   </a:lnTo>
@@ -16630,51 +16703,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="103" name="Google Shape;636;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2CC984E-C527-08AA-8E2D-CC99FA5ADCFF}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2CC984E-C527-08AA-8E2D-CC99FA5ADCFF}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17076772" y="5320052"/>
               <a:ext cx="1076752" cy="708819"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1243" h="813" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1161" y="812"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1242" y="139"/>
                   </a:lnTo>
@@ -16704,51 +16777,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="104" name="Google Shape;637;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67357A9E-1A42-BF82-5B6D-2A074A6D5148}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67357A9E-1A42-BF82-5B6D-2A074A6D5148}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17147875" y="5387105"/>
               <a:ext cx="944701" cy="574718"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="947206" h="574887" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="491664" y="117016"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="567234" y="124822"/>
                     <a:pt x="613272" y="211554"/>
@@ -16856,51 +16929,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="105" name="Google Shape;638;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48118678-FE1B-7EE1-5396-386FFC83BCD5}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48118678-FE1B-7EE1-5396-386FFC83BCD5}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="17554196" y="5559521"/>
               <a:ext cx="132058" cy="229887"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="157" h="264" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="80" y="249"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="80" y="249"/>
                   </a:lnTo>
@@ -17076,51 +17149,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="106" name="Google Shape;639;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FDAA5E0-0D3F-6CE3-86C5-1FE685BA2139}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FDAA5E0-0D3F-6CE3-86C5-1FE685BA2139}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18905219" y="3030760"/>
               <a:ext cx="1239281" cy="919549"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1428" h="1055" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1228" y="1054"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="1427" y="341"/>
                   </a:lnTo>
@@ -17150,51 +17223,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="107" name="Google Shape;640;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7433539-8990-9A99-124E-D80A2440F59C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7433539-8990-9A99-124E-D80A2440F59C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18996638" y="3126546"/>
               <a:ext cx="1046281" cy="727977"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1047006" h="728421" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="543872" y="179384"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="553520" y="179525"/>
                     <a:pt x="563172" y="180948"/>
@@ -17307,51 +17380,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="108" name="Google Shape;641;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A95F3381-4C5A-14F6-355A-10C6C50856FE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A95F3381-4C5A-14F6-355A-10C6C50856FE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19443592" y="3366009"/>
               <a:ext cx="172690" cy="249045"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="198" h="283" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="81" y="268"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="81" y="268"/>
                   </a:lnTo>
@@ -17525,51 +17598,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="109" name="Google Shape;642;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C3BEC26-42E8-8F8E-3DC4-520CD1EB71DA}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C3BEC26-42E8-8F8E-3DC4-520CD1EB71DA}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="18823955" y="4975221"/>
               <a:ext cx="2437929" cy="210730"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="2443751" h="210712" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="2438077" y="79"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="2438077" y="79"/>
                     <a:pt x="2466609" y="58780"/>
@@ -17638,51 +17711,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="110" name="Google Shape;643;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6F2FBFE-EC8D-8DF4-997B-B0B1CCE78EA1}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6F2FBFE-EC8D-8DF4-997B-B0B1CCE78EA1}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19504540" y="5406263"/>
               <a:ext cx="253954" cy="124519"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="290" h="145" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="144" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="144" y="0"/>
                   </a:lnTo>
@@ -17719,51 +17792,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="111" name="Google Shape;644;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DBE0C56-AC64-E410-C0FB-A484CFFDB9BB}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DBE0C56-AC64-E410-C0FB-A484CFFDB9BB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19535017" y="5425420"/>
               <a:ext cx="223477" cy="105362"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="254" h="122" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="253" y="121"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="121"/>
                   </a:lnTo>
@@ -17808,51 +17881,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="112" name="Google Shape;645;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09CF6AAF-C108-3AC2-D0A9-2F1CD056EA94}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09CF6AAF-C108-3AC2-D0A9-2F1CD056EA94}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19565488" y="5425420"/>
               <a:ext cx="152374" cy="105362"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="172" h="122" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="149" y="121"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="19" y="121"/>
                   </a:lnTo>
@@ -17897,51 +17970,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="113" name="Google Shape;646;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0735A789-4EE2-01AB-756B-F51587E40F6C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0735A789-4EE2-01AB-756B-F51587E40F6C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="19646753" y="5454153"/>
               <a:ext cx="40632" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="43" h="45" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="42" y="22"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="42" y="22"/>
                   </a:lnTo>
@@ -17991,51 +18064,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="114" name="Google Shape;647;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04AF2607-CABE-5C92-F3AE-A582D5961E7F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04AF2607-CABE-5C92-F3AE-A582D5961E7F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="20134338" y="5406263"/>
               <a:ext cx="243793" cy="124519"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="293" h="145" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="145" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="145" y="0"/>
                   </a:lnTo>
@@ -18072,51 +18145,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="115" name="Google Shape;648;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3A32B2D-28C8-87FF-EA3E-ACE4BC818387}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3A32B2D-28C8-87FF-EA3E-ACE4BC818387}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="20134338" y="5425420"/>
               <a:ext cx="213322" cy="105362"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="254" h="122" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="121"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="253" y="121"/>
                   </a:lnTo>
@@ -18161,51 +18234,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="116" name="Google Shape;649;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7F17CF6-6800-E822-4479-3138BB89A4A3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7F17CF6-6800-E822-4479-3138BB89A4A3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="20174971" y="5425420"/>
               <a:ext cx="142213" cy="105362"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="173" h="122" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="21" y="121"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="151" y="121"/>
                   </a:lnTo>
@@ -18250,51 +18323,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="117" name="Google Shape;650;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2122727C-4E4A-7BFD-8B3F-7D35E0BF7747}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2122727C-4E4A-7BFD-8B3F-7D35E0BF7747}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="20205448" y="5454153"/>
               <a:ext cx="30471" cy="38315"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="43" h="45" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="22"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="22"/>
                   </a:lnTo>
@@ -18345,71 +18418,71 @@
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="6532">
                 <a:latin typeface="Lato Light"/>
                 <a:ea typeface="Lato Light"/>
                 <a:cs typeface="Lato Light"/>
                 <a:sym typeface="Lato Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="118" name="Google Shape;651;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3D27650-6C65-CE60-0654-D4B01BA44FD1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3D27650-6C65-CE60-0654-D4B01BA44FD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="2687823" y="3229506"/>
             <a:ext cx="3940175" cy="1455737"/>
             <a:chOff x="1158574" y="1215014"/>
             <a:chExt cx="10228773" cy="4489869"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="119" name="Google Shape;652;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EE2BA69-7941-644A-62F4-0AA83ECC5A9C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EE2BA69-7941-644A-62F4-0AA83ECC5A9C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10769177" y="3062383"/>
               <a:ext cx="618170" cy="425339"/>
             </a:xfrm>
             <a:prstGeom prst="rightArrow">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 50676"/>
                 <a:gd name="adj2" fmla="val 58161"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
@@ -18419,51 +18492,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="120" name="Google Shape;653;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E45649BA-97E3-659E-372C-1B8D9F48715F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E45649BA-97E3-659E-372C-1B8D9F48715F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8700337" y="2825882"/>
               <a:ext cx="1644350" cy="900912"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="3287456" h="1797483" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="54300" y="5209"/>
                   </a:lnTo>
@@ -18520,51 +18593,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="121" name="Google Shape;654;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA408AB9-1A3F-C8C5-7CC3-7F8B6FA23A89}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA408AB9-1A3F-C8C5-7CC3-7F8B6FA23A89}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7126045" y="2644722"/>
               <a:ext cx="1652593" cy="1263235"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="3307790" h="2527660" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="34509" y="5307"/>
                   </a:lnTo>
@@ -18637,51 +18710,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="122" name="Google Shape;655;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E987F7F4-4223-8780-CD6C-9F19556694D0}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E987F7F4-4223-8780-CD6C-9F19556694D0}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5547631" y="2385219"/>
               <a:ext cx="1656715" cy="1782239"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="3310363" h="3561776" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="49456" y="8559"/>
                   </a:lnTo>
@@ -18744,51 +18817,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="123" name="Google Shape;656;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F39819-5642-2BC5-14A8-58766BEA0132}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F39819-5642-2BC5-14A8-58766BEA0132}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3970891" y="2036974"/>
               <a:ext cx="1718815" cy="2476891"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="3437630" h="4953781" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="42528" y="14446"/>
                   </a:lnTo>
@@ -18851,51 +18924,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1800">
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="124" name="Google Shape;657;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A544C84E-DB76-8495-D01C-B1F342F061C8}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A544C84E-DB76-8495-D01C-B1F342F061C8}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2402057" y="1263420"/>
               <a:ext cx="1763253" cy="4034970"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="3526506" h="8069940" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="33529" y="0"/>
                   </a:lnTo>
@@ -18958,102 +19031,102 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1800">
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="125" name="Google Shape;658;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6D0DAAB-79A0-DA0E-C693-337EA0EDE41E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6D0DAAB-79A0-DA0E-C693-337EA0EDE41E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2085839" y="1263977"/>
               <a:ext cx="634662" cy="4024726"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="840F0E"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="126" name="Google Shape;659;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AF94C0F-5153-7A4B-796B-84AB78ACB71A}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AF94C0F-5153-7A4B-796B-84AB78ACB71A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1488269" y="1215014"/>
               <a:ext cx="931387" cy="935184"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19074,51 +19147,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="127" name="Google Shape;660;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B3775FD-E15F-70B2-4581-3A0DF15C4E6C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B3775FD-E15F-70B2-4581-3A0DF15C4E6C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2139415" y="2404804"/>
               <a:ext cx="482177" cy="484731"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19139,51 +19212,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="128" name="Google Shape;661;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CD5AF3B-77B9-4D76-2CEC-82D69FE1BD40}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CD5AF3B-77B9-4D76-2CEC-82D69FE1BD40}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3499405" y="4162563"/>
               <a:ext cx="263756" cy="264398"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19204,51 +19277,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="129" name="Google Shape;662;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D86AA0E-449A-DEA8-F45B-7EBF6D088567}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D86AA0E-449A-DEA8-F45B-7EBF6D088567}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1187421" y="1259079"/>
               <a:ext cx="123635" cy="122408"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19269,51 +19342,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="130" name="Google Shape;663;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAB51B4A-9E09-A194-B703-7F5F6900E6B2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAB51B4A-9E09-A194-B703-7F5F6900E6B2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2349594" y="3756171"/>
               <a:ext cx="486299" cy="484731"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19334,51 +19407,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="131" name="Google Shape;664;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3CB79BB-3C17-6F57-D50A-92006757582B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3CB79BB-3C17-6F57-D50A-92006757582B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2844136" y="2385219"/>
               <a:ext cx="486299" cy="484731"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19399,51 +19472,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="132" name="Google Shape;665;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7490779-A2F4-8B64-8CBF-7A70D2C10FD3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7490779-A2F4-8B64-8CBF-7A70D2C10FD3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2749350" y="3163726"/>
               <a:ext cx="119513" cy="122405"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19464,51 +19537,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="133" name="Google Shape;666;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60EB1E3C-BEED-23C5-60D0-39B211944A11}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60EB1E3C-BEED-23C5-60D0-39B211944A11}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3186195" y="4079325"/>
               <a:ext cx="123635" cy="122408"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19529,51 +19602,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="134" name="Google Shape;667;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{855C87AD-E082-1CCD-66CD-2CA419A5EDA8}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{855C87AD-E082-1CCD-66CD-2CA419A5EDA8}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3515890" y="2018001"/>
               <a:ext cx="119513" cy="122405"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19594,51 +19667,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="135" name="Google Shape;668;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E5AFB6E-251B-6A05-C4B5-B311AB4A2111}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E5AFB6E-251B-6A05-C4B5-B311AB4A2111}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1488269" y="5582478"/>
               <a:ext cx="119513" cy="122405"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19659,51 +19732,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="136" name="Google Shape;669;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14AF24C8-4B3D-D4B8-73B1-2E9FD1635C0D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14AF24C8-4B3D-D4B8-73B1-2E9FD1635C0D}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3095529" y="2115926"/>
               <a:ext cx="123635" cy="117510"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19724,51 +19797,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="137" name="Google Shape;670;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEF2AB69-F535-4DF2-09DA-1DE8F6B2760F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEF2AB69-F535-4DF2-09DA-1DE8F6B2760F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1859175" y="2331361"/>
               <a:ext cx="123635" cy="122405"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19789,51 +19862,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="138" name="Google Shape;671;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF0B7909-B532-E591-7EF4-214928F3881F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF0B7909-B532-E591-7EF4-214928F3881F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1875660" y="4304553"/>
               <a:ext cx="123635" cy="122408"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19854,51 +19927,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="139" name="Google Shape;672;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA7F2328-6E0F-703B-322F-028ED5F5A1F6}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA7F2328-6E0F-703B-322F-028ED5F5A1F6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3046075" y="2987460"/>
               <a:ext cx="935507" cy="935184"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19919,51 +19992,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="140" name="Google Shape;673;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38E3E7AF-AAC5-5D75-7103-8C31C19D879A}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38E3E7AF-AAC5-5D75-7103-8C31C19D879A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2547411" y="1954348"/>
               <a:ext cx="325575" cy="323153"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -19984,51 +20057,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="141" name="Google Shape;674;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FE6BB18-4C8B-69C7-3284-25A6012A0C54}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FE6BB18-4C8B-69C7-3284-25A6012A0C54}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3664252" y="2194266"/>
               <a:ext cx="263756" cy="264398"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -20049,51 +20122,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="142" name="Google Shape;675;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0689C4F-18D4-D8F3-FD39-2C53AC36D861}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0689C4F-18D4-D8F3-FD39-2C53AC36D861}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2831774" y="4289865"/>
               <a:ext cx="486299" cy="484728"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -20114,51 +20187,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="143" name="Google Shape;676;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F08F511-463C-FAF0-C193-513F7A7D20F5}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F08F511-463C-FAF0-C193-513F7A7D20F5}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2061111" y="3310613"/>
               <a:ext cx="263756" cy="264398"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -20179,51 +20252,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="144" name="Google Shape;677;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E4FA886-3EF3-C69D-0EBB-F45E452694C2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E4FA886-3EF3-C69D-0EBB-F45E452694C2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2192989" y="4657083"/>
               <a:ext cx="267878" cy="264398"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -20244,51 +20317,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="145" name="Google Shape;678;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79D10D8B-7DAB-2ACE-BCC7-E7F4CE1AD0C7}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79D10D8B-7DAB-2ACE-BCC7-E7F4CE1AD0C7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1488269" y="4730529"/>
               <a:ext cx="642904" cy="651201"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -20309,51 +20382,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="146" name="Google Shape;679;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87BE958B-1124-C753-09AD-3BF9777E8A71}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87BE958B-1124-C753-09AD-3BF9777E8A71}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5090181" y="2933600"/>
               <a:ext cx="502784" cy="504316"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -20374,51 +20447,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="147" name="Google Shape;680;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DAB5C9D-0C6C-1FB5-81B6-079809A05A26}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DAB5C9D-0C6C-1FB5-81B6-079809A05A26}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4183521" y="3736586"/>
               <a:ext cx="502784" cy="504316"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -20439,51 +20512,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="148" name="Google Shape;681;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{457BDD28-F4C3-ED0C-0557-3E58273D2D35}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{457BDD28-F4C3-ED0C-0557-3E58273D2D35}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4978908" y="2537004"/>
               <a:ext cx="304967" cy="303568"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -20504,51 +20577,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="149" name="Google Shape;682;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5744417-2DEC-CEBD-2090-B1DC04D1C17F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5744417-2DEC-CEBD-2090-B1DC04D1C17F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5419876" y="2600654"/>
               <a:ext cx="135998" cy="137095"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -20569,51 +20642,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="150" name="Google Shape;683;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{273170F4-30A1-A415-4FF3-320D9B8654EE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{273170F4-30A1-A415-4FF3-320D9B8654EE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5428118" y="3575011"/>
               <a:ext cx="140120" cy="141990"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -20634,51 +20707,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="151" name="Google Shape;684;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5E375EA-90FA-FB63-0876-38A526563BF9}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5E375EA-90FA-FB63-0876-38A526563BF9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4842910" y="2443974"/>
               <a:ext cx="140120" cy="137095"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -20699,51 +20772,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="152" name="Google Shape;685;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17A53024-D0ED-99C4-D734-0E22D34BF5C3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17A53024-D0ED-99C4-D734-0E22D34BF5C3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4723395" y="3315508"/>
               <a:ext cx="300848" cy="303568"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -20764,51 +20837,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="153" name="Google Shape;686;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BC62235-C81D-99D4-9DE6-31FC90CCE59C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BC62235-C81D-99D4-9DE6-31FC90CCE59C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4249460" y="2742647"/>
               <a:ext cx="135998" cy="141990"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -20829,51 +20902,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="154" name="Google Shape;687;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6ED35E2-2DCF-D97D-4C56-72D0A270FD53}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6ED35E2-2DCF-D97D-4C56-72D0A270FD53}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4224733" y="2253021"/>
               <a:ext cx="304967" cy="303568"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -20894,51 +20967,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="155" name="Google Shape;688;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFDC7D7A-8D38-8C30-3C83-B939A626D70F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFDC7D7A-8D38-8C30-3C83-B939A626D70F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4797576" y="2889535"/>
               <a:ext cx="136000" cy="141990"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -20959,51 +21032,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="156" name="Google Shape;689;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A782EB88-5B51-9D59-AE1B-586BB6FF65AE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A782EB88-5B51-9D59-AE1B-586BB6FF65AE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5119028" y="3761069"/>
               <a:ext cx="304967" cy="303568"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -21024,51 +21097,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="157" name="Google Shape;690;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{057BD24D-11F9-2326-A096-5E1F7D00151B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{057BD24D-11F9-2326-A096-5E1F7D00151B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4789334" y="3942229"/>
               <a:ext cx="136000" cy="137095"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -21089,51 +21162,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="158" name="Google Shape;691;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC6C01AB-1A60-6270-0943-BC222D127F59}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC6C01AB-1A60-6270-0943-BC222D127F59}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4393700" y="3060903"/>
               <a:ext cx="304967" cy="303568"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -21154,51 +21227,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="159" name="Google Shape;692;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16506CEC-4098-6836-42D2-89D08ADB79E6}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16506CEC-4098-6836-42D2-89D08ADB79E6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4665698" y="2561484"/>
               <a:ext cx="136000" cy="137095"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="F4A06D"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="753108"/>
                 </a:gs>
@@ -21219,51 +21292,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="160" name="Google Shape;693;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8EC29EC-E9A6-CB73-ED9B-BEC02FFE47A0}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8EC29EC-E9A6-CB73-ED9B-BEC02FFE47A0}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9582269" y="2997253"/>
               <a:ext cx="119513" cy="122405"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="94B6C5"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="29424D"/>
                 </a:gs>
@@ -21284,51 +21357,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="161" name="Google Shape;694;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28138789-BE3C-8ADE-4883-4E056C8018F9}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28138789-BE3C-8ADE-4883-4E056C8018F9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6701562" y="3104970"/>
               <a:ext cx="123635" cy="117510"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EFD37E"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="795E0E"/>
                 </a:gs>
@@ -21349,51 +21422,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="162" name="Google Shape;695;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEB10CC-0678-8544-FB55-659F28BF041B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DEB10CC-0678-8544-FB55-659F28BF041B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5935022" y="3736586"/>
               <a:ext cx="119516" cy="122408"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EFD37E"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="795E0E"/>
                 </a:gs>
@@ -21414,51 +21487,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="163" name="Google Shape;696;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E305F2BA-5A8E-008C-8056-85A1A9E9CCAE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E305F2BA-5A8E-008C-8056-85A1A9E9CCAE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2910075" y="3638661"/>
               <a:ext cx="123635" cy="122408"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -21479,51 +21552,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="164" name="Google Shape;697;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C61639F-5098-BF87-524A-8C52242762E7}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C61639F-5098-BF87-524A-8C52242762E7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6421322" y="3335093"/>
               <a:ext cx="482180" cy="484731"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EFD37E"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="795E0E"/>
                 </a:gs>
@@ -21544,51 +21617,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="165" name="Google Shape;698;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDA2F0D8-3287-95FA-AA72-FB44BC9FBB17}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDA2F0D8-3287-95FA-AA72-FB44BC9FBB17}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8997062" y="2923807"/>
               <a:ext cx="486299" cy="484731"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="94B6C5"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="29424D"/>
                 </a:gs>
@@ -21609,51 +21682,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="166" name="Google Shape;699;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82EAFE44-609D-FC68-1C13-47BCE1554EED}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82EAFE44-609D-FC68-1C13-47BCE1554EED}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7484587" y="3153933"/>
               <a:ext cx="486299" cy="484728"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="A4CDBB"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="315948"/>
                 </a:gs>
@@ -21674,51 +21747,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="167" name="Google Shape;700;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC98A033-9464-A2D0-D990-CF4B40812B69}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC98A033-9464-A2D0-D990-CF4B40812B69}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5860841" y="2590862"/>
               <a:ext cx="486299" cy="484731"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EFD37E"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="795E0E"/>
                 </a:gs>
@@ -21739,51 +21812,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="168" name="Google Shape;701;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{878ACAF0-F211-EB87-6B3F-10796E244539}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{878ACAF0-F211-EB87-6B3F-10796E244539}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9775964" y="3237168"/>
               <a:ext cx="263756" cy="264398"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="94B6C5"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="29424D"/>
                 </a:gs>
@@ -21804,51 +21877,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="169" name="Google Shape;702;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC4E44AF-C3E5-F5D3-6E3B-BBAA701B0359}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC4E44AF-C3E5-F5D3-6E3B-BBAA701B0359}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8086279" y="2889535"/>
               <a:ext cx="263756" cy="264398"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="A4CDBB"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="315948"/>
                 </a:gs>
@@ -21869,51 +21942,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="170" name="Google Shape;703;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F23A005-2EAC-9B50-F852-0B5DA2E1184B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F23A005-2EAC-9B50-F852-0B5DA2E1184B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3536495" y="2605552"/>
               <a:ext cx="206059" cy="210538"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -21934,51 +22007,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="171" name="Google Shape;704;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8564BA1-57E5-8831-5BFC-5B15F4548F44}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8564BA1-57E5-8831-5BFC-5B15F4548F44}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6668593" y="2669202"/>
               <a:ext cx="263756" cy="264398"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EFD37E"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="795E0E"/>
                 </a:gs>
@@ -21999,51 +22072,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="172" name="Google Shape;705;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28598BC8-ADBD-D507-4A6C-C95B182767F0}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28598BC8-ADBD-D507-4A6C-C95B182767F0}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="6017446" y="3286130"/>
               <a:ext cx="263756" cy="264398"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EFD37E"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="795E0E"/>
                 </a:gs>
@@ -22064,51 +22137,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="173" name="Google Shape;706;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D467C383-C1B8-4170-4832-0EDD7FA511ED}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D467C383-C1B8-4170-4832-0EDD7FA511ED}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8284096" y="3369368"/>
               <a:ext cx="206059" cy="205643"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="A4CDBB"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="315948"/>
                 </a:gs>
@@ -22129,51 +22202,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="174" name="Google Shape;707;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9A46061-1E9B-24DB-291C-CB919F839DC0}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9A46061-1E9B-24DB-291C-CB919F839DC0}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7447497" y="2874845"/>
               <a:ext cx="119513" cy="122408"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="A4CDBB"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="315948"/>
                 </a:gs>
@@ -22194,51 +22267,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="175" name="Google Shape;708;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0D0CFE0-CCAE-79C4-47F0-873779FA100B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0D0CFE0-CCAE-79C4-47F0-873779FA100B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="8922880" y="3408539"/>
               <a:ext cx="119513" cy="122405"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="94B6C5"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="29424D"/>
                 </a:gs>
@@ -22259,51 +22332,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="176" name="Google Shape;709;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{583EB7BC-2B24-06E0-6D7A-263F441E7B5E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{583EB7BC-2B24-06E0-6D7A-263F441E7B5E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7768949" y="2997253"/>
               <a:ext cx="119513" cy="122405"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="A4CDBB"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="315948"/>
                 </a:gs>
@@ -22324,51 +22397,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="177" name="Google Shape;710;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F4944F-BD2A-59B7-0CA3-FCE7F40C2268}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F4944F-BD2A-59B7-0CA3-FCE7F40C2268}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9953176" y="3046215"/>
               <a:ext cx="123635" cy="122405"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="94B6C5"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="29424D"/>
                 </a:gs>
@@ -22389,51 +22462,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="178" name="Google Shape;711;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65347EF3-3C1D-E91B-C75F-60839205881E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65347EF3-3C1D-E91B-C75F-60839205881E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7344466" y="3619076"/>
               <a:ext cx="123635" cy="117510"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="A4CDBB"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="315948"/>
                 </a:gs>
@@ -22454,51 +22527,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="179" name="Google Shape;712;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2BCF4D6-8180-F36B-45E6-9284090984D9}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2BCF4D6-8180-F36B-45E6-9284090984D9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2522684" y="1523477"/>
               <a:ext cx="123635" cy="122408"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -22519,51 +22592,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="180" name="Google Shape;713;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D668628-7461-B4E1-6398-F3DBE306B9BB}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D668628-7461-B4E1-6398-F3DBE306B9BB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2988379" y="1831943"/>
               <a:ext cx="119513" cy="122405"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill>
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="dk1"/>
                 </a:gs>
                 <a:gs pos="49000">
                   <a:srgbClr val="EC5453"/>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:srgbClr val="580A09"/>
                 </a:gs>
@@ -22584,51 +22657,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="181" name="Google Shape;714;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D7B191B-1C71-8A14-1254-5FCB30B392BA}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D7B191B-1C71-8A14-1254-5FCB30B392BA}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1158574" y="3075593"/>
               <a:ext cx="618177" cy="425973"/>
             </a:xfrm>
             <a:prstGeom prst="rightArrow">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 50676"/>
                 <a:gd name="adj2" fmla="val 58161"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
@@ -22638,51 +22711,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="182" name="Google Shape;715;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9571DB1A-D6C8-C2A6-88F2-E8054BAF2D67}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9571DB1A-D6C8-C2A6-88F2-E8054BAF2D67}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1158574" y="2375426"/>
               <a:ext cx="618177" cy="425976"/>
             </a:xfrm>
             <a:prstGeom prst="rightArrow">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 50676"/>
                 <a:gd name="adj2" fmla="val 58161"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
@@ -22692,51 +22765,51 @@
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="183" name="Google Shape;716;p5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBD81CB1-8423-DDB9-C171-DFFACB2A7B5B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBD81CB1-8423-DDB9-C171-DFFACB2A7B5B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1158574" y="3775757"/>
               <a:ext cx="618177" cy="425976"/>
             </a:xfrm>
             <a:prstGeom prst="rightArrow">
               <a:avLst>
                 <a:gd name="adj1" fmla="val 50676"/>
                 <a:gd name="adj2" fmla="val 58161"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
@@ -22747,51 +22820,51 @@
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="1600">
                 <a:latin typeface="Helvetica Neue Light"/>
                 <a:ea typeface="Helvetica Neue Light"/>
                 <a:cs typeface="Helvetica Neue Light"/>
                 <a:sym typeface="Helvetica Neue Light"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="184" name="Google Shape;717;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD75F921-0225-B4F4-C4A8-D8849A628E9E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD75F921-0225-B4F4-C4A8-D8849A628E9E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="1478803">
             <a:off x="193860" y="3323168"/>
             <a:ext cx="1276350" cy="306388"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -22800,51 +22873,51 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>digitalizacija</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="185" name="Google Shape;719;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DD136FA-4E0F-CBFE-B061-53F337B0FDAA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DD136FA-4E0F-CBFE-B061-53F337B0FDAA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-628345">
             <a:off x="65056" y="3948158"/>
             <a:ext cx="1987287" cy="307736"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -22858,51 +22931,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Umjetna inteligencija</a:t>
             </a:r>
             <a:endParaRPr sz="1400" b="1" i="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="186" name="Google Shape;721;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38DE534E-85E0-3F5C-4B35-C9323F86A357}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38DE534E-85E0-3F5C-4B35-C9323F86A357}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-1446191">
             <a:off x="381185" y="4180418"/>
             <a:ext cx="2190750" cy="307975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -22920,51 +22993,51 @@
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Disruptivne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> tehnologije</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="187" name="Google Shape;722;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90A55384-E0B1-9AAE-7B65-AC66FF6BA30B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90A55384-E0B1-9AAE-7B65-AC66FF6BA30B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="893298">
             <a:off x="1152560" y="3059925"/>
             <a:ext cx="1648863" cy="307736"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -22973,51 +23046,51 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Digitalni blizanci</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="188" name="Google Shape;723;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{450ADEF8-A5F3-FE94-D9E3-8BF455AC43EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{450ADEF8-A5F3-FE94-D9E3-8BF455AC43EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-1600367">
             <a:off x="1175540" y="4399377"/>
             <a:ext cx="1516557" cy="307736"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -23026,51 +23099,51 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Živi laboratorij</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="189" name="Google Shape;724;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{538F567C-9674-BE79-BC0E-6E429403DF9C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{538F567C-9674-BE79-BC0E-6E429403DF9C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="778423">
             <a:off x="1320985" y="2808818"/>
             <a:ext cx="1655763" cy="306388"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -23084,51 +23157,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Strojno učenje</a:t>
             </a:r>
             <a:endParaRPr sz="1400" b="1" i="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="190" name="Google Shape;725;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{474E755F-0A1F-295B-AEDA-5AAC3F39A40A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{474E755F-0A1F-295B-AEDA-5AAC3F39A40A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="2091790">
             <a:off x="849498" y="3018368"/>
             <a:ext cx="960437" cy="307975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -23142,51 +23215,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>statistika</a:t>
             </a:r>
             <a:endParaRPr sz="1400" b="1" i="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="191" name="Google Shape;726;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4293CB95-957B-F51F-0DA1-824835298E2F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4293CB95-957B-F51F-0DA1-824835298E2F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="778423">
             <a:off x="876328" y="3489768"/>
             <a:ext cx="1987950" cy="307736"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -23209,51 +23282,51 @@
               <a:t>Prediktivna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> analitika</a:t>
             </a:r>
             <a:endParaRPr sz="1400" b="1" i="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="192" name="Google Shape;727;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C58EDBF-2971-5F46-F0A9-B84B40BDBCE0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C58EDBF-2971-5F46-F0A9-B84B40BDBCE0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6627998" y="3180293"/>
             <a:ext cx="3824287" cy="1815841"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -23654,145 +23727,145 @@
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>znanja</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Dobi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>j</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>anje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>iz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0" err="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>podataka</a:t>
             </a:r>
             <a:endParaRPr sz="1400" b="1" i="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="193" name="Google Shape;728;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{373AE992-54C2-A25F-5746-BF8C67EBAE33}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{373AE992-54C2-A25F-5746-BF8C67EBAE33}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-2048662">
             <a:off x="1927410" y="4618568"/>
             <a:ext cx="858838" cy="277813"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -23806,51 +23879,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" i="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>test beds</a:t>
             </a:r>
             <a:endParaRPr sz="1200" b="1" i="1">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="194" name="Google Shape;729;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD24A1C5-12E0-DC41-ED75-82CEFDD1AD40}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD24A1C5-12E0-DC41-ED75-82CEFDD1AD40}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2949759" y="2624668"/>
             <a:ext cx="5806314" cy="461624"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -23864,51 +23937,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="2400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>ANALITIKA POSLOVNIH PODATAKA</a:t>
             </a:r>
             <a:endParaRPr sz="2400" dirty="0">
               <a:latin typeface="Century Gothic"/>
               <a:ea typeface="Century Gothic"/>
               <a:cs typeface="Century Gothic"/>
               <a:sym typeface="Century Gothic"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="195" name="Google Shape;730;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65007B4F-3E6F-A2BD-B042-096CC56004B9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65007B4F-3E6F-A2BD-B042-096CC56004B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9798235" y="3899431"/>
             <a:ext cx="246063" cy="139700"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 50676"/>
               <a:gd name="adj2" fmla="val 57995"/>
             </a:avLst>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
@@ -23918,51 +23991,51 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1600">
               <a:latin typeface="Helvetica Neue Light"/>
               <a:ea typeface="Helvetica Neue Light"/>
               <a:cs typeface="Helvetica Neue Light"/>
               <a:sym typeface="Helvetica Neue Light"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="196" name="Google Shape;731;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E51300A-3838-C01C-A6A5-FB167B32B990}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E51300A-3838-C01C-A6A5-FB167B32B990}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10199873" y="4175656"/>
             <a:ext cx="1838325" cy="923289"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="19050" cap="rnd" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="800F0D"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
@@ -23984,51 +24057,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Maksimiziranje poslovne vrijednosti</a:t>
             </a:r>
             <a:endParaRPr sz="1800" i="1" dirty="0">
               <a:latin typeface="Century Gothic"/>
               <a:ea typeface="Century Gothic"/>
               <a:cs typeface="Century Gothic"/>
               <a:sym typeface="Century Gothic"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="197" name="Google Shape;734;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3CC8B9-5905-9929-CD5F-BF815D858124}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3CC8B9-5905-9929-CD5F-BF815D858124}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-2048662">
             <a:off x="295460" y="5063068"/>
             <a:ext cx="1874838" cy="307975"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -24042,51 +24115,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Nadzirano </a:t>
             </a:r>
             <a:endParaRPr sz="1400" b="1" i="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="198" name="Google Shape;735;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3F44200-1244-2B57-56B2-D24C816D1E4C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3F44200-1244-2B57-56B2-D24C816D1E4C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-3017301">
             <a:off x="608113" y="5334299"/>
             <a:ext cx="1551652" cy="307736"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -24100,51 +24173,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Duboko učenje</a:t>
             </a:r>
             <a:endParaRPr sz="1400" b="1" i="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="199" name="Google Shape;736;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{999B69F4-1CB8-D23F-E47B-5A2D000750DF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{999B69F4-1CB8-D23F-E47B-5A2D000750DF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-3017301">
             <a:off x="882706" y="5452865"/>
             <a:ext cx="1718637" cy="307736"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -24158,51 +24231,51 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" b="1" i="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Neuronske mreže</a:t>
             </a:r>
             <a:endParaRPr sz="1400" b="1" i="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="200" name="Google Shape;737;p5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36610230-78B6-1B81-5656-A754F447440A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36610230-78B6-1B81-5656-A754F447440A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="398648" y="1481668"/>
             <a:ext cx="4394200" cy="461963"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -25490,139 +25563,135 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Poboljšano odlučivanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="8403454" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>U </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>svojoj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>srži</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, BDA se </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>bavi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t> i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="vi-VN" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="vi-VN" sz="1800" dirty="0"/>
-              <a:t>vrednosti podataka</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:t>skorišćavanjem vrednosti podataka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>pri</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>čemu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podaci</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -25710,102 +25779,94 @@
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>slučaj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>mnogim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>praktičnim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> prim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>nama</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>(za </a:t>
+              <a:t> (za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>modeliranje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>matematičko</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>usmerenje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>zahteva</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>duboku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>stručnost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>matematici</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
@@ -25977,251 +26038,227 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>krajnjim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>korisnicima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>obliku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>sistema</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>za </a:t>
+              <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podršku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>odlučivanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> (DSS), </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ekspertnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>(ES), </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t>a (ES), s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>za </a:t>
+              <a:t>a za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podršku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>predviđanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> (FSS), </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>nadolazećih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>bliskoj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>budućnosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>: BDA </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" smtClean="0"/>
+              <a:t>: BDA s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800"/>
               <a:t>istem </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800"/>
               <a:t>automatizovana</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>veštačka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>inteligencija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> (AI)!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Google Shape;779;p6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2CAD652-9573-8113-E0C5-7771B202A2D8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2CAD652-9573-8113-E0C5-7771B202A2D8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9134475" y="0"/>
             <a:ext cx="3057525" cy="1511300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="3" name="Google Shape;743;p6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2C264CA-3165-D738-1CCE-0BA720A6E0F2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2C264CA-3165-D738-1CCE-0BA720A6E0F2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="9359900" y="1927226"/>
             <a:ext cx="2168525" cy="3844925"/>
             <a:chOff x="10181780" y="3599792"/>
             <a:chExt cx="1985594" cy="2834905"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="Google Shape;744;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1778625-1BC4-C122-1A2D-C08FC1602CF5}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1778625-1BC4-C122-1A2D-C08FC1602CF5}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10181780" y="6322331"/>
               <a:ext cx="1985594" cy="112366"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartAlternateProcess">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="lt2"/>
             </a:solidFill>
             <a:ln w="19050" cap="rnd" cmpd="sng">
               <a:solidFill>
                 <a:srgbClr val="800F0D"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
@@ -26237,51 +26274,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="900">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="8" name="Google Shape;745;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26BBE542-342F-A4B1-924C-FBD67BF269D6}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26BBE542-342F-A4B1-924C-FBD67BF269D6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10245738" y="5897446"/>
               <a:ext cx="31979" cy="46819"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="32" h="58" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="23"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="25" y="58"/>
                   </a:lnTo>
@@ -26315,51 +26352,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="Google Shape;746;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41562CB0-AC25-AA62-724F-4D61A41744FA}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41562CB0-AC25-AA62-724F-4D61A41744FA}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="12071438" y="5652816"/>
               <a:ext cx="33433" cy="45648"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="33" h="58" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="33" y="34"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="8" y="0"/>
                   </a:lnTo>
@@ -26393,51 +26430,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="Google Shape;747;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F09792D6-4635-58CE-F2CB-78551D099BA2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F09792D6-4635-58CE-F2CB-78551D099BA2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11142599" y="5327422"/>
               <a:ext cx="63958" cy="51501"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="BFBEBE"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91400" tIns="45700" rIns="91400" bIns="45700" anchor="t" anchorCtr="0">
               <a:noAutofit/>
             </a:bodyPr>
@@ -26447,51 +26484,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Google Shape;748;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48148C67-D931-36D5-277A-7B21E04D2AF0}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48148C67-D931-36D5-277A-7B21E04D2AF0}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10277716" y="5387116"/>
               <a:ext cx="1793721" cy="853281"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1820" h="1066" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1805" y="0"/>
                   </a:moveTo>
                   <a:lnTo>
                     <a:pt x="0" y="0"/>
                   </a:lnTo>
@@ -26531,51 +26568,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="12" name="Google Shape;749;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{213BBF9C-2B00-E466-36F6-5776E678A8A2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{213BBF9C-2B00-E466-36F6-5776E678A8A2}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11174577" y="6359786"/>
               <a:ext cx="322695" cy="51501"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="633" h="126" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="570" y="126"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="605" y="126"/>
                     <a:pt x="633" y="98"/>
@@ -26620,51 +26657,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Google Shape;750;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F57C0B-D990-24A2-F989-192BE237438C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F57C0B-D990-24A2-F989-192BE237438C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11821421" y="5692612"/>
               <a:ext cx="248563" cy="544273"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1172" h="1319" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="740" y="418"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="683" y="402"/>
                     <a:pt x="621" y="400"/>
@@ -26741,51 +26778,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="14" name="Google Shape;751;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{049067EA-8D6B-5BCA-4E6F-AAA191E67311}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{049067EA-8D6B-5BCA-4E6F-AAA191E67311}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10372200" y="5834240"/>
               <a:ext cx="622133" cy="404986"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1486" h="981" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1410" y="779"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="1352" y="707"/>
                     <a:pt x="1267" y="661"/>
@@ -26862,51 +26899,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="15" name="Google Shape;752;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBA1A6A5-9BC3-8A50-61B6-CB09486E2AEE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBA1A6A5-9BC3-8A50-61B6-CB09486E2AEE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10851882" y="6359786"/>
               <a:ext cx="322695" cy="51501"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="633" h="126" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="0" y="63"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="0" y="98"/>
                     <a:pt x="28" y="126"/>
@@ -26953,51 +26990,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="16" name="Google Shape;753;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7136DA1-8720-96A8-1700-6C4B456D6BB6}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7136DA1-8720-96A8-1700-6C4B456D6BB6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10872232" y="5021926"/>
               <a:ext cx="625041" cy="1223153"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="524" h="2961" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="326" y="17"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="249" y="27"/>
                     <a:pt x="249" y="27"/>
@@ -27069,51 +27106,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="17" name="Google Shape;754;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6A0B820-899C-3691-C325-F806BC2DCE99}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6A0B820-899C-3691-C325-F806BC2DCE99}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11001601" y="4791342"/>
               <a:ext cx="348860" cy="437760"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="683" h="1059" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="683" y="307"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="683" y="548"/>
                     <a:pt x="341" y="1059"/>
@@ -27155,51 +27192,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="18" name="Google Shape;755;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00014E9F-3A2F-82B4-44AD-B3FD9DBCBFD7}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00014E9F-3A2F-82B4-44AD-B3FD9DBCBFD7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11055384" y="4811239"/>
               <a:ext cx="239841" cy="283256"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="472" h="789" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="472" y="212"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="472" y="379"/>
                     <a:pt x="236" y="789"/>
@@ -27241,51 +27278,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Google Shape;756;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7B0F523-EAE1-D520-EF92-7FE25212B62C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7B0F523-EAE1-D520-EF92-7FE25212B62C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11168763" y="4097246"/>
               <a:ext cx="267459" cy="696437"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="523" h="1686" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="523" y="606"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="523" y="387"/>
                     <a:pt x="486" y="181"/>
@@ -27347,51 +27384,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="20" name="Google Shape;757;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3FB6C29-8CCF-6A90-6D5E-DC74A4AB98FE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3FB6C29-8CCF-6A90-6D5E-DC74A4AB98FE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10908571" y="4097246"/>
               <a:ext cx="266006" cy="696437"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="522" h="1686" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="234" y="471"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="234" y="312"/>
                     <a:pt x="363" y="183"/>
@@ -27453,51 +27490,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="21" name="Google Shape;758;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0672701D-0830-A84B-0F56-9EB7791FAAC0}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0672701D-0830-A84B-0F56-9EB7791FAAC0}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11026312" y="4793683"/>
               <a:ext cx="148265" cy="36285"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="291" h="88" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="14" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="6" y="0"/>
                     <a:pt x="0" y="6"/>
@@ -27547,51 +27584,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="22" name="Google Shape;759;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{062F16C4-DDB8-ECCB-96C8-D2AEFD7E2145}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{062F16C4-DDB8-ECCB-96C8-D2AEFD7E2145}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11174577" y="4793683"/>
               <a:ext cx="148265" cy="36285"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="291" h="88" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="277" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="0" y="0"/>
                     <a:pt x="0" y="0"/>
@@ -27643,51 +27680,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Google Shape;760;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3894D7E-8F39-6BDF-4B0C-1724CCEEAC7B}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3894D7E-8F39-6BDF-4B0C-1724CCEEAC7B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10955086" y="3599792"/>
               <a:ext cx="219491" cy="497454"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="10000" h="10000" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="10000" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="8193" y="727"/>
                     <a:pt x="2860" y="4053"/>
@@ -27720,51 +27757,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="24" name="Google Shape;761;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BBB0F0C-49C9-2563-7884-43DA888209E7}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BBB0F0C-49C9-2563-7884-43DA888209E7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10728327" y="6137395"/>
               <a:ext cx="532011" cy="117048"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1046" h="282" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="938" y="164"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="885" y="120"/>
                     <a:pt x="825" y="85"/>
@@ -27826,51 +27863,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="25" name="Google Shape;762;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC24AC58-6A1D-D173-D015-7CA2865C1DAA}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC24AC58-6A1D-D173-D015-7CA2865C1DAA}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11157134" y="4545541"/>
               <a:ext cx="36339" cy="51501"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst>
                 <a:gd name="adj" fmla="val 16667"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="dk2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
@@ -27882,51 +27919,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="900">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="26" name="Google Shape;763;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CF4A895-150D-6AB1-EF59-A341A3EE4C4A}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CF4A895-150D-6AB1-EF59-A341A3EE4C4A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11157134" y="4453072"/>
               <a:ext cx="36339" cy="51501"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst>
                 <a:gd name="adj" fmla="val 16667"/>
               </a:avLst>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="dk2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
@@ -27938,51 +27975,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="900">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="27" name="Google Shape;764;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3F29D97-F55B-7D38-74E9-D0438C68D9A0}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3F29D97-F55B-7D38-74E9-D0438C68D9A0}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10282078" y="5835411"/>
               <a:ext cx="465146" cy="404986"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1486" h="981" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1410" y="779"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="1352" y="707"/>
                     <a:pt x="1267" y="661"/>
@@ -28059,51 +28096,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="28" name="Google Shape;765;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD4CC5EB-E02F-CA1E-1908-B22264F52A26}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD4CC5EB-E02F-CA1E-1908-B22264F52A26}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10276263" y="6026199"/>
               <a:ext cx="578526" cy="213028"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1134" h="516" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1049" y="409"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="981" y="355"/>
                     <a:pt x="890" y="334"/>
@@ -28170,51 +28207,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="29" name="Google Shape;766;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F8E1201-61A7-F4C1-3E3A-FE0CC6133D5E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F8E1201-61A7-F4C1-3E3A-FE0CC6133D5E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm flipH="1">
               <a:off x="11710949" y="5703146"/>
               <a:ext cx="247109" cy="544274"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1172" h="1319" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="740" y="418"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="683" y="402"/>
                     <a:pt x="621" y="400"/>
@@ -28291,51 +28328,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="30" name="Google Shape;767;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87642BB2-3D1A-E2C2-8DE2-A0FD642217D3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87642BB2-3D1A-E2C2-8DE2-A0FD642217D3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11463840" y="5703146"/>
               <a:ext cx="248563" cy="544274"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1172" h="1319" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="740" y="418"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="683" y="402"/>
                     <a:pt x="621" y="400"/>
@@ -28412,51 +28449,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="31" name="Google Shape;768;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D8D7206-CB5A-D085-5F61-59FE98F32EF6}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D8D7206-CB5A-D085-5F61-59FE98F32EF6}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11385346" y="5923196"/>
               <a:ext cx="688998" cy="316030"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1178" h="764" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="547" y="294"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="495" y="262"/>
                     <a:pt x="434" y="245"/>
@@ -28518,51 +28555,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="32" name="Google Shape;769;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{914B494C-D523-39C8-5CE9-012C9605E28E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{914B494C-D523-39C8-5CE9-012C9605E28E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10181780" y="5319228"/>
               <a:ext cx="992797" cy="989057"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1948" h="2396" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="189" y="2231"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="189" y="165"/>
                     <a:pt x="189" y="165"/>
@@ -28632,51 +28669,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="33" name="Google Shape;770;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC45AF1-49C5-5000-3D56-5B929243155F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC45AF1-49C5-5000-3D56-5B929243155F}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11174577" y="5319228"/>
               <a:ext cx="992797" cy="989057"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="1948" h="2396" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="1948" y="2147"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="1948" y="249"/>
                     <a:pt x="1948" y="249"/>
@@ -28748,51 +28785,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="34" name="Google Shape;771;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D502888C-7E59-73BC-FFF8-05CFC3E2A6B7}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D502888C-7E59-73BC-FFF8-05CFC3E2A6B7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm flipH="1">
               <a:off x="11174577" y="3599792"/>
               <a:ext cx="219491" cy="497454"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="10000" h="10000" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="10000" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="8193" y="727"/>
                     <a:pt x="2860" y="4053"/>
@@ -28825,51 +28862,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="35" name="Google Shape;772;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EB74005-46E1-CC00-CE16-301F861AABEF}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EB74005-46E1-CC00-CE16-301F861AABEF}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11174577" y="4622792"/>
               <a:ext cx="37793" cy="271552"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="73" h="660" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="18" y="1"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="17" y="0"/>
                     <a:pt x="15" y="0"/>
@@ -28946,51 +28983,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="36" name="Google Shape;773;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B4A3A41-4B66-0FC4-EA9F-8143F9EF4462}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B4A3A41-4B66-0FC4-EA9F-8143F9EF4462}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="11138237" y="4622792"/>
               <a:ext cx="36340" cy="271552"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="72" h="660" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="57" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="57" y="0"/>
                     <a:pt x="57" y="0"/>
@@ -29075,51 +29112,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="37" name="Google Shape;774;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{071BEB3C-13ED-9AF9-C2AC-591C058298BF}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{071BEB3C-13ED-9AF9-C2AC-591C058298BF}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="10754492" y="4379332"/>
               <a:ext cx="244202" cy="506818"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="745706" h="1914145" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="485000" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="485000" y="0"/>
                     <a:pt x="373332" y="384738"/>
@@ -29212,51 +29249,51 @@
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="38" name="Google Shape;775;p6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC6CBA94-030B-5ED3-0834-3AB2D33F54CF}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC6CBA94-030B-5ED3-0834-3AB2D33F54CF}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm flipH="1">
               <a:off x="11349007" y="4379332"/>
               <a:ext cx="244202" cy="506818"/>
             </a:xfrm>
             <a:custGeom>
               <a:avLst/>
               <a:gdLst/>
               <a:ahLst/>
               <a:cxnLst/>
               <a:rect l="l" t="t" r="r" b="b"/>
               <a:pathLst>
                 <a:path w="745706" h="1914145" extrusionOk="0">
                   <a:moveTo>
                     <a:pt x="485000" y="0"/>
                   </a:moveTo>
                   <a:cubicBezTo>
                     <a:pt x="485000" y="0"/>
                     <a:pt x="373332" y="384738"/>
@@ -29350,51 +29387,51 @@
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr sz="3599">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Century Gothic"/>
                 <a:ea typeface="Century Gothic"/>
                 <a:cs typeface="Century Gothic"/>
                 <a:sym typeface="Century Gothic"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Google Shape;777;p6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C742AE1A-07A3-BE0E-4AED-29E641709259}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C742AE1A-07A3-BE0E-4AED-29E641709259}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9513094" y="5825630"/>
             <a:ext cx="1928813" cy="369291"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="19050" cap="rnd" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="800F0D"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
@@ -29422,51 +29459,51 @@
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Sirovi podaci</a:t>
             </a:r>
             <a:endParaRPr sz="1800" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Century Gothic"/>
               <a:ea typeface="Century Gothic"/>
               <a:cs typeface="Century Gothic"/>
               <a:sym typeface="Century Gothic"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="40" name="Google Shape;778;p6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFB74161-D505-E74B-ACAB-4B8832F85065}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFB74161-D505-E74B-ACAB-4B8832F85065}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="10186988" y="2887663"/>
             <a:ext cx="2262188" cy="369887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="19050" cap="rnd" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="800F0D"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
@@ -29494,51 +29531,51 @@
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Poslovna analitika</a:t>
             </a:r>
             <a:endParaRPr sz="1800" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Century Gothic"/>
               <a:ea typeface="Century Gothic"/>
               <a:cs typeface="Century Gothic"/>
               <a:sym typeface="Century Gothic"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="76" name="Google Shape;776;p6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A57E425-691F-B6E6-4643-E7C4B4A1E0AC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A57E425-691F-B6E6-4643-E7C4B4A1E0AC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9336087" y="1539874"/>
             <a:ext cx="2421804" cy="369291"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="19050" cap="rnd" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="800F0D"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
@@ -29855,79 +29892,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Trendovi u industriji i obrazovanju</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838199" y="1825625"/>
             <a:ext cx="10515599" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>U </a:t>
@@ -29983,103 +30020,99 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>industriji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>Industrija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>prepoznala</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>doda</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>t</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>nu </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>vrednost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> BA </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>može</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>doneti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>: </a:t>
+              <a:t>Primeri: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Odgovor</a:t>
@@ -30142,237 +30175,229 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>analitici</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>lanca</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>nabav</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>k</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>(SCAN)”</a:t>
+              <a:t>e (SCAN)”</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>15 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>različitih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>univerziteta </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>10 </a:t>
+              <a:t>u 10 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>srednjoeuropskih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>zemalja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>Zajednički</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>doktorski</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t> proučavanje analitike lanca snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Google Shape;789;p7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0535431E-1F00-66F9-6492-9E6EA838E833}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0535431E-1F00-66F9-6492-9E6EA838E833}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2586885" y="2539183"/>
             <a:ext cx="2913063" cy="1998662"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="41" name="Google Shape;790;p7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60FEE697-FFBE-3835-5749-F9E2897013A7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60FEE697-FFBE-3835-5749-F9E2897013A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8730510" y="2569345"/>
             <a:ext cx="1800225" cy="1162050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="42" name="Google Shape;791;p7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{326E20BF-1CC9-0807-476F-55D652296850}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{326E20BF-1CC9-0807-476F-55D652296850}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5947623" y="2555058"/>
             <a:ext cx="2279650" cy="1085850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="43" name="Google Shape;792;p7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B2F70B4-3F7A-1841-9450-678028A6D201}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B2F70B4-3F7A-1841-9450-678028A6D201}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5947623" y="3640908"/>
             <a:ext cx="2279650" cy="881062"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -30609,163 +30634,151 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Studije slučaja (duboko zaranjanje)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>BETTER FACTORY </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>BETTER FACTORY (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>talijanski</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>proizvođač</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>hrane</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>=&gt; </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Automatski</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>AI</a:t>
+              <a:t> AI</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>PREDIKTIVNI LANAC OPSKRBE ZA PLANIRANJE OBITELJI</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t> U OBALI BJELOKOSTI </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>humanitarni </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>proje</a:t>
@@ -30774,60 +30787,56 @@
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>k</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>t) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>=&gt; DSS</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>CARLSBERG </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>PIVARA</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>(</a:t>
+              <a:t> (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>globalni proizvođač pića</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>=&gt; FSS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1088948264"/>
       </p:ext>
@@ -30839,223 +30848,215 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CBD47A-6621-2C22-CE22-52312FCE5B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06CBD47A-6621-2C22-CE22-52312FCE5B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>Better</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>factory</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> (2021-2022)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5FE784D-1DCB-8BD1-4294-FD22C778A8EC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5FE784D-1DCB-8BD1-4294-FD22C778A8EC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Proizvođač</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>hrane</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>jedne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> od </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>najboljih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>šunk</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>sv</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>tu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>sa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" err="1"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ertifikatom</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>zaštićene</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>oznake</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
-              <a:t> </a:t>
-[...7 lines deleted...]
-              <a:t> </a:t>
+              <a:t> porekla</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>(PDO). </a:t>
+              <a:t> (PDO). </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Konzorcij</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>sastoji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> od </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>više</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> od 50 000 </a:t>
             </a:r>
@@ -31092,123 +31093,111 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>Cilj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Stvoriti </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>potpuno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> auto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>matizovanu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>BDA </a:t>
+              <a:t> BDA </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>platformu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>temeljenu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>dubokom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>učenju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>najs</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>avremenijim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>AI </a:t>
+              <a:t> AI </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>modelima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>Platforma</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>će</a:t>
             </a:r>
             <a:r>
@@ -31239,116 +31228,108 @@
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> koji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>će</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>isporučiti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>potpuno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> automat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>izovano</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>samodinamičan</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>samooptimizirajući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> Smart </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>proizvodni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Google Shape;806;p9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05A1B14F-F1CE-1FE3-8BAD-1F22A346C34A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05A1B14F-F1CE-1FE3-8BAD-1F22A346C34A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4633119" y="2483959"/>
             <a:ext cx="2209800" cy="2286000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -31468,221 +31449,209 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101121F9-E39A-3A4A-6E4A-7DCD29AD9F85}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101121F9-E39A-3A4A-6E4A-7DCD29AD9F85}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5145350" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Arhitektura</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>proizvodnog</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>sistem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>BDA Smart </a:t>
+              <a:t>a BDA Smart </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>prikazana</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>slici</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Predstavljeni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> BDA </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>će</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>potpuno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>automati</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>zovan</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>samodinamičan</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>samooptimizirajući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>pametni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>proizvodni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>bez </a:t>
+              <a:t> bez </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>potrebe</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>donošenjem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>stručnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -31690,195 +31659,187 @@
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Je li to dobro? </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Možemo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> li </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>verovati</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>da </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:t> da </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>umetna</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>inteligencija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>zaista</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>može</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>potpunosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>zameniti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ljudske</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>stručnjake</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>? </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Trebamo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> li </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>smanjiti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>slobodu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> BA </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>rešenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>i </a:t>
+              <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podrediti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> ga </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ljudskom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>stručnjaku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Google Shape;816;p10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA82F70-477E-3BB7-3FDB-C94A79406841}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA82F70-477E-3BB7-3FDB-C94A79406841}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:alphaModFix/>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6323013" y="52388"/>
             <a:ext cx="5805487" cy="6805612"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
@@ -32250,114 +32211,114 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f77c99be7a86767cf8852e2977576506">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="86103960ca44d5c9df2a8fb84c243902">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f0b528dcbc4ce96b8fc80b5cec964086" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tagi obrazów" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
@@ -32377,88 +32338,88 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f4652e19-0f91-4064-a28d-12f01e91685a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9bddfac-6dc9-4958-8f35-4d0da3af229b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Udostępnione dla — szczegóły" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ zawartości"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tytuł"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -32524,123 +32485,136 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F71AF84-E609-4480-82A1-24C89E19EFD2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B25D4408-7406-470A-B30F-26136C0FDA71}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>870</Words>
+  <Words>891</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Custom</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>15</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>122</Paragraphs>
+  <Slides>16</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="23" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Century Gothic</vt:lpstr>
+      <vt:lpstr>Helvetica Neue Light</vt:lpstr>
+      <vt:lpstr>Lato Light</vt:lpstr>
+      <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligencija</vt:lpstr>
       <vt:lpstr>Sadržaj</vt:lpstr>
       <vt:lpstr>Ključni stupovi poslovne analitike</vt:lpstr>
       <vt:lpstr>Obrazloženje za analitiku</vt:lpstr>
       <vt:lpstr>Poboljšano odlučivanje</vt:lpstr>
       <vt:lpstr>Trendovi u industriji i obrazovanju</vt:lpstr>
       <vt:lpstr>Studije slučaja (duboko zaranjanje)</vt:lpstr>
       <vt:lpstr>Better factory (2021-2022)</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>USAID’s humanitarni projekt (2021-2022)</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
       <vt:lpstr>Carlsberg FSS (2015-2018)</vt:lpstr>
       <vt:lpstr>Struktura lanca opskrbe</vt:lpstr>
       <vt:lpstr>Carlsberg FSS</vt:lpstr>
+      <vt:lpstr>Autori:  Dejan Mirčetić   Finalna verziaj: jun 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">