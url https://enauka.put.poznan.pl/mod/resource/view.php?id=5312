--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,97 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="294" r:id="rId8"/>
     <p:sldId id="295" r:id="rId9"/>
     <p:sldId id="296" r:id="rId10"/>
     <p:sldId id="281" r:id="rId11"/>
     <p:sldId id="284" r:id="rId12"/>
     <p:sldId id="297" r:id="rId13"/>
     <p:sldId id="298" r:id="rId14"/>
     <p:sldId id="299" r:id="rId15"/>
     <p:sldId id="300" r:id="rId16"/>
     <p:sldId id="301" r:id="rId17"/>
     <p:sldId id="302" r:id="rId18"/>
     <p:sldId id="303" r:id="rId19"/>
     <p:sldId id="304" r:id="rId20"/>
+    <p:sldId id="335" r:id="rId21"/>
+    <p:sldId id="263" r:id="rId22"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -148,138 +152,149 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="78" d="100"/>
-          <a:sy n="78" d="100"/>
+          <a:sx n="142" d="100"/>
+          <a:sy n="142" d="100"/>
         </p:scale>
-        <p:origin x="-342" y="216"/>
+        <p:origin x="768" y="102"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{6A47E473-F4F8-4FFC-ABF3-4506D86A6E17}"/>
     <pc:docChg chg="custSel delSld modSld">
       <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{6A47E473-F4F8-4FFC-ABF3-4506D86A6E17}" dt="2025-02-27T18:24:45.689" v="198"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{6A47E473-F4F8-4FFC-ABF3-4506D86A6E17}" dt="2025-02-27T18:00:09.896" v="87" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{6A47E473-F4F8-4FFC-ABF3-4506D86A6E17}" dt="2025-02-27T17:59:57.076" v="21" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="2" creationId="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -628,138 +643,138 @@
           <pc:sldMk cId="3049226886" sldId="304"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{6A47E473-F4F8-4FFC-ABF3-4506D86A6E17}" dt="2025-02-27T18:24:38.771" v="197"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3049226886" sldId="304"/>
             <ac:spMk id="4" creationId="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{6A47E473-F4F8-4FFC-ABF3-4506D86A6E17}" dt="2025-02-27T18:24:45.689" v="198"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3049226886" sldId="304"/>
             <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="4800">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
@@ -792,250 +807,220 @@
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1041399" y="6159042"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1874672" y="262905"/>
             <a:ext cx="9390352" cy="836261"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
@@ -1048,317 +1033,287 @@
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="837168" y="6352531"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5249333" y="4114000"/>
             <a:ext cx="4967366" cy="943069"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Obraz 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="pole tekstowe 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
@@ -1371,407 +1326,317 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -1794,280 +1659,526 @@
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D2BC9CB-A0B0-37A2-D661-10ACFD372324}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7132319" y="6308208"/>
+            <a:ext cx="4221479" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="4" name="Obraz 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FCAE79B-CA34-AF2E-F620-B2FDE3BB669D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11471275" y="6088380"/>
+            <a:ext cx="720725" cy="769620"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -2338,136 +2449,144 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7213600" y="5952067"/>
             <a:ext cx="4967366" cy="849135"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
@@ -2477,114 +2596,114 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="345175"/>
             <a:ext cx="4967366" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" b="1" dirty="0"/>
               <a:t>Poslovna inteligencija</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411916" y="5378273"/>
             <a:ext cx="4792133" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" b="1" dirty="0">
@@ -2608,170 +2727,109 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
-            <a:r>
-[...12 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
@@ -2795,51 +2853,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>number</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -2858,51 +2916,51 @@
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="4400" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Rudarenje podataka i otkrivanje znanja</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="4400" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="4075044"/>
             <a:ext cx="4967366" cy="842557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -2916,87 +2974,87 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Predavanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169333" y="93133"/>
             <a:ext cx="1625600" cy="1600200"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY0" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX1" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY1" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX2" fmla="*/ 448734 w 1625600"/>
               <a:gd name="connsiteY2" fmla="*/ 25400 h 1600200"/>
               <a:gd name="connsiteX3" fmla="*/ 567267 w 1625600"/>
               <a:gd name="connsiteY3" fmla="*/ 0 h 1600200"/>
               <a:gd name="connsiteX4" fmla="*/ 1625600 w 1625600"/>
               <a:gd name="connsiteY4" fmla="*/ 135467 h 1600200"/>
               <a:gd name="connsiteX5" fmla="*/ 1447800 w 1625600"/>
@@ -3098,140 +3156,132 @@
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Obraz 14">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DB81B54-B061-203A-9D02-1CAC1CA0989C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925440" y="5851938"/>
-            <a:ext cx="5207495" cy="671935"/>
+            <a:off x="8266116" y="6037065"/>
+            <a:ext cx="3884235" cy="820935"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>Koraci za </a:t>
-[...7 lines deleted...]
-              <a:t>Delphi metode</a:t>
+              <a:t>Koraci za sprovođenje Delphi metode</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5" descr="A close-up of a couple of images&#10;&#10;Description automatically generated"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2795510" y="2472338"/>
@@ -3258,155 +3308,125 @@
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Figure. Koraci za </a:t>
-[...21 lines deleted...]
-              <a:t>Delphi metode.</a:t>
+              <a:t>Figure. Koraci za sprovođenje Delphi metode.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2296513648"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>Koraci za </a:t>
-[...7 lines deleted...]
-              <a:t>Delphi metode</a:t>
+              <a:t>Koraci za sprovođenje Delphi metode</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Korak 1 </a:t>
             </a:r>
             <a:r>
@@ -3428,127 +3448,123 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ciljevi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> Delphi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>studije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>jasno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>defini</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ani</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>što</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>pomaže</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>održavanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>fokusa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>relevantnosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> t</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>kom</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>celog</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>procesa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Korak 2 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>naglašava</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
@@ -3562,87 +3578,87 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>odabira</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uravnotežene</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>raznolike</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>grupe</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>stručnjaka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> koji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>mogu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>pružiti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>vredne</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uvide</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>različitih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -3693,55 +3709,51 @@
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>omogućujući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>stručnjacima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> da </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>slobodno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...3 lines deleted...]
-              <a:t>dele </a:t>
+              <a:t> dele </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>svoja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>mišljenja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iterativno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -3786,107 +3798,103 @@
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Korak 4 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uključuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>analizu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>koriš</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>će</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>nje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>dobi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>j</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>enih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>rezultata</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>za</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> inform</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>isan</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>o </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>donošenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>predviđanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -3894,87 +3902,87 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>razvoj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>politike</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iskoriš</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>ć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>avajući</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>prednosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>nepristra</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>nosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>koju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>osigurava</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>anonimnost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> Delphi </a:t>
@@ -4003,51 +4011,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>Pristup</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
@@ -4072,51 +4080,51 @@
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>otkrivanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>Kvantitativno</a:t>
             </a:r>
             <a:r>
@@ -4198,63 +4206,63 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>izvlačenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>stvarnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>obrazaca</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>generi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>anje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>korisnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uvida</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -4270,58 +4278,57 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>poslovanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>lancu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>Međutim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>često</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>postoji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -4409,51 +4416,51 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>podacima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>stvarnog</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>sveta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>što</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>dovodi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> do </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>potencijalnih</a:t>
@@ -4755,72 +4762,68 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ulogu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>analizi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>posebn</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>o t</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>ok</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>om</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>faze </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> faze </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>pripreme</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>čineći</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -4885,59 +4888,59 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>klasificirani</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u pet </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>kategorija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>grup</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>isa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>nje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>klasifikacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>regresija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>pravila</a:t>
@@ -5228,51 +5231,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>Pristup</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
@@ -5404,51 +5407,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>Pristup</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
@@ -5584,51 +5587,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>Pristup</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
@@ -5764,51 +5767,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>Pristup</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
@@ -5833,51 +5836,51 @@
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>otkrivanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Model CRISP-DM </a:t>
             </a:r>
             <a:r>
@@ -6010,1282 +6013,1488 @@
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>koje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>obično</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>primjenjuju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>lancima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>snabdevanja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>uključuju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>stabla</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>odlučivanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>regresiju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>pravila</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>pridruživanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>genetske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>algoritme</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>algoritme</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>klasteriranja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>, od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kojih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>svaka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>specifične</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>primjene</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kao</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>što</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>predviđanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>identifikacija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>grešaka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>optimizacija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>proizvodnje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>Znanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>izvučeno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>rudarenjem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>podataka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>često</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>pohranjuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>predstavlja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>pomoću</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ekspertnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>istema</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> (ES), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>sofisticiranih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>istem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>znanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>osmišljenih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>oponašanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ljudske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>stručnosti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>različitim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>domenama</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>Ekspertni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>istemi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> (ES) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>oponašaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ljudsko</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>razmišljanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kako</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> bi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>došli</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> do </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>zaključaka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>podržavajući</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>donositelje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>odluka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>čak</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>zamenjujući</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>određenim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kontekstima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>što</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>čini</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>široko</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>primjenjivom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>komercijalno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>uspešnom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>tehnologijom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t> veštačke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>inteligencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>ES se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>smatraju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>delom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>istema</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>podršku</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>odlučivanju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> (DSS), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>kompjuterskih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>istem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>koji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kombin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>uj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
-              <a:t>lancima</a:t>
-[...27 lines deleted...]
-              <a:t>odlučivanja</a:t>
+              <a:t>modele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>podatke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>za</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>rešavanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>polustrukturiranih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>nestrukturiranih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>problema</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>uz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>široko delovanje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>korisnika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>O </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>mašinskom </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>učenju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> (ML) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>govori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kao</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> o </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>mostu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>između</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>rezultata</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>rudarenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>podataka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i alata za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>poslovnu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>inteligenciju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
-              <a:t>regresiju</a:t>
-[...31 lines deleted...]
-              <a:t>algoritme</a:t>
+              <a:t>omogućujući</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>računa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>ri</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>ma da </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>uče</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
-              <a:t>algoritme</a:t>
-[...111 lines deleted...]
-              <a:t>proizvodnje</a:t>
+              <a:t>predstavljaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>znanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>iz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ulaznih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
-[...103 lines deleted...]
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>ML </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>olakšava</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>prezentaciju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>metrike</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>izv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>eštavanj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
-              <a:t>znanja</a:t>
-[...261 lines deleted...]
-              <a:t>tehnologijom</a:t>
+              <a:t>izvršne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> vlasti u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>formatu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> koji </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>omogućuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>menadžerima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> da </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>donose</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>informi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...432 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
               <a:t>san</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>e </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>poslovne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>odluke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>povećavajući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>korisnost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uvida</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u Data Mining.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3049226886"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Aut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>ori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>Finalna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>verziaj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>jun</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Hvala na pažnji</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10964589" y="0"/>
+            <a:ext cx="1227411" cy="429442"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4020019421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Sadržaj</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10947400" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>Št</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>a</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
-              <a:t>je Data Mining?</a:t>
+              <a:t> je Data Mining?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>Otkrivanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> u logistici i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>upravljanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>lancem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>snabdevanja</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>Delphijev</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>pristup</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>osuđujućem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>stvaranju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0" err="1"/>
               <a:t>Pristup</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -7342,202 +7551,194 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>je rudarenje podataka? </a:t>
+              <a:t>Šta je rudarenje podataka? </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Data Mining </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ključan</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t> je u </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> je u s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>avremeno</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>m </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>poslovanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>izvlačenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>vrednih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uvida</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>masivnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>skupova</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ut</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>caj</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>operativne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>taktičke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
@@ -7555,149 +7756,149 @@
               <a:t>odluke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>Količina</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>svetu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>brzo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>raste</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>značajni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>delovi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>postoje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>nestrukturiranim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>formatima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>skloni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>greškama</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>U</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>prkos</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>izazovima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, Data Mining </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>služi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>povećanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -7779,55 +7980,55 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iterativni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>interaktivni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>proces</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>usmeren</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>otkrivanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>valjanog</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
@@ -7921,71 +8122,71 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>tehnike</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uključujući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>statistiku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>veštačku</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>inteligenciju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>mašinsko</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>učenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>otkrivanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>skrivenih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -8039,79 +8240,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Što je rudarenje podataka? </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>To je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ključna</a:t>
             </a:r>
@@ -8264,55 +8465,55 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>trendova</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>pravila</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>drugih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>vrednih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>informacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>izdvojenih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -8374,185 +8575,185 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>proces</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uključuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>poslovno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>razumevanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>razumevanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>pripremu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>modeliranje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>procenu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>sledeći</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>standarde</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>poput</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> CRISP-DM.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>Naposletku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, Data Mining </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>organizacijama</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>pruža</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>primenjivo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>znanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iskoriš</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>ć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>avajući</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>napredak</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>tehnologijama</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>pohranu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -8593,79 +8794,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Što je rudarenje podataka? </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
@@ -8772,144 +8973,140 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>Otkrivanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> u logistici i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>upravljanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>lancem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>snabdevanja</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>U </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>lancu snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>i logistici Data Mining se </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i logistici Data Mining se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>razlikuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>zbog</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>raznolikosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -8948,572 +9145,540 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>predstavlja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>izazov</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>dizajniranje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>rešenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>za </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>modeliranje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>Otkrivanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>generi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
-              <a:t>s</a:t>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>sa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>nje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>iz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>podataka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ovom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kontekstu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> u</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>velike</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>zavisi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> o</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>d</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>izvor</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>a</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>znanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>može</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kategori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>sat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>i u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>ocenjivačke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>statističke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>pristupe</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>Statistički</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>pristup</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>oslanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>na</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kvantitativne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>podatke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kojih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>izobilju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>lamcu snabdevanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i logistici, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>olakšavajući</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> Data Mining za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>izvlačenje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>korisnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>povratnih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>informacija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>Suprotno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> tome, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>nekvantitativni</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>izvori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>podataka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>ovom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>području</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>često</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>oslanjaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>na</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>stručne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>ocenjivačke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>panele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>kao</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>što</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> je Delphi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>metoda</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>donošenje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>odluka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>Proces</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>generi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>anja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>znanja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
-[...437 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>lancu snabdevanja </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>logistici </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>i logistici </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uključuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>kretanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>između</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -9619,51 +9784,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>Otkrivanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
@@ -9956,51 +10121,51 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>Delphijev</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
@@ -10017,176 +10182,168 @@
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>stvaranju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>Vredni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uvidi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iskusnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>stručnjaka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>lancu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t> snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>i logistici </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> i logistici </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>često</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ostanu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>neprepoznati</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Ove </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uvide</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>treba</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>podeliti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>s </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>manje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iskusnim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>stručnjacima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u tom </a:t>
             </a:r>
@@ -10351,87 +10508,83 @@
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>među</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>stručnjacima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>"Projekt Delphi", </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>finan</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iran</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>od </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> od </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>strane</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>vazdušn</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>snaga</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> SAD-a, bio je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>prvi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>projekt</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> koji je </a:t>
@@ -10501,79 +10654,75 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>tada</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>razvila</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>pronašla</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>primene</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>u </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>raznim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>naučn</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>im</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>disciplinama</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>Cilj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> mu je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>postići</a:t>
             </a:r>
             <a:r>
@@ -10607,60 +10756,56 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>često</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>služeći</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>kao</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>zamena</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>za </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>empirijske</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>dokaze</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Delphi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
@@ -10697,60 +10842,56 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>stručnjaci</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>anonimno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>daju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>mišljenje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>o </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> o </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>određenom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>pitanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>Prikuplja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
@@ -10837,109 +10978,108 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>intenzivno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>koristi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>istraživanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>informa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>cionih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istema</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3549849075"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>Delphijev</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
@@ -10956,51 +11096,51 @@
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>stvaranju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>Koristi</a:t>
             </a:r>
             <a:r>
@@ -11082,71 +11222,71 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>projekta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>razvoja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>softvera</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>defini</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>anje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>zahteva</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>projekta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> IS-a.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Delphi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>metoda</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> je </a:t>
             </a:r>
             <a:r>
@@ -11258,169 +11398,165 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>prioriteta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>istraživačkih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>područja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>procenu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>potencijalnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>učinaka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>različitih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>političkih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>iz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>v</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ora</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>U </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>lancu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>snabdevanja </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>logistici, Delphi </a:t>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>i logistici, Delphi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>metoda</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>preporučuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>prepoznavanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>rizika</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>evaluaciju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>logističkog</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>procesa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
@@ -11502,55 +11638,55 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>procese</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>povratne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>informacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>učesnik</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>uz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>anonimnost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>statističko</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -11674,55 +11810,55 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>nakon</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>svakog</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>kruga</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>slede</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>povratne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>informacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> o </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>zbirnim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -11788,55 +11924,55 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>temelju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>povratnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>informacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>sledećim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>krugovima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>Iterativni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>proces</a:t>
             </a:r>
             <a:r>
@@ -11878,55 +12014,55 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>dok</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> se ne </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>završi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>unapred</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>određeni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>broj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
               <a:t>krugova</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>.</a:t>
@@ -12214,71 +12350,71 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f77c99be7a86767cf8852e2977576506">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3a4bc1c2e803e34ab25283c57d356cd6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78687c9cd23a33d19b0c7b75dbe954e0" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -12468,142 +12604,156 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29E49579-E73E-4EE4-8890-FB8F6EA26368}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB9FE713-E1A9-464F-83FF-759E650787D8}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1404</Words>
+  <Words>1436</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Custom</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>16</Slides>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>94</Paragraphs>
+  <Slides>18</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="17" baseType="lpstr">
+    <vt:vector size="22" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligencija</vt:lpstr>
       <vt:lpstr>Sadržaj</vt:lpstr>
       <vt:lpstr>Šta je rudarenje podataka? </vt:lpstr>
       <vt:lpstr>Što je rudarenje podataka? </vt:lpstr>
       <vt:lpstr>Što je rudarenje podataka? </vt:lpstr>
       <vt:lpstr>Otkrivanje znanja u logistici i upravljanju lancem snabdevanja</vt:lpstr>
       <vt:lpstr>Otkrivanje znanja u logistici i upravljanju lancem opskrbe</vt:lpstr>
       <vt:lpstr>Delphijev pristup prosudbenom stvaranju znanja</vt:lpstr>
       <vt:lpstr>Delphijev pristup prosudbenom stvaranju znanja</vt:lpstr>
       <vt:lpstr>Koraci za sprovođenje Delphi metode</vt:lpstr>
       <vt:lpstr>Koraci za sprovođenje Delphi metode</vt:lpstr>
       <vt:lpstr>Pristup kvantitativnog rudarenja podataka za otkrivanje znanja</vt:lpstr>
       <vt:lpstr>Pristup kvantitativnog rudarenja podataka za otkrivanje znanja</vt:lpstr>
       <vt:lpstr>Pristup kvantitativnog rudarenja podataka za otkrivanje znanja</vt:lpstr>
       <vt:lpstr>Pristup kvantitativnog rudarenja podataka za otkrivanje znanja</vt:lpstr>
       <vt:lpstr>Pristup kvantitativnog rudarenja podataka za otkrivanje znanja</vt:lpstr>
+      <vt:lpstr>Autori:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Finalna verziaj: jun 2025</vt:lpstr>
+      <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D1A4C46F9DF340B00409C6B9ED12C1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>